--- v0 (2025-10-04)
+++ v1 (2025-11-24)
@@ -1,7265 +1,3327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wpuentes\Desktop\Actividades Ejecutadas\2024\Normogramas\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://invias-my.sharepoint.com/personal/lbejarano_invias_gov_co/Documents/Documentos/FUNCIONAL 2025/2 SEGUIMIENTO AGOSTO A DICIEMBRE/NORMOGRAMA/2025I-VBOG-036195/versiones finales fr 6 y fr7/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{577A66D7-1CDB-416F-A776-09100748AD22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C6646159-2185-4C63-BF2B-F5F328207AB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{710E2835-8871-4C1F-AEFC-3BF78A9D3D47}"/>
   </bookViews>
   <sheets>
-    <sheet name="NORMOGRAMA ACTUALIZADO" sheetId="2" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="PROPUESTA" sheetId="5" state="hidden" r:id="rId3"/>
+    <sheet name="Control de Cambios" sheetId="4" r:id="rId1"/>
+    <sheet name="NORMOGRAMA" sheetId="6" r:id="rId2"/>
+    <sheet name="GENERAL Y MISIONAL " sheetId="2" state="hidden" r:id="rId3"/>
+    <sheet name="Procesos y Estado" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'NORMOGRAMA ACTUALIZADO'!$A$4:$G$430</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">PROPUESTA!$A$4:$G$381</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">NORMOGRAMA!$A$1:$I$216</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
-    </ext>
-[...1 lines deleted...]
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataSignature="AMtx7mjEBpKlFN6C45KFCHCAUaVwLZKXrQ=="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
-    <author/>
-[...1 lines deleted...]
-    <author>tc={D659486D-54C8-4310-8B77-EDF9630D95E6}</author>
+    <author>Ivon Yanneth Veloza Rios</author>
   </authors>
   <commentList>
-    <comment ref="A4" authorId="0" shapeId="0" xr:uid="{DD7874BB-DB64-4D41-B4D8-54C2C7D2AF6A}">
+    <comment ref="F5" authorId="0" shapeId="0" xr:uid="{86D16EC8-7870-495F-B53C-027772EEC896}">
       <text>
         <r>
           <rPr>
-            <sz val="10"/>
-[...1 lines deleted...]
-            <rFont val="Arial"/>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
             <family val="2"/>
-            <scheme val="minor"/>
           </rPr>
-          <t>======
-[...2 lines deleted...]
-Escribir tipo de norma. Ley, Decreto, Resolución. Fecha de Expedición del documento. Ej. Ley 152 del 15 de julio de  1998</t>
+          <t>Ivon Yanneth Veloza Rios:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Registrar tema o asunto tratado en la norma</t>
         </r>
       </text>
     </comment>
-    <comment ref="B4" authorId="0" shapeId="0" xr:uid="{E1D709A5-DC5A-4B7E-9C5D-6BC38ACC05EE}">
+    <comment ref="G5" authorId="0" shapeId="0" xr:uid="{741FD6EB-103A-4FF4-A1AE-3F72C2DE52F7}">
       <text>
         <r>
           <rPr>
-            <sz val="10"/>
-[...1 lines deleted...]
-            <rFont val="Arial"/>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
             <family val="2"/>
-            <scheme val="minor"/>
           </rPr>
-          <t>======
-[...2 lines deleted...]
-Identifique su proceso de acuerdo con el mapa de procesos vigente.</t>
+          <t>Ivon Yanneth Veloza Rios: Registrar a quién o a qué aplica la norma</t>
         </r>
-      </text>
-[...2 lines deleted...]
-      <text>
         <r>
           <rPr>
-            <sz val="10"/>
-[...1 lines deleted...]
-            <rFont val="Arial"/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
             <family val="2"/>
-            <scheme val="minor"/>
           </rPr>
-          <t>======
-[...3 lines deleted...]
-Ej. Congreso de la República, El presidente, Ministerios</t>
+          <t xml:space="preserve">
+</t>
         </r>
-      </text>
-[...32 lines deleted...]
-    Si esta fecha la coloco en la columna  a no se debería colocar ?</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
-    <author/>
-[...2 lines deleted...]
-    <author>tc={B7042A44-24C2-4D3D-B81F-21BB3011A1CC}</author>
+    <author>Ivon Yanneth Veloza Rios</author>
   </authors>
   <commentList>
-    <comment ref="A4" authorId="0" shapeId="0" xr:uid="{FD213671-B208-4BEA-9BC9-8DBFAE7E78BB}">
+    <comment ref="G5" authorId="0" shapeId="0" xr:uid="{2BB4E787-32BA-4897-8B59-D3A86838A317}">
       <text>
         <r>
           <rPr>
-            <sz val="10"/>
-[...1 lines deleted...]
-            <rFont val="Arial"/>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
             <family val="2"/>
-            <scheme val="minor"/>
           </rPr>
-          <t>======
-[...2 lines deleted...]
-Escribir tipo de norma. Ley, Decreto, Resolución. Fecha de Expedición del documento. Ej. Ley 152 del 15 de julio de  1998</t>
+          <t>Ivon Yanneth Veloza Rios:</t>
         </r>
-      </text>
-[...2 lines deleted...]
-      <text>
         <r>
           <rPr>
-            <sz val="10"/>
-[...1 lines deleted...]
-            <rFont val="Arial"/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
             <family val="2"/>
-            <scheme val="minor"/>
           </rPr>
-          <t>======
-[...2 lines deleted...]
-Identifique su proceso de acuerdo con el mapa de procesos vigente.</t>
+          <t xml:space="preserve">
+Descripción corta de la norma</t>
         </r>
-      </text>
-[...58 lines deleted...]
-    Si esta fecha la coloco en la columna  a no se debería colocar ?</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6505" uniqueCount="1942">
-[...667 lines deleted...]
-    <t>julio 23 de 2020</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1548" uniqueCount="651">
+  <si>
+    <t xml:space="preserve">No </t>
+  </si>
+  <si>
+    <t>TIPO DE NORMA</t>
+  </si>
+  <si>
+    <t>ENLACE DE CONSULTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUSTANCIAL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO SUSTANCIAL </t>
+  </si>
+  <si>
+    <t>PROCESOS INVOLUCRADOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESTADO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENLACE DE CONSULTA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OBSERVACIONES POR PARTE DE LA DIRECCIÓN JURÍDICA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NÚMERO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FECHA DE EXPEDICIÓN  </t>
+  </si>
+  <si>
+    <t>Vigente</t>
+  </si>
+  <si>
+    <t>FECHA</t>
+  </si>
+  <si>
+    <t>ORIGEN DEL CAMBIO</t>
+  </si>
+  <si>
+    <t>DESCRIPCIÓN DEL CAMBIO</t>
+  </si>
+  <si>
+    <t>RESPONSABLE / CARGO</t>
+  </si>
+  <si>
+    <t>CÓDIGO</t>
+  </si>
+  <si>
+    <t>VERSIÓN</t>
+  </si>
+  <si>
+    <t>PÁGINA</t>
+  </si>
+  <si>
+    <t>1 de 1</t>
+  </si>
+  <si>
+    <r>
+      <t>PROCESO:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> DEFENSA JURÍDICA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>FORMATO:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> NORMOGRAMA</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">FECHA DE PUBLICACIÓN  </t>
+  </si>
+  <si>
+    <t>EPÍGRAFE</t>
+  </si>
+  <si>
+    <t>Direccionamiento estratégico y planeación institucional</t>
+  </si>
+  <si>
+    <t>Gestión de tecnologías de la información y comunicaciones</t>
+  </si>
+  <si>
+    <t>Gestión Humana</t>
+  </si>
+  <si>
+    <t>Reglamentación técnica e innovación de la insfraestructura de transporte</t>
+  </si>
+  <si>
+    <t>Planificación de la infraestructura de transporte</t>
+  </si>
+  <si>
+    <t>Estructuración de proyectos de insfraestructura de transporte</t>
+  </si>
+  <si>
+    <t>Gestión ambiental, social, predial y de sostenibilidad de proyectos de infraestructura de transporte</t>
+  </si>
+  <si>
+    <t>Gestión del riesgo de proyectos de insfraestructura de transporte</t>
+  </si>
+  <si>
+    <t>Ejecución y operación de proyectos de infraestructura de transporte</t>
+  </si>
+  <si>
+    <t>Compra pública</t>
+  </si>
+  <si>
+    <t>Gestión contractual, procesos administrativos y sancionatorio</t>
+  </si>
+  <si>
+    <t>Defensa jurídica</t>
+  </si>
+  <si>
+    <t>Gestión financiera</t>
+  </si>
+  <si>
+    <t>Gestión de servicios administrativos</t>
+  </si>
+  <si>
+    <t>Gestión documental</t>
+  </si>
+  <si>
+    <t>Atención y relacionamiento ciudadano</t>
+  </si>
+  <si>
+    <t>Administración inmobiliaria</t>
   </si>
   <si>
     <t>Evaluación y seguimiento</t>
   </si>
   <si>
-    <t>D.O. 51,401</t>
-[...375 lines deleted...]
-    <t>Circular No. 01 de 23 de marzo de 2020</t>
+    <t>Control disciplinario</t>
+  </si>
+  <si>
+    <t>ADJU-FR-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NÚMERO</t>
+  </si>
+  <si>
+    <t>Derogada Parcialmente</t>
+  </si>
+  <si>
+    <t>Derogada Totalmente</t>
+  </si>
+  <si>
+    <t>N.º</t>
+  </si>
+  <si>
+    <t>Observaciones</t>
+  </si>
+  <si>
+    <t>AMBITO DE APLICACIÓN</t>
+  </si>
+  <si>
+    <t>Proceso / Función / Servicio</t>
+  </si>
+  <si>
+    <t>Norma asociada</t>
+  </si>
+  <si>
+    <t>Artículo / Título / Capítulo aplicable</t>
+  </si>
+  <si>
+    <t>Obligación / Requisito que impone</t>
+  </si>
+  <si>
+    <t>Responsable del cumplimiento</t>
+  </si>
+  <si>
+    <t>Frecuencia de revisión</t>
+  </si>
+  <si>
+    <t>Es una herramienta jurídica que vincula cada norma del inventario con los procesos, funciones, competencias o servicios de la entidad, permitiendo identificar su aplicabilidad concreta y facilitando el control de legalidad y actualización normativa.</t>
+  </si>
+  <si>
+    <t>ENTIDAD EMISORA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENTIDAD EMISORA </t>
+  </si>
+  <si>
+    <t>ESTADO</t>
+  </si>
+  <si>
+    <t>ADJU-FR-7</t>
+  </si>
+  <si>
+    <t>DECRETO</t>
+  </si>
+  <si>
+    <t>Agosto 31 de 2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presidencia de la República </t>
+  </si>
+  <si>
+    <t>por el cual se fija la Red Nacional de Carreteras a cargo de la Nación Instituto Nacional de Vías y se adopta el Plan de Expansión de la Red Nacional de Carreteras y se dictan otras disposiciones.</t>
+  </si>
+  <si>
+    <t>Transversal</t>
+  </si>
+  <si>
+    <t>VIGENTE</t>
+  </si>
+  <si>
+    <t>https://www.suin-juriscol.gov.co/viewDocument.asp?id=1341294</t>
+  </si>
+  <si>
+    <t>noviembre 20 de 2013</t>
+  </si>
+  <si>
+    <t>Por el cual se modifica la estructura del Instituto Nacional de Vías (Invías) y se determinan las funciones de sus dependencias.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEROGADO PARCIALMENTE </t>
+  </si>
+  <si>
+    <t>https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1473359</t>
+  </si>
+  <si>
+    <t>14 de octubre  de 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerio de Transporte </t>
+  </si>
+  <si>
+    <t>Por el cual se modifica la estructura del Instituto Nacional de Vías - INVIAS</t>
+  </si>
+  <si>
+    <t>Direccionamiento estretégico y planeación institucional</t>
+  </si>
+  <si>
+    <t>http://www.secretariasenado.gov.co/senado//basedoc/decreto_1292_2021.html</t>
+  </si>
+  <si>
+    <t>15 de octubre  de 2021</t>
+  </si>
+  <si>
+    <t>Por el cual se modifica la planta de personal del Instituto Nacional de Vías (Invías) y se dictan otras disposiciones</t>
+  </si>
+  <si>
+    <t>https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30042354</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CIRCULAR </t>
+  </si>
+  <si>
+    <t>enero 15 de 2020</t>
+  </si>
+  <si>
+    <t>INVIAS</t>
+  </si>
+  <si>
+    <t>Actualización de las tarifas de peaje a cobrar en las estaciones de peaje a cargo del Instituto Nacional de Vías - INVIAS, para la vigencia 2020.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reglamentación técnica e innovación de la infraesturctura de transporte </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9873-circular-externa-001-del-15-de-enero-de-2020</t>
+  </si>
+  <si>
+    <t>marzo 23 de 2020</t>
   </si>
   <si>
     <t>Por medio del cual se informa a los contratistas del Instituto Nacional de Vías sobre la medida transitoria adoptada para proceder a la suspensión de los Contratos de Obra, Interventoría, Consultoría, Convenios, Contratos Interadministrativos y Contratos de Prestación de Servicios Administrativos y de logísitica a cargo del Instituto Nacional de Vías, motivada por razones de salud pública.</t>
   </si>
   <si>
-    <t>marzo 23 de 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10088-circular-externa-1-del-23-de-marzo-de-2020</t>
   </si>
   <si>
-    <t>Resolución 916 de 07 de abril de 2020</t>
-[...11 lines deleted...]
-    <t>Circular Externa No. 03 de 13 de abril de 2020</t>
+    <t>abril 13 de 2020</t>
   </si>
   <si>
     <t>Por medio de la cual se informa a los contratistas del Instituto Nacional de Vías respecto a la reactivación progresiva de las actividades contractuales durante la emergencia sanitaria decretada por el Gobierno Nacional, en los contratos de obra, Interventoría, Consultoría, Convenios y Contratos Interadministrativos a cargo del Instituto, y se dictan otras disposiciones.</t>
   </si>
   <si>
-    <t>abril 13 de 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10123-circular-externa-2-del-13-de-abril-de-2020</t>
   </si>
   <si>
-    <t>Resolución 1168 de 20 de mayo de 2020</t>
-[...35 lines deleted...]
-    <t>Circular Externa No. 04 de 27 de julio de 2020</t>
+    <t>julio 27 de 2020</t>
   </si>
   <si>
     <t>or medio de la cual se da un alcance al Protocolo General de Bioseguridad expedido el 24 de marzo de 2020.</t>
   </si>
   <si>
-    <t>julio 27 de 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10584-circular-externa-4-del-27-de-julio-de-2020</t>
   </si>
   <si>
-    <t>Resolución 0629 de 31 de julio de 2020</t>
-[...215 lines deleted...]
-    <t>Circular Externa  5 del 16 de diciembre de  2020</t>
+    <t>16 de diciembre de 2020</t>
   </si>
   <si>
     <t>Requisitos, lineamientos y procedimiento para acceder al beneficio de tarifa Diferencial para las Categorías I y II en las Estaciones de Peaje denominadas Túnel de la Línea - Tolima y Túnel de la Línea – Quindío, de la carretera Armenia – La Línea – Ibagué, Ruta 4003</t>
   </si>
   <si>
-    <t>16 de diciembre de 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11109-circular-externa-5-del-13-de-diciembre-de-2020/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución 3168 del 14 de diciembre de 2020 </t>
-[...25 lines deleted...]
-Circular Externa 1 del 13 de enero de 2021 </t>
+    <t>13 de enero de 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Actualización de las tarifas de peaje a cobrar en las estaciones de peaje a cargo del Instituto Nacional de
 Vías – INVIAS, para la vigencia 2021. </t>
   </si>
   <si>
-    <t>13 de enero de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11240-circular-externa-1-del-13-de-enero-de-2021/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución 513 del 25 de febrero de 2021 </t>
+    <t>RESOLUCIÓN</t>
+  </si>
+  <si>
+    <t>Julio 10 de 2018</t>
+  </si>
+  <si>
+    <t>Ministerio de Ambiente y Desarrollo Sostenible</t>
+  </si>
+  <si>
+    <t>Por la cual se adoptan los términos para la elaboración del Diagnóstico Ambiental de Alternativas – DAA, en proyectos lineales de infraestructura de transporte (vías carretareas y líneas férreas, incluyendo túneles) y se toman otra determinaciones</t>
+  </si>
+  <si>
+    <t>https://www.minambiente.gov.co/documento-normativa/resolucion-1258-de-2018/</t>
+  </si>
+  <si>
+    <t>enero 21 de 2004</t>
+  </si>
+  <si>
+    <t>Ministerio de Transporte</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por medio del cual  se reglamenta  la certificación  de la calidad  tecnica  de mezclas  asfalticas  para proyectos  de pavimentación </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/173-resolucion-no-70</t>
+  </si>
+  <si>
+    <t>agosto 30 de 2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se adopta  el manual de diseño  de pavimentos  asfalticos  en vias de bajos  volumenes de transito </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/994-resolucion-003482-del-15-de-agosto-de-2007</t>
+  </si>
+  <si>
+    <t>marzo 04 de 2009</t>
+  </si>
+  <si>
+    <t>Por la cual se actualiza la Guía Metodológica para el Diseño de Obras de Rehabilitación de Pavimentos Asfálticos de Carreteras.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/991-resolucion-000743-del-04-de-marzo-de-2009/file</t>
+  </si>
+  <si>
+    <t>Por la cual se actualiza el Manual de Diseño Geométrico para Carreteras.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/990-resolucion-000744-del-04-de-marzo-de-2009</t>
+  </si>
+  <si>
+    <t>marzo 13 de 2009</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Diseño de Pavimentos de Concreto para Vías con Bajos, Medios y Altos Volúmenes de Tránsito.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/989-resolucion-000803-del-06-de-marzo-de-2009/file</t>
+  </si>
+  <si>
+    <t>enero 7 de 2011</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Drenaje para Carreteras</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/997-resolucion-n-0024-de-2011/file</t>
+  </si>
+  <si>
+    <t>abril 11 de 2013</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Diseño de Cimentaciones Superficiales Profundas para Carreteras.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/1019-resolucion-001049-del-11-de-abril-de-2013/file</t>
+  </si>
+  <si>
+    <t>septiembre 27 de 2013</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se adapta el Manual Único de Señalización Fluvial como reglamento de Señalización y balizaje fluvial y se dicatan otras disposiciones</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/1823-resolucion-0003767-del-26-de-septiembre-de-2013</t>
+  </si>
+  <si>
+    <t>enero 26 de 2015</t>
+  </si>
+  <si>
+    <r>
+      <t>Por la cual se actualiza el Código Colombiano de Diseño Sísmico de Puentes y se adopta como </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF333333"/>
+        <rFont val="Work Sans Bold"/>
+      </rPr>
+      <t>“NORMA COLOMBIANA DE DISEÑO DE PUENTES CCP – 2014”</t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3610-resolucion-no-108-del-26-de-enero-de-2015</t>
+  </si>
+  <si>
+    <t>mayo 04 de 2015</t>
+  </si>
+  <si>
+    <t>Por la cual se establece la distribución, diseño y parámetros de las vallas y demás elementos de información de las obras y proyectos de infraestructura de transporte que contrate el INSTITUTO NACIONAL DE VÍAS -INVÍAS-, la AGENCIA NACIONAL DE INTRAESTRUCTURA y la UNIDAD ADMINISTRATIVA ESPECIAL DE AERONÁUTICA CIVIL - AEROCIVIL</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3664-resolucion-no-001219-del-4-mayo-de-2015</t>
+  </si>
+  <si>
+    <t>junio 18 de 2015</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el manual de señalización vial - Dispositivos uniformes para la regulación del tránsito en calles, carreteras y ciclorutas de Colombia</t>
+  </si>
+  <si>
+    <t>https://www.mintransporte.gov.co/documentos/29/manuales-de-senalizacion-vial/</t>
+  </si>
+  <si>
+    <t>octubre 19 de 2017</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta la Guía de Diseño de Pavimentos con Placa Huella</t>
+  </si>
+  <si>
+    <t>https://www.alcaldiabogota.gov.co/sisjur/normas/Norma1.jsp?i=72620&amp;dt=S</t>
+  </si>
+  <si>
+    <t>mayo 27 de 2019</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica el anexo I de la Resolución No. 0001219 del 4 de mayo de 2015, modificado por la Resolución 0000209 del 4 de Febrero de 2019” - Vallas</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9020-resolucion-01935-del-24-de-mayo-de-2019</t>
+  </si>
+  <si>
+    <t>16 de octubre de 2020</t>
+  </si>
+  <si>
+    <t>"Por la cual se reglamentan los Planes de Movilidad Sostenible y Segura, para municipios, distritos, áreas metropolitanas y se dictan otras disposiciones</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.cerlatam.com/wp-content//uploads/2020/10/Resolucion-No.-20203040015885-de-15-10-2020.pdf </t>
+  </si>
+  <si>
+    <t>julio 05 de 1998</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta la Polìtica Ambiental en el Instituto Nacional de Vìas</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/servicios-al-ciudadano/proyectos-invias/615-resolucion-de-la-politica-ambiental-3000-de-junio-5-de-1998/file</t>
+  </si>
+  <si>
+    <t>abril 03 de 2003</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Gerencias Técnicas Comunitarias, como norma para el desarrollo de las veedurías técnicas ejercidas en los proyectos a cargo del Invías</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/145-resolucion-no-1101</t>
+  </si>
+  <si>
+    <t>agosto 13 de 2007</t>
+  </si>
+  <si>
+    <t>Por la cual se establece el procedimiento para imposición de sanciones y se señalan las causales y cuantías para para hacer efectiva la cláusula de multas en los contratos celebrados por el INSTITUTO NACIONAL DE VÍAS.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/477-resolucion-n-03662-del-13-de-agosto-de-2007-1</t>
+  </si>
+  <si>
+    <t>septiembre 25 de 2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se conforma el Comitè Tècnico de Sostenibilidad del Sistema de Contabilidad Pùblica del Instituto Nacional de Vìas, se establece su reglamento y funciones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gestiòn financiera </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04456-del-25-de-septiembre-de-2007</t>
+  </si>
+  <si>
+    <t>noviembre 14 de 2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se definen la polìtica y pràctica en materia contable en el Instituto Nacional de Vìas </t>
+  </si>
+  <si>
+    <t>Gestiòn ambiental, social, predial y de sostenibilida de proyectos de infraestructura de transporte</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-0630-del-14-de-noviembre-de-2008</t>
+  </si>
+  <si>
+    <t>enero 13 de 2014</t>
+  </si>
+  <si>
+    <t>Por la cual se crean Grupos Internos de Trabajo en el Instituto Nacional de Vías</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gestión Humana </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6567-resolucion-00130-del-13-de-enero-de-2014</t>
+  </si>
+  <si>
+    <t>enero 17 de 2014</t>
+  </si>
+  <si>
+    <t>Por la cual se reglamenta la conformación del Comité de Conciliación del Instituto Nacional de Vías</t>
+  </si>
+  <si>
+    <t>Defensa Jurídica</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros</t>
+  </si>
+  <si>
+    <t>mayo 26 de 2014</t>
+  </si>
+  <si>
+    <t>Por la cual se adoptan las Especificaciones Generales de Construcción de Carreteras y normas de ensayo para materiales de carreteras.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/2230-resolucion-1376-del-26-de-mayo-de-2014?format=html</t>
+  </si>
+  <si>
+    <t>noviembre 19 de 2014</t>
+  </si>
+  <si>
+    <t>Por la cual se establecen los requisitos para el trámite y pago de las obligaciones a cargo del Instituto Nacional de Vías.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/3113-resolucion-7169-del-19-de-noviembre-de-2014</t>
+  </si>
+  <si>
+    <t>mayo 06 de 2015</t>
+  </si>
+  <si>
+    <t>Por la cual se modifican los criterios para la elaboraciòn e implementacion del Plan de Gestiòn Socio Predial con miras a compensar los impactos sociales generados en la adquisiciòn de àreas requeridas para la ejecuciòn de proyectos de infraestructura a cargo del Instituto Nacional de Vìas</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones</t>
+  </si>
+  <si>
+    <t>julio 15 de 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se crea y conforma el comité de gestión de Riesgo y Adaptación al Cambio Climático - CGRCC. </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/servicios-al-ciudadano/normatividad/resoluciones-circulares-otros/3937-resolucion-4806-de-julio-15-de-2015</t>
+  </si>
+  <si>
+    <t>octubre 15 de 2015</t>
+  </si>
+  <si>
+    <t>Por la cual se fijan mètodos, criterios y procedimientos, para la implementaciòn del plan de gestion social con miras a compensar los impactos sociales derivados del proceso de adquisiciòn predial por motivos de utilidad pùblica de que habla la Ley 1682 de 2013, para la ejecuciòn de proyectos de infraestructura a cargo del Instituto Nacional de Vìas</t>
+  </si>
+  <si>
+    <t>febrero 23 de 2016</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se modifica parcialmente los artículos primero y segundo de la Resolución No. 00130 del 13 de enero de 2014 "Por la cual se crean Grupos Internos de Trabajo en el Instituto Nacional de Vías-lNVIAS".</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9379-resolucion-1147-del-23-de-febrero-de-2016</t>
+  </si>
+  <si>
+    <t>marzo 02 de 2016</t>
+  </si>
+  <si>
+    <t>Por la cual se adoptan las Políticas establecidas en el Modelo de Seguridad y Privacidad de la Información, en el marco de la Estrategia de Gobierno en Línea</t>
+  </si>
+  <si>
+    <t>Gestión tecnologias de la información</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8852-resolucion-01363-del-2-marzo-de-2016</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el manual de Políticas y Normas de Seguridad de la Información dentro del marco de la Estrategia de Gobierno en línea</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8853-resolucion-01364-del-2-marzo-de-2016</t>
+  </si>
+  <si>
+    <t>marzo 03 de 2016</t>
+  </si>
+  <si>
+    <t>Gestión humana</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9380-resolucion-1413-del-3-de-marzo-de-2016</t>
+  </si>
+  <si>
+    <t>diciembre 30 de 2016</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta una Polìtica Contable eln el Instituto Nacional de Vìas - Invías</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-09324-del-30-de-diciembre-de-2016</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Interventoría de Obra Pública del Instituto Nacional de Vías - Invías</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/5397-resolucion-9337-del-30-de-diciembre-de-2016</t>
+  </si>
+  <si>
+    <t>23 de mayo de 2017</t>
+  </si>
+  <si>
+    <t>por la cual se implementa el sistema de administración de puentes de Colombia SIPUCOL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/5948-resolucion-1528-del-23-de-mayo-de-2017 </t>
+  </si>
+  <si>
+    <t>junio 21 de 2017</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se reglamenta el procedimiento interno del Derecho de Petición, las Quejas, Reclamos y Denuncias - PQRD en el Instituto Nacional de Vías - Invías</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6034-resolucion-4592-del-21-de-junio-de-2017</t>
+  </si>
+  <si>
+    <t>junio 22 de 2018</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Mantenimiento de Carreteras</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/documentos-tecnicos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se adopta el Manual de Polìticas Contables para la Elaboraciòn y Presentaciòn de Estados Financieros del Instituto Nacional de Vìas </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04050-del-22-de-junio-de-2018</t>
+  </si>
+  <si>
+    <t>diciembre 31 de 2018</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se delegan unas funciones y se dictan otras disposiciones</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se modifica parcialmente la Resolución 8121 del 31 de Diciembre de 2018</t>
+  </si>
+  <si>
+    <t>Gestión contractual, procesos administrativos y sansonatorios</t>
+  </si>
+  <si>
+    <t>enero 30 de 2019</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se adiciona y modifica parcialmente la Resolución 8121 del 31 de Diciembre de 2018, modificada por la Resolución 8130 de 2018, y se dictan otras disposiciones</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-0359-del-30-de-enero-de-2019</t>
+  </si>
+  <si>
+    <t>mayo 03 de 2019</t>
+  </si>
+  <si>
+    <t>Por la cual se actualiza el Manual Específico de Funciones y de Competencias Laborales para los empleos de la Planta de Personal del Instituto Nacional de Vías -INVIAS-</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9144-resolucion-2005-del-03-de-mayo-de-2019</t>
+  </si>
+  <si>
+    <t>julio 24 de 2019</t>
+  </si>
+  <si>
+    <t>Por la cual se adoptan las politicas para la depuraciòn y sostenibilidad contable de la informaciòn de los Bienes de Uso Pùblico del Instituto Nacional de Vìas</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-03807-del-24-de-julio-de-2019</t>
+  </si>
+  <si>
+    <t>diciembre 30 de 2019</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de Políticas Contables bajo el Marco Normativo para Entidades de Gobierno del Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9857-resolucion-7150-del-30-de-diciembre-de-2019</t>
+  </si>
+  <si>
+    <t>enero 31 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se determina el procedimiento para adoptar la regulación técnica de nuevas tecnologías para la infraestructura de transporte.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9952-resolucion-263-del-31-de-enero-de-2020</t>
+  </si>
+  <si>
+    <t>febrero 06 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se ajusta y se actualiza el Manual Específico de Funciones y de Competencias Laborales para los empleos de la Planta de Personal del Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9975-resolucion-315-del-6-de-febrero-de-2020</t>
+  </si>
+  <si>
+    <t>febrero 13 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta la "Política de Sostenibilidad para la infraestructura del transporte y se crea el Comité de Sostenibilidad del Instituto Nacional de Vías - INVIAS.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9988-resolucion-405-del-13-de-febrero-de-2020</t>
+  </si>
+  <si>
+    <t>abril 07 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se establece como medida transitoria la suspensión de términos en las actuaciones administrativas que se adelantan en el Instituto Nacional de Vías – INVIAS y se adoptan otras medidas administrativas, por motivos de salud pública.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10116-resolucion-916-del-7-de-abril-de-2020</t>
+  </si>
+  <si>
+    <t>mayo 20 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se actualiza la política de comunicación interna y externa para el Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>Gestión de Tecnologías de la información y comunicaciones</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10183-resolucion-1168-del-20-de-mayo-de-2020</t>
+  </si>
+  <si>
+    <t>junio 05 de 2020</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se reanudan los términos en las actuaciones administrativas que se adelantan en el Instituto Nacional de Vías – INVIAS, suspendidos mediante Resolución No. 916 de 7 de abril de 2020.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10317-resolucion-1290-del-5-de-junio-de-2020</t>
+  </si>
+  <si>
+    <t>julio 03 de 2019</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se actualizan y se aprueban las Tablas de Retención Documental – TRD del Instituto Nacional de Vías</t>
+  </si>
+  <si>
+    <t>Gestión Documental</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9196-resolucion-3273-del-3-de-julio-de-2019</t>
+  </si>
+  <si>
+    <t>2020304 0008555</t>
+  </si>
+  <si>
+    <t>julio 14 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica la Resolución número  2494 de 12 de julio de 2017, mediante la cual se expidió la categorización de las vías que conforman el sistema nacional de carreteras o red vial nacional correspondientes al municipio de Ramiriquí, departamento de Boyacá</t>
+  </si>
+  <si>
+    <t>Gestión del riesgo de proyectos de infraestructura de transporte</t>
+  </si>
+  <si>
+    <t>D.O. 51,396</t>
+  </si>
+  <si>
+    <t>julio 31 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica el artículo 5o de la Resolución No. 1402 de 2018 y se toman otras determinaciones</t>
+  </si>
+  <si>
+    <t>D.O.  51,394</t>
+  </si>
+  <si>
+    <t>agosto 10 de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica y se ajusta el Manual Específico de Funciones y de Competencias Laborales para los empleos de la Planta de Personal del Instituto Nacional de Vías - INVÍAS -.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10644-resolucion-1778-del-10-de-agosto-de-2020</t>
+  </si>
+  <si>
+    <t>10 de agosto de 2020 </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros?limit=20&amp;limitstart=240</t>
+  </si>
+  <si>
+    <t>agosto 27 de 2019</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se adopta el Programa de Gestión Documental - PGD del Instituto Nacional de Vías - INVIAS.</t>
+  </si>
+  <si>
+    <t>Gestión Documuntal</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9443-resolucion-4551-del-27-de-agosto-de-2019</t>
+  </si>
+  <si>
+    <t>agosto 29 de 2019</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se aprueba y adopta la Política Institucional de Gestión Documental del Instituto Nacional de Vías.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9442-resolucion-4615-del-29-de-agosto-de-2019</t>
+  </si>
+  <si>
+    <t>2 de septiembre de 2020 </t>
+  </si>
+  <si>
+    <t>Por medio de la cual se adopta el Plan de Gestión de Riesgo de Desastres del Instituto Nacional de Vías -INVIAS-</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10704-resolucion-1978-del-2-de-septiembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>3 de septiembre de 2020 </t>
+  </si>
+  <si>
+    <t>Por medio de la cual se adiciona el numeral 7°, 8° y parágrafo al artículo vigésimo primero de la Resolución No. 08121 de 30 de diciembre de 2018, modificada por la Resolución 8130 de 2019, 00359 de 2019 y 00859 de 2019.</t>
+  </si>
+  <si>
+    <t>Defensa Juridica</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10702-resolucion-1991-del-3-de-septiembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>15 de septiembre de 2020 </t>
+  </si>
+  <si>
+    <t>Por medio de la cual se reanudan los términos en las actuaciones administrativas que se adelantan en el Instituto Nacional de Vías – INVIAS, suspendidos mediante Resolución No. 916 de 7 de abril de 2020, modificada por la Resolución 1290 de 5 de junio de 2020</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10736-resolucion-2091-del-15-de-septiembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>octubre 08 de 2019</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se crea el Comité de Cartera y se dictan otras disposiciones.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9582-resolucion-5471-del-8-de-octubre-de-2019</t>
+  </si>
+  <si>
+    <t>19 de octubre de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta la cartilla de Obras Menores de Drenajes y Estructuras Viales del Instituto Nacional de Vías - INVIAS-.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10867-resolucion-2483-del-19-de-octubre-de-2020/file</t>
+  </si>
+  <si>
+    <t>4 de noviembre de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se fijan criterios para aplicar tecnologías de información y las comunicaciones al trámite de las actuaciones disciplinarias del Instituto Nacional de Vías INVÍAS.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>23 de noviembre de 2020</t>
+  </si>
+  <si>
+    <t>Por el cual se declara la urgencia manifiesta y se autoriza una contratación directa para atender la situación de desastre en la infraestructura de transporte en el departamento archipiélago de San Andrés, Providencia y Santa Catalina y sus cayos.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>30 de noviembre de 2020</t>
+  </si>
+  <si>
+    <t>Por la cual se suspende temporalmente la aplicación parcial del numeral 22 del Capítulo 8.3 correspondiente a las Facultades y Obligaciones de la Interventoría y el literal h del Capítulo V correspondiente al Informe final y documentos anexos del instructivo MINFRA-MN-IN-17 Recibo Definitivo de Interventoría del Manual de Interventoría de Obra Pública del Instituto Nacional de Vías – INVIAS, en lo que tiene que ver con la exigencia de certificación por parte de la Subdirección de Estudios e Innovación.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11032-resolucion-3001-del-30-de-noviembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>14 de diciembre de 2020</t>
+  </si>
+  <si>
+    <t>Por el cual se adopta el Plan de Austeridad y Gestión Ambiental del Instituto Nacional de Vías</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11111-resolucion-3168-del-14-de-diciembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>29 de diciembre de 2020</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se adopta y se expide la Política de Prevención del Daño Antijurídico para el Instituto Nacional de Vías.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11200-resolucion-3455-del-29-de-diciembre-de-2020/file</t>
+  </si>
+  <si>
+    <t>25 de febrero  de 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Por la cual se crea un Consejo Asesor para los procesos de selección de la entidad delegados por la Dirección General a la Dirección de Contratación </t>
   </si>
   <si>
-    <t>25 de febrero  de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11379-resolucion-513-del-25-de-febrero-de-2021/file</t>
   </si>
   <si>
-    <t xml:space="preserve">
-Resolución 738 del 19 de marzo de 2021 </t>
+    <t>19 de marzo  de 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Por medio del cual se delegan unas funciones y se dictan otras disposiciones </t>
   </si>
   <si>
-    <t>19 de marzo  de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11453-resolucion-738-del-19-de-marzo-de-2021/file</t>
   </si>
   <si>
-    <t>Resolución 1074 del 22 de abril de 2021 </t>
+    <t>22 de abril de 2021</t>
   </si>
   <si>
     <t>Por medio de la cual se hacen unas delegaciones, en materia de ordenación del pago y designación de supervisor.</t>
   </si>
   <si>
-    <t>22 de abril de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11509-resolucion-1074-del-22-de-abril-de-2021/file</t>
   </si>
   <si>
-    <t>Resolución 1124 del 27 de abril de 2021 </t>
+    <t>27 de abril de 2021</t>
   </si>
   <si>
     <t>Por la cual se establece el régimen de multas e imposición de clausula penal en los contratos que celebre el Instituto Nacional de Vías.</t>
   </si>
   <si>
-    <t>27 de abril de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución 1876 del 9 de julio de 2021 </t>
-[...1 lines deleted...]
-  <si>
     <t>9 de julio  de 2021</t>
   </si>
   <si>
+    <t>Por la cual se delegan unas funciones en el Asesor 1020-16 de la Dirección General y en concordancia, se modifica la Resolución 8121 de 2018</t>
+  </si>
+  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11779-resolucion-1876-del-9-de-julio-de-2021/file</t>
   </si>
   <si>
-    <t>Resolución 3157 del 15 de octubre de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Por la cual se ajusta la planta de personal del Instituto Nacional de Vías-INVIAS</t>
   </si>
   <si>
-    <t>15 de octubre  de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros </t>
   </si>
   <si>
-    <t>Resolución 3309  del 29 de octubre de 2021</t>
+    <t>29 de octubre  de 2021</t>
   </si>
   <si>
     <t>Por medio de la cual se delegan y asignan unas funciones y se modifica el Parágrafo Primero del Artículo Tercero de la Resolución No. 3202 de 21 de octubre de 2021</t>
   </si>
   <si>
-    <t>29 de octubre  de 2021</t>
-[...2 lines deleted...]
-    <t>Resolución 3343 del 2 de noviembre de 2021</t>
+    <t>2  de noviembre de 2021</t>
   </si>
   <si>
     <t>Por medio de la cual se delegan y asignan unas funciones y se modifica el Artículo Tercero de la Resolución No. 3309 de 29 de octubre de 2021</t>
   </si>
   <si>
-    <t>2  de noviembre de 2021</t>
-[...4 lines deleted...]
-  <si>
     <t>5 de noviembre de 2021</t>
   </si>
   <si>
-    <t>Resolución 3428 del 5 de noviembre de 2021</t>
+    <t>Por la cual se modifica el reglamento interno del Comité de Conciliación del Instituto Nacional de Vías INVIAS</t>
   </si>
   <si>
     <t>Por la cual se delega una función en el Subdirector de Gestión Contractual y Procesos Administrativos</t>
   </si>
   <si>
-    <t>Resolución 3429 del 5 de noviembre de 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Por medio de la cual se delegan y asignan unas funciones y se modifica parcialmente la Resolución No. 3309 del 29 de octubre de 2021</t>
   </si>
   <si>
-    <t>Resolución 3497 del 10 de noviembre de 2021</t>
+    <t>10 de noviembre de 2021</t>
   </si>
   <si>
     <t>Por la cual se crean y modifican unos Grupos Internos de Trabajo en el Instituto Nacional de Vías - INVÍAS-.</t>
   </si>
   <si>
-    <t>10 de noviembre de 2021</t>
-[...2 lines deleted...]
-    <t>Resolución 3940 del 7 de diciembre de 2021</t>
+    <t>7 de diciembre de 2021</t>
   </si>
   <si>
     <t>Por la cual se distribuyen los cargos de la planta de personal del Instituto Nacional de Vías - INVIAS_x0002_</t>
   </si>
   <si>
-    <t>7 de diciembre de 2021</t>
-[...3 lines deleted...]
-Resolución 4172 del 20 de diciembre de 2021 </t>
+    <t>20 de diciembre de 2021</t>
   </si>
   <si>
     <t>Por la cual se actualiza el Manual Específico de Funciones y de Competencias Laborales para los empleos de la Planta de Personal del Instituto Nacional de Vías - INVÍAS-.</t>
   </si>
   <si>
-    <t>20 de diciembre de 2021</t>
-[...5 lines deleted...]
-  <si>
     <t>Por la cual se actualiza el Manual Específico de Funciones y de Competencias Laborales para los empleos de Planta de Personal del Instituto Nacional de Vías - INVÍAS-.</t>
   </si>
   <si>
-    <t>Resolución 4536 del 30 de diciembre de 2021</t>
+    <t>30 de diciembre de 2021</t>
   </si>
   <si>
     <t>Por la cual se adopta el nuevo Código de Buen Gobierno e Integridad del INVÍAS.</t>
   </si>
   <si>
-    <t>30 de diciembre de 2021</t>
-[...3 lines deleted...]
-Resolución 219 del 19 de enero de 2022 </t>
+    <t xml:space="preserve">19 de enero de 2022 </t>
   </si>
   <si>
     <t>Por el cual se modifica y adiciona la Resolución No. 3535 de 12 de noviembre de 2021 y se designan unos Gerentes y Coordinadores para los Grupos Internos de Trabajo en el Instituto Nacional de Vías - INVIAS.</t>
   </si>
   <si>
-    <t xml:space="preserve">19 de enero de 2022 </t>
-[...3 lines deleted...]
-Resolución 319 del 26 de enero de 2022  </t>
+    <t>26 de enero de 2022</t>
   </si>
   <si>
     <t>Por la cual se adopta el Manual de Interventoría de Obra Pública del Instituto Nacional de Vías - INVIAS.</t>
   </si>
   <si>
-    <t>26 de enero de 2022</t>
-[...5 lines deleted...]
-  <si>
     <t>Por la cual el Instituto Nacional de Vías adopta el Índice de Costos de la Construcción de Obras Civiles (ICOCIV) aplicable a los contratos de obra a precios unitarios.</t>
   </si>
   <si>
-    <t>Resoluciòn No 376 del 28 de enero de 2022 </t>
+    <t>28 de enero de 2022</t>
   </si>
   <si>
     <t>Por la cual se modifica y adiciona la Resolución No. 219 del 19 de enero de 2022.</t>
   </si>
   <si>
-    <t>28 de enero de 2022</t>
-[...2 lines deleted...]
-    <t>Resoluciòn No. 471 del 9 de febrero de 2022</t>
+    <t>9 de febrero de 2022</t>
   </si>
   <si>
     <t>Por la cual se deroga la Resolución 4456 de 2007 y se crea el Comité Técnico de Sostenibilidad Contable del Instituto Nacional de Vías, y se dictan lineamientos para la sostenibilidad y depuración permanente del sistema de información contable</t>
   </si>
   <si>
-    <t>9 de febrero de 2022</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Resoluciòn No.545 del 16 de febrero de 2022 </t>
+    <t>16 de febrero de 2022</t>
   </si>
   <si>
     <t>Por la cual se modifica la Resolución 3455 del 29 de diciembre de 2020, mediante la cual se adoptó y expidió la Política de Prevención del Daño Antijurídico para el Instituto Nacional de Vías - INVIAS</t>
   </si>
   <si>
-    <t>16 de febrero de 2022</t>
-[...4 lines deleted...]
-  <si>
     <t>Por medio de la cual se deroga la Resolución 3536 del 12 de noviembre de 2021 y se asignan proyectos a algunos Grupos Internos de Trabajo.</t>
   </si>
   <si>
-    <t>Resoluciòn No.553 de 17 de febrero de 2022</t>
+    <t>Gestión  Humana</t>
+  </si>
+  <si>
+    <t>17 de febrero de 2022</t>
   </si>
   <si>
     <t>Por medio de la cual se delega una funciónen en el titular de la Subdirección de Sostenibilidad</t>
   </si>
   <si>
-    <t>17 de febrero de 2022</t>
-[...4 lines deleted...]
-  <si>
     <t>Por la cual se crea del Comité Institucional de Coordinación de Control Interno del Instituto Nacional de Vías - INVIAS y se adopta su reglamento.</t>
   </si>
   <si>
-    <t>Resoluciòn No. 559 de 17 de febrero de 2022</t>
+    <t>Control Disiplinario</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 17 de febrero de 2022</t>
   </si>
   <si>
     <t>Por la cual se modifica la resolución 1417 de 04 de junio 2021 del Instituto Nacional de Vías</t>
   </si>
   <si>
-    <t xml:space="preserve"> 17 de febrero de 2022</t>
-[...2 lines deleted...]
-    <t>Resolución 718 del 1 de marzo de 2022</t>
+    <t>1 de marzo de 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> Por la cual se determina el régimen de multas e imposición de cláusula penal en los contratos
 celebrados por el INSTITUTO NACIONAL DE VÍAS</t>
   </si>
   <si>
-    <t>1 de marzo de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros</t>
   </si>
   <si>
-    <t>Resolución 744 del 3 de marzo de 2022</t>
+    <t>3 de marzo de 2022</t>
   </si>
   <si>
     <t>Por la cual se establecen directrices para la adecuada atención a requerimientos, observaciones y/o solicitudes de información de órganos de investigación, vigilancia y control</t>
   </si>
   <si>
-    <t>3 de marzo de 2022</t>
-[...2 lines deleted...]
-    <t>Resoluciòn No. 886 de 17 de marzo de 2022</t>
+    <t>17 de marzo de 2022</t>
   </si>
   <si>
     <t>Por la cual se aclara el texto del Artículo Tercero de la Resolución No. 3429 de 5 de noviembre de
 2021 y se adiciona un numeral al Artículo Quinto de la Resolución No. 3309 de 29 de octubre de
 2021.</t>
   </si>
   <si>
-    <t>17 de marzo de 2022</t>
-[...2 lines deleted...]
-    <t>Resolución 1129 del 30 de marzo de 2022</t>
+    <t>30 de marzo de 2022</t>
   </si>
   <si>
     <t>Por la cual se actualiza la Política de Seguridad y Salud en el Trabajo del Instituto Nacional de Vías - INVIAS.</t>
   </si>
   <si>
-    <t>30 de marzo de 2022</t>
-[...4 lines deleted...]
-  <si>
     <t>“Por la cual se establecen directrices para la adecuada atención a requerimientos, observaciones y/o solicitudes de información de órganos de investigación, vigilancia y control”</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12594-resolucion-744-del-3-de-marzo-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución Número 1019 de 24 de marzo de 2022
+    <t xml:space="preserve">1019
 </t>
+  </si>
+  <si>
+    <t>24 de marzo de 2022</t>
   </si>
   <si>
     <t>“Por la cual se crea el Comité de Seguimiento de Liquidación de Contratos y
 Convenios Interadministrativos”</t>
   </si>
   <si>
-    <t>24 de marzo de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14062-resolucion-1019-del-24-de-marzo-de-2022/file </t>
   </si>
   <si>
-    <t>Resoluciòn No. 630 de 14 de noviembre de 2008</t>
-[...1619 lines deleted...]
-    <t>Resolución No. 1129 del 28 de marzo de 2022</t>
+    <t>28 de marzo de 2022</t>
   </si>
   <si>
     <t>Por la cual se actualiza la Política de Seguridad y Salud en el Trabajo del Instituto Nacional deVías-INVIAS”</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022/file </t>
   </si>
   <si>
-    <t>Decreto 555 del 9 de abril de 2022</t>
-[...8 lines deleted...]
-    <t>Resolución No. 1314 del 20 de abril de 2022</t>
+    <t>20 de abril de 2022</t>
   </si>
   <si>
     <t>Por la cual se adopta la “Política de Sostenibilidad para la infraestructura del transporte y se
 crea el Comité de Sostenibilidad del Instituto Nacional de Vías – INVIAS-“</t>
   </si>
   <si>
-    <t>20 de abril de 2022</t>
-[...33 lines deleted...]
-    <t xml:space="preserve">Resolución No. 1505 de 4 de mayo de 2022 </t>
+    <t xml:space="preserve">4 de mayo del 2022 </t>
   </si>
   <si>
     <t xml:space="preserve"> “Por la cual se delega temporalmente una función en Subdirector de Gestión Contractual y Procesos Administrativos"</t>
   </si>
   <si>
-    <t xml:space="preserve">4 de mayo del 2022 </t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12998-resolucion-1505-del-4-de-mayo-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No. 1524 del 6 de mayo del 2022 </t>
+    <t xml:space="preserve">6 de mayo del 2022 </t>
   </si>
   <si>
     <t xml:space="preserve">Por la cual se adoptan y actualizan las especificaciones generales de construccion de carreteras como norma tecnica para los proyectos de la Red Vial Nacional </t>
   </si>
   <si>
-    <t xml:space="preserve">6 de mayo del 2022 </t>
+    <t>Reglamentación técnica e innovación de la infraestructura de transporte</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12866-resolucion-1524-del-6-de-mayo-de-2022/file</t>
   </si>
   <si>
-    <t>Decreto 1041 de 2022</t>
-[...26 lines deleted...]
-  <si>
     <t>22 de junio de 2022</t>
   </si>
   <si>
+    <t>Resolución Número 2119 de 22 de junio del 2022 Por la cual se adopta la Metodología para la Evaluación de la Sostenibilidad</t>
+  </si>
+  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13156-resolucion-2119-del-22-de-junio-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No. 2232 de 28 de junio del 2022
- </t>
+    <t>28 de junio de 2022</t>
   </si>
   <si>
     <t>Resolución Número 2232 de 28 de junio del 2022 “Por medio de la cual se delega la ordenación del pago de los proyectos a cargo del GRUPO GERENCIA DE GRANDES PROYECTOS 2 en el Subdirector de Modernización de Carreteras Nacionales”</t>
   </si>
   <si>
-    <t>28 de junio de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13195-resolucion-2232-del-28-de-junio-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No. 2323 del 7 de julio de 2022
+    <t xml:space="preserve">2323
 </t>
+  </si>
+  <si>
+    <t>7 de julio de 2022</t>
   </si>
   <si>
     <t>Por la cual se adopta y se implementa el documento Sistema Integrado de
 Conservación Documental del Instituto Nacional de Vías – INVIAS</t>
   </si>
   <si>
-    <t>7 de julio de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13255-resolucion-2323-del-7-de-julio-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No. 2335 de 7 de julio del 2022 </t>
-[...1 lines deleted...]
-  <si>
     <t>Por la cual se adopta la actualización de la Guía de Manejo Ambiental de proyectos de infraestructura modo carretero 2022 y de la Guía de Manejo Ambiental de proyectos de infraestructura modos marítimo y fluvial 2022</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13263-resolucion-2335-del-7-de-julio-del-2022/file</t>
   </si>
   <si>
-    <t>Resolución  2413 de 13 de julio del 2022</t>
+    <t>13 de julio de 2022</t>
   </si>
   <si>
     <t>Adoptar “la Guía de Estructuración de Proyectos de Infraestructura de Transporte del Instituto Nacional de Vías -VERSIÓN 2-”</t>
   </si>
   <si>
-    <t>13 de julio de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13317-resolucion-2413-del-13-de-julio-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No. 2418 de 14 de julio del 2022
- </t>
+    <t>14 de julio de 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> Por la cual se modifica el artículo tercero de la Resolución No. 3309 de 29 de Octubre de
 2021 y Resolución No. 3343 de 2 de noviembre de 2021. </t>
   </si>
   <si>
-    <t>14 de julio de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13326-resolucion-2418-de-14-de-julio-del-2022/file</t>
   </si>
   <si>
-    <t>Resolución 2451 de 15 de julio del 2022</t>
+    <t>15 de julio de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">
 Por la cual se adoptan las especificaciones generales de construcción para la regulación de nuevas
 tecnologías, como norma técnica para los proyectos de infraestructura de la Red Vial Nacional</t>
   </si>
   <si>
-    <t>15 de julio de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13329-resolucion-2451-del-15-de-julio-de-2022/file</t>
   </si>
   <si>
-    <t>Resolución  2719 de 26 de julio del 2022</t>
+    <t>26 de julio de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">  Por la cual se adopta el Manual de Gestión Vial Integral del Instituto Nacional de Vías - INVIAS</t>
   </si>
   <si>
-    <t>26 de julio de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13431-resolucion-2719-del-26-de-julio-de-2022/file </t>
   </si>
   <si>
-    <t>Resolución 2845 de 3 de agosto del 2022</t>
+    <t>3 de agosto de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">
 Por la cual el Instituto Nacional de Vías adopta el procedimiento para la implementación del índice de
 costos de la construcción de obras civiles (ICOCIV) aplicable a los contratos de obra con fórmula de
 ajuste.</t>
   </si>
   <si>
-    <t>3 de agosto de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file </t>
-  </si>
-[...1 lines deleted...]
-    <t>Resolución 2846 de 3 de agosto del 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 Por medio de la cual modifica la Resolución No. 744 de 03 de marzo de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13496-resolucion-2846-del-3-de-agosto-de-2022/file </t>
-  </si>
-[...1 lines deleted...]
-    <t>Resolución 2849 de  3 de agosto de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">
 “Por medio de la cual se crea el COMITÉ TÉCNICO DE INFRAESTRUCTURA DE CARRETERAS del INSTITUTO
 NACIONAL DE VÍAS -INVIAS-; Comité que previo reconocimiento de la ASOCIACIÓN MUNDIAL DE CARRETERAS -
 PIARC-, actuará -además-, ante esa Asociación como COMITÉ TÉCNICO NACIONAL</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13498-resolucion-2849-del-3-de-agosto-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No.  2845 de 3 de agosto del 2022
+    <t xml:space="preserve">2845
 </t>
   </si>
   <si>
     <t>Por la cual el Instituto Nacional de Vías adopta el procedimiento para la implementación del índice de
 costos de la construcción de obras civiles (ICOCIV) aplicable a los contratos de obra con fórmula de
 ajuste.</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file</t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No 2844 de 3 de agosto de 2022
+    <t xml:space="preserve">2844
 </t>
   </si>
   <si>
     <t>Por la cual se adopta la Guía de Lineamientos Conceptuales de Diseño para el Desarrollo del
 Programa Vive Colombia – Vías Verdes 2022, del Instituto Nacional de Vías – INVIAS</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13495-resolucion-2844-del-3-de-agosto-de-2022/file</t>
   </si>
   <si>
-    <t>Resolución No. 3292 del 2 de septiembre de 2022</t>
+    <t>septiembre 2 de  2022</t>
   </si>
   <si>
     <t xml:space="preserve">
 Por la cual se adopta el Plan Institucional de Capacitación - PIC del Instituto Nacional de
 Vías para la vigencia 2022</t>
   </si>
   <si>
-    <t>septiembre 2 de  2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13718-resolucion-3292-del-2-de-septiembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No.  3648 de 29 de septiembre del 2022
+    <t xml:space="preserve">3648
 </t>
+  </si>
+  <si>
+    <t>noviembre 29 de  2022</t>
   </si>
   <si>
     <t>“Por medio de la cual se adscribe el Grupo Interno de Trabajo denominado Gerencia de Regiones a la
 dependencia de la estructura orgánica titulada Subdirección General”</t>
   </si>
   <si>
-    <t>noviembre 29 de  2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13844-resolucion-3648-del-29-de-septiembre-de-2022/file </t>
   </si>
   <si>
-    <t>Resolución No.20223040064995 del 28 de octubre de 2022.</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Resolución No. 4442 de 25 de noviembre del 2022
+    <t xml:space="preserve">4442
 </t>
   </si>
   <si>
     <t>“Por medio de la cual se modifican las Resoluciones No. 3497 de 2021, “Por la cual se crean y modifican unos Grupos
 Internos de Trabajo del Instituto Nacional de Vías – INVÍAS-”, modificada por la Resolución No. 350 de 2022, “Por la
 cual se modifica la resolución 3497 de 2021, creando en unas dependencias de la estructura orgánica del Instituto
 Nacional de Vías – INVÍAS, una Gerencia y unos Grupos Internos de Trabajo”, la Resolución No. 376 de 2022 “Por el
 cual se modifica y adiciona la Resolución No. 219 del 19 de enero de 2022”, la Resolución No. 546 de 2022 “Por medio
 de la cual se deroga la Resolución 3536 del 12 de noviembre de 2021 y se asignan proyectos a algunos Grupos
 Internos de Trabajo” y se modifica el nombre de un grupo interno de trabajo al de GERENCIA VÍAS COMUNITARIAS
 DE LA PAZ TOTAL adscrita a la Subdirección de Vías Regionales.”</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14285-resolucion-4442-de-25-de-noviembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No.  4561 de 29 de noviembre del 2022 </t>
-[...1 lines deleted...]
-  <si>
     <t>“Por la cual se deroga la Resolución No. 1524 del 06 de mayo de 2022, y se adoptan las Especificaciones Generales de Construcción de Carreteras, como Norma Técnica para los proyectos de la Red Vial Nacional y se incluyen cuatro (4) artículos”</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14314-resolucion-4561-29-de-noviembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">Ley 2256 de 2022 </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Resolución No. 4580 de 30 de noviembre del 2022
+    <t xml:space="preserve">4580
 </t>
   </si>
   <si>
+    <t>noviembre 30 de  2022</t>
+  </si>
+  <si>
     <t>“Por medio de la cual se deroga la Resolución Número 553 del 17 de febrero de 2022 y se delega una función relacionada con los trámites de licencias y permisos ambientales nacionales y regionales requeridos para la ejecución de los proyectos de infraestructura a cargo del Instituto Nacional de Vías.”</t>
   </si>
   <si>
-    <t>noviembre 30 de  2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14337-resolucion-4580-de-30-de-noviembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">diciembre 13 de 2022 </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Resolución Número 4648 de 2 de diciembre del 2022
+    <t xml:space="preserve">4648
 </t>
+  </si>
+  <si>
+    <t>diciembre 2 de 2022</t>
   </si>
   <si>
     <t>“Por medio de la cual se modifican las Resoluciones No. 3497 de 2021, “Por la cual se crean y modifican unos Grupos
 Internos de Trabajo del Instituto Nacional de Vías – INVÍAS-”, modificada por la Resolución No. 350 de 2022, “Por la
 cual se modifica la resolución 3497 de 2021, creando en unas dependencias de la estructura orgánica del Instituto
 Nacional de Vías – INVÍAS, una Gerencia y unos Grupos Internos de Trabajo”, modificar la Resolución No. 546 de
 2022.”</t>
   </si>
   <si>
-    <t>diciembre 2 de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file </t>
   </si>
   <si>
-    <t>Resolucón No. 4754 de 7 de diciembre del 2022</t>
+    <t>diciembre 7 de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">
 Por la cual se adopta la Guía de Estructuración de Proyectos del Instituto Nacional de Vías –
 INVIAS, VERSION 3</t>
   </si>
   <si>
-    <t>diciembre 7 de 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">Resolución No. 4745 de 7 de diciembre del 2022
+    <t xml:space="preserve">4745
 </t>
   </si>
   <si>
     <t>“Por la cual se adopta la Cartilla Puentes Peatonales Tipo”</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">Circular  No. 20221000000257 del 19 de diciembre de 2022 </t>
-[...13 lines deleted...]
-  <si>
     <t>2 de diciembre de 2022</t>
   </si>
   <si>
+    <t xml:space="preserve">“Por medio de la cual se modifican las Resoluciones No. 3497 de 2021, “Por la cual se crean y modifican unos Grupos Internos de Trabajo del Instituto Nacional de Vías – INVÍAS-”, modificada por la Resolución No. 350 de 2022, “Por la cual se modifica la resolución 3497 de 2021, creando en unas dependencias de la estructura orgánica del Instituto Nacional de Vías – INVÍAS, una Gerencia y unos Grupos Internos de Trabajo”, modificar la Resolución No. 546 de 2022.”
+</t>
+  </si>
+  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file</t>
   </si>
   <si>
-    <t>Resoluciòn No. 4754 de 7 de diciembre del 2022</t>
+    <t>7 de diciembre de 2022</t>
   </si>
   <si>
     <t>Por la cual se adopta la Guía de Estructuración de Proyectos del Instituto Nacional de Vías –
 INVIAS, VERSION 3</t>
   </si>
   <si>
-    <t>7 de diciembre de 2022</t>
-[...17 lines deleted...]
-    <t>Resolucion No.5133  del 31 de diciembre  de 2022</t>
+    <t>31 de diciembre de 2022</t>
   </si>
   <si>
     <t xml:space="preserve">
 Por la cual se adopta el manual de políticas contables bajo el marco normativo para entidades de Gobierno del Instituto Nacional de Vias </t>
   </si>
   <si>
-    <t>31 de diciembre de 2022</t>
+    <t xml:space="preserve">Gestiòn Financiera </t>
   </si>
   <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14577-resolucion-5143-de-30-de-diciembre-de-2022/file </t>
   </si>
   <si>
-    <t xml:space="preserve">Resolucion No.37 del 10 de enero de 2023 </t>
+    <t xml:space="preserve">10 de enero de 2023 </t>
   </si>
   <si>
     <t>Por la cual se desagrega el presupuesto de gastos de funcionamiento del Instituto Nacional de Vías para la vigencia fiscal del 1°. de enero al 31 de diciembre de 2023.</t>
   </si>
   <si>
-    <t xml:space="preserve">10 de enero de 2023 </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14592-resolucion-37-del-10-de-enero-de-2023/file </t>
   </si>
   <si>
-    <t>Resoluciòn No. 20233040005155 del  3 de febrero  de 2023.</t>
-[...77 lines deleted...]
-    <t>INVIAS</t>
+    <t>enero 10 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se cierra el capítulo presupuestal independiente del SGR correspondiente al bienio 2021 - 2022 y se incorporan los saldos no ejecutados como disponibilidad inicial en las vigencias 2023 - 2024 en un capítulo independiente al presupuesto del Instituto Nacional de Vías.</t>
+  </si>
+  <si>
+    <t>Gestión Financiera</t>
+  </si>
+  <si>
+    <t>Resolución 43 del 10 de enero de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>enero 16 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se declara la Urgencia Manifiesta para la atención de la emergencia vial registrada entre los PR75+0300 y el PR75+0600 de la vía 2503 Mojarras - Popayán, Departamento del Cauca.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Administraciòn Publica y Gestiòn Tècnica </t>
+  </si>
+  <si>
+    <t>Resolución 111 de 16 de enero de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>febrero 15 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se autoriza la entrega de una infraestructura vial a la Agencia Nacional de Infraestructura (ANI), para ser afectada y vinculada al proyecto Nueva Malla Vial del Valle del Cauca, corredor Buenaventura – Loboguerrero – Buga, Contrato de Concesión por esquema de APP No. 004 de 2022.</t>
+  </si>
+  <si>
+    <t>Resolución 550 del 15 de febrero de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>2 de marzo de 2023</t>
   </si>
   <si>
     <t>Por la cual se concede un permiso a la empresa GRUAS TELESCOPICAS DE COLOMBIA S.A., identificada con NIT. No. 900.217.860-5, para el Transporte Terrestre de Carga Indivisible Extradimensionada y Extrapesada, por unas carreteras de la Red Vial Nacional.</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14817-resolucion-766-del-2-de-marzo-de-2023/file</t>
   </si>
   <si>
-    <t>Resolución 17 del 6 de marzo de 2023</t>
+    <t>6 de marzo de 2023</t>
   </si>
   <si>
     <t>Por medio de la cual se ofrece material de fresado de pavimento asfáltico a título gratuito a todas las entidades públicas interesadas.</t>
   </si>
   <si>
     <t xml:space="preserve">Gestión Financiera </t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14902-resolucion-17-del-6-de-marzo-de-2023/file</t>
   </si>
   <si>
-    <t>Resolución 826 del 7 de marzo de 2023</t>
+    <t>8 de marzo de 2023</t>
   </si>
   <si>
     <t>Por la cual se concede un permiso a la empresa GLOBAL DE LOGISTICA Y TRANSPORTE GLT S.A.S., identificada con NIT. No. 900.709.353-4, para el Transporte Terrestre de Carga Indivisible Extradimensionada y Extrapesada, por unas carreteras de la Red Vial Nacional.</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14809-resolucion-826-del-7-de-marzo-de-2023/file</t>
   </si>
   <si>
-    <t>Resolución 877 del 10 de marzo de 2023</t>
+    <t>10 de marzo de 2023</t>
   </si>
   <si>
     <t>Por la cual se modifican las Resoluciones No. 3309 de 29 de octubre de 2021 "Por medio de la cual se delegan y asignan unas funciones y se modifica el Parágrafo Primero del Artículo Tercero de la Resolución No. 3202 de 21 de octubre de 2021" y No. 350 de 28 enero de 2022 "Por la cual se modifica la Resolución 3497 de 2021, creando en unas dependencias de la estructura orgánica del Instituto Nacional de Vías – INVÍAS, una Gerencia y unos Grupos Internos de Trabajo".</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14915-resolucion-877-del-10-de-marzo-de-2023/file</t>
   </si>
   <si>
-    <t>Resolución 898 del 14 de marzo de 2023</t>
+    <t>14 de marzo de 2023</t>
   </si>
   <si>
     <t>Por la cual se delegan unas funciones en el titular de la Subdirección de Gestión Contractual y Procesos Administrativos.</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14916-resolucion-898-del-14-de-marzo-de-2023/file</t>
   </si>
   <si>
-    <t>1 de febrero de 2023</t>
-[...223 lines deleted...]
-    <t>Resolucion 1856 del 2 de junio de 2023</t>
+    <t>marzo 29 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta la Tabla de Honorarios para los Contratos de Prestación de Servicios Profesionales y de Apoyo a la Gestión del Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/14985-resolucion-1107-del-29-de-marzo-de-2023</t>
+  </si>
+  <si>
+    <t>abril 20 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se integra una Coordinacion de la Subdireccion Administrativa y se modifica parcialmente el articulo 2 de la Resolucion 3497 del 10 de noviembre de 2021</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12771-resolucion-1314-del-20-de-abril-de-2022</t>
   </si>
   <si>
     <t xml:space="preserve">INVIAS </t>
   </si>
   <si>
+    <t>Por la cual se suprime una Gerencia en el Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>Resolución 1315 del 20 de abril de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>mayo 24 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se Establece la Distribución de los Empleos por Dependencia, se Conforman los Grupos Internos de Trabajo en el Instituto Nacional de Vías - INVÍAS, creados y modificados mediante las Resoluciones 3497 de 2021 y 350 de 2022 y se Deroga la Resolución 3940 de 2021.</t>
+  </si>
+  <si>
+    <t>Resolución 1701 del 24 de mayo de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>PLANTA GLOBAL DE PERSONAL DISTRIBUCIÓN DE EMPLEOS POR DEPENDENCIA - ANEXO 1</t>
+  </si>
+  <si>
+    <t>Anexo 1 de la Resolución 1701 del 24 de mayo de 2023 - Dependencias (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>PLANTA GLOBAL DE PERSONAL DISTRIBUCIÓN GRUPOS DE TRABAJO - ANEXO 2</t>
+  </si>
+  <si>
+    <t>Anexo 2 de la Resolución 1701 del 24 de mayo de 2023 - Dependencias y Grupos (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica y unifica el Manual Específico de Funciones y de Competencias Laborales para los empleos de la Planta de Personal del Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>Resolución 1704 del 24 de mayo de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>MANUAL ESPECÍFICO DE FUNCIONES Y COMPETENCIAS LABORALES</t>
+  </si>
+  <si>
+    <t>Anexo 1 Resolución 1704 del 24 de mayo de 2023 - Manual Específico de Funciones y Competencias Laborales (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>junio 2 de 2023</t>
+  </si>
+  <si>
     <t>Por la cual se declara la Urgencia Manifiesta para la atención de la emergencia vial registrada entre el PR47+0500 y el PR52+0500 de la Vía Ocaña - Alto del Pozo, Ruta Nacional 7008, en el Departamento de Norte de Santander.</t>
   </si>
   <si>
-    <t>junio 2 de 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Resolución 1856 del 2 de junio de 2023 (invias.gov.co)</t>
   </si>
   <si>
-    <t>Resolucion 3479 del 2 de octubre de 2023</t>
+    <t>junio 5 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica la resolución 4987 del 20 de diciembre de 2022 y se autoriza la conciliación de recursos por concepto de amortización de anticipo y devolución de las retenciones e impuestos aplicables para las actas de recibo parcial de obra correspondiente al contrato No. 1260 de 2018.</t>
+  </si>
+  <si>
+    <t>Resolución 1862 del 5 de junio de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">junio 27 de 2023 </t>
+  </si>
+  <si>
+    <t>Por la cual se establece el Plan de Incentivos Institucionales para los funcionarios del Instituto Nacional de Vías - INVÍAS, de Planta Central y Direcciones Territoriales y se delega una función.</t>
+  </si>
+  <si>
+    <t>Resolución 2198 del 27 de junio de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>Junio 30 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se concede el Apoyo Educativo para los funcionarios y sus hijos en el Instituto Nacional de Vías - INVÍAS y se delega una función.</t>
+  </si>
+  <si>
+    <t>Gesión Humana</t>
+  </si>
+  <si>
+    <t>Resolución 2239 del 30 de junio de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>julio 7 de 2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se adopta la Politica del Sistema de Gestion de Seguridad y Salud en el Trabajo SG-SST del INSTITUTO NACIONAL DE VIAS  y se deroga la resolucion 1129 del 30 de marzo del 2022 y la resolucion 1536 del 15 de junio de 2021 </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/informacion-financiera-y-contable/presupuesto-general-de-ingresos/presupuesto-general-de-ingresos-2024/17309-decreto-2295-del-29-de-diciembre-de-2023</t>
+  </si>
+  <si>
+    <t>julio 13 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se deroga la Resolución 10099 del 27 de diciembre de 2017.</t>
+  </si>
+  <si>
+    <t>Resolución 2384 del 13 de julio de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>julio 31 de 2023</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se reglamenta el artículo segundo de la Resolución No. 20233040030295 del 18 de julio de 2023 del Ministerio de Transporte, con el objeto de establecer los requisitos, lineamientos y procedimientos para acceder al beneficio de tarifa diferencial para las categorías I y II en la Estación de Peaje Sáchica ubicada en al Vía 6008 de la Ruta Chiquinquirá - Tunja PR 50+200 en el Departamento de Boyacá.</t>
+  </si>
+  <si>
+    <t>Resolución 2597 del 31 de julio de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>agosto 10 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se incorpora el presupuesto de ingresos y gastos del Instituto Nacional de Vías para la vigencia fiscal del 2023 adicionado con la Ley 2299 del 2023, y se dictan otras disposiciones.</t>
+  </si>
+  <si>
+    <t>Resolución 2720 del 10 de agosto de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>septiembre 1 de 2023</t>
+  </si>
+  <si>
+    <t>Por el cual se modifica parcialmente la distribución mensual de pagos del Programa Anual Mensualizado de Caja -PAC- con Recursos Propios para la ejecución del presupuesto de la Vigencia Fiscal 2023 y el Rezago de la Vigencia 2022 del Instituto Nacional de Vías, según Acuerdo 001 del 25 de enero de 2023.</t>
+  </si>
+  <si>
+    <t>Resolución 3059 del 1 de septiembre de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>Septiembre 4 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se realiza la delegación de asistencia al Comité Intersectorial de Seguridad en Carreteras.</t>
+  </si>
+  <si>
+    <t>Resolución 3081 del 4 de septiembre de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>septiembre 13 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se autoriza la entrega de una infraestructura vial a la Agencia Nacional de Infraestructura (ANI), para ser afectada y vinculada al proyecto Nueva Malla Vial del Valle del Cauca, corredor Buenaventura - Loborguerrero - Buga, Contrato de Concesión por esquema APP No. 004 de 2022.</t>
+  </si>
+  <si>
+    <t>Resolución 3198 del 13 de septiembre de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">octubre 2 de 2023 </t>
   </si>
   <si>
     <t>Por la cual se delega una función en los Directores y en la Secretaría General del Instituto Nacional de Vías - INVÍAS.</t>
   </si>
   <si>
-    <t xml:space="preserve">octubre 2 de 2023 </t>
-[...1 lines deleted...]
-  <si>
     <t>Resolución 3479 del 2 de octubre de 2023 (invias.gov.co)</t>
   </si>
   <si>
-    <t>Resolucion 3198 del 13 de septiembre de 2023</t>
-[...95 lines deleted...]
-    <t>Resolucion 4080 del 14 de noviembre de 2023</t>
+    <t>noviembre 2 de 2023</t>
+  </si>
+  <si>
+    <t>Por la cual se adopta el Manual de contratación del Instituto Nacional de Vías - INVÍAS.</t>
+  </si>
+  <si>
+    <t>Resolución 3990 del 2 de noviembre de 2023 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>Noviembre 14 de 2023</t>
   </si>
   <si>
     <t>Por medio de la cual se adoptan los lineamientos para la implementación del teletrabajo en el Instituto Nacional de Vías INVÍAS.</t>
   </si>
   <si>
-    <t>Resolucion 3990 del 2 de noviembre de 2023</t>
-[...215 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16305-resolucion-4080-del-14-de-noviembre-de-2023</t>
   </si>
   <si>
+    <t>Diciembre 15 de 2023</t>
+  </si>
+  <si>
     <t>Por medio de la cual se establecen los lineamientos para la habilitación del trabajo en casa en el Instituto Nacional de Vías INVÍAS y se delega una función.</t>
   </si>
   <si>
-    <t xml:space="preserve">	
-[...5 lines deleted...]
-  <si>
     <t>Resolución 4614 del 15 de diciembre de 2023 (invias.gov.co)</t>
   </si>
   <si>
+    <t>Diciembre 21 de 2023</t>
+  </si>
+  <si>
     <t>Por la cual se adopta la Política interna de igualdad, diversidad e inclusión del Instituto Nacional de Vías.</t>
   </si>
   <si>
-    <t>Resolución 4740 de 2023</t>
-[...4 lines deleted...]
-  <si>
     <t>Resolución 4740 del 21 de diciembre de 2023 (invias.gov.co)</t>
   </si>
   <si>
     <t>Diciembre 21 de 2024</t>
   </si>
   <si>
     <t>Por la cual se adopta el protocolo interno de prevención y atención a casos de violencia basada en género y discriminación en el Instituto Nacional de Vías - INVÍAS.</t>
   </si>
   <si>
     <t>Resolución 4742 del 21 de diciembre de 2023 (invias.gov.co)</t>
   </si>
   <si>
-    <t>Por la cual se actualizan las tarifas de peaje a cobrar en las estaciones de peaje a cargo del Instituto Nacional de Vías - INVIAS, y el valor de la tarifa del FOSEVI que destina el Instituto Nacional de Vías para el Programa de Seguridad en Carreteras Nacionales, de conformidad con lo dispuesto en las Resoluciones No. 20243040001125 y 20243040001135 del 15 de enero de 2024 expedida por el Ministerio del Transporte.</t>
-[...26 lines deleted...]
-    <t>Resolución No. 33 de 2024</t>
+    <t>Enero 12 de 2024</t>
   </si>
   <si>
     <t>Por la cual se incorpora el presupuesto de ingresos y gastos del Instituto Nacional de Vías
 para la vigencia fiscal del 1º de enero al 31 de diciembre de 2024</t>
   </si>
   <si>
-    <t>Enero 12 de 2024</t>
-[...562 lines deleted...]
-    <t>Resolución 970 de 2024</t>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/17311-resolucion-33-del-12-de-enero-de-2024/file</t>
+  </si>
+  <si>
+    <t>Enero 15 de 2024</t>
+  </si>
+  <si>
+    <t>Por la cual se actualizan las tarifas de peaje a cobrar en las estaciones de peaje a cargo del Instituto Nacional de Vías - INVIAS, y el valor de la tarifa del FOSEVI que destina el Instituto Nacional de Vías para el Programa de Seguridad en Carreteras Nacionales, de conformidad con lo dispuesto en las Resoluciones No. 20243040001125 y 20243040001135 del 15 de enero de 2024 expedida por el Ministerio del Transporte.</t>
+  </si>
+  <si>
+    <t>Resolución 62 del 15 de enero de 2024 (invias.gov.co)</t>
+  </si>
+  <si>
+    <t>Enero 18 de 2024</t>
+  </si>
+  <si>
+    <t>Por la cual se adiciona la Resolución No. 62 del 15 de enero de 2024, se actualizan las tarifas de peaje a cobrar en las estaciones de Lebrija y Rionegro a cargo del Instituto Nacional de Vías – INVIAS, administradas por FINDETER en el marco del programa Vías de la Cigarra – Convenio Interadministrativo No. 1113 de 2016 , y se ajusta el valor de la tarifa del FOSEVI que destina el Instituto Nacional de Vías para el Programa de Seguridad en Carreteras Nacionales, de conformidad con lo dispuesto en las Resoluciones No. 20243040001125 y 20243040001135 del 15 de enero de 2024, expedidas por el Ministerio del Transporte.</t>
+  </si>
+  <si>
+    <t>Resolución 94 del 18 de enero de 2024 (invias.gov.co)</t>
   </si>
   <si>
     <t>Abril 2 de 2024</t>
   </si>
   <si>
+    <t>Por la cual se Adiciona al Manual de Interventoría de Obra Pública del Instituto Nacional de Vías - INVÍAS, el capítulo correspondiente a la Supervisión de Contratos y Convenios.</t>
+  </si>
+  <si>
+    <t>Gestión Contractual</t>
+  </si>
+  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17033-resolucion-970-del-2-de-abril-de-2024-capitulo-2-supervision-de-contratos-y-convenios</t>
   </si>
   <si>
-    <t>Resolución 1011 de 2024</t>
+    <t>Abril 4 de 2024</t>
   </si>
   <si>
     <t>Por la cual se modifica parcialmente el Manual de Contratación del Instituto Nacional de Vías-INVÍAS, adoptado mediante Resolución No. 3990 del 2 de noviembre de 2023</t>
   </si>
   <si>
-    <t>Abril 4 de 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17044-resolucion-1011-del-4-de-abril-de-2024/file</t>
   </si>
   <si>
-    <t>Gestión Contractual</t>
-[...2 lines deleted...]
-    <t>Resolución 1789 de 2024</t>
+    <t>Mayo 23 de 2024</t>
   </si>
   <si>
     <t>Por la cual se adopta la Guía para la Instrumentación y Monitoreo de Puentes</t>
   </si>
   <si>
-    <t>Mayo 23 de 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17315-resolucion-1789-del-23-de-mayo-de-2024/file</t>
   </si>
   <si>
-    <t>Resolución 2017 de 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Junio 5 de 2024</t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17376-resolucion-2017-del-5-de-junio-de-2024/file</t>
   </si>
   <si>
-    <t>Acto administrativo de carácter sustancial</t>
-[...14 lines deleted...]
-    <t>Resolución 2922 de 2024</t>
+    <t>Enero 26 de 2015</t>
+  </si>
+  <si>
+    <t>1. GESTIÓN, MODERNIZACIÓN Y REGULACIÓN NORMATIVA DE LA INFRAESTRUCTURA DE TRANSPORTE (ANTERIOR)
+2. PLANIFICACIÓN DE LA INFRAESTRUCTURA DE TRANSPORTE</t>
+  </si>
+  <si>
+    <t>Junio 16 de 2010</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/1088-resolucion-n-2566-2567-del-16-de-junio-de-2010-1</t>
+  </si>
+  <si>
+    <t>1. COMPRA PÚBLICA (ANTERIOR)</t>
   </si>
   <si>
     <t xml:space="preserve">Gestión Contractual </t>
   </si>
   <si>
-    <t xml:space="preserve">Por la cual se delegan unas funciones en materia de ordenación del gasto a algunos funcionarios de nivel directivo y se dictan otras disposiciones </t>
-[...2 lines deleted...]
-    <t>Junio 16 de 2023</t>
+    <t>Diciembre 28 de 2004</t>
+  </si>
+  <si>
+    <t>1. REGLAMENTACIÓN TÉCNICA E INNOVACIÓN DE INFRAESTRUCTURA DE TRANSPORTE</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/1067-resolucion-n-004100-de-2004-1/file</t>
+  </si>
+  <si>
+    <t>Julio 24 de 2012</t>
+  </si>
+  <si>
+    <t>Guía de Manejo Ambiental  para Proyectos de Infraestructura Marítima y Fluvia</t>
+  </si>
+  <si>
+    <t>GESTIÓN AMBIENTAL, SOCIAL, PREDIAL Y DE SOSTENIBILIDAD (ANTERIOR)</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/guia-de-manejo-ambiental-de-proyectos/972-guia-de-manejo-ambiental-subsector-maritimo-y-fluvial/file</t>
+  </si>
+  <si>
+    <t>03 de marzo de 2022</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12594-resolucion-744-del-3-de-marzo-de-2022</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica la resolución 3497 de 2021, creando en unas dependencias de la estructura orgánica del Instituto Nacional de Vías – INVÍAS, una Gerencia y unos Grupos Internos de Trabajo.</t>
+  </si>
+  <si>
+    <t>Direccionamiento estretégico y planeación institucional - Transversal</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12504-resolucion-350-del-28-de-enero-de-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  10 de enero de 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Direccionamiento estretégico y planeación institucional - Transversal - delegación de funciones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se solicito  a la dependencia competente el cargue del documento en la pagina de la entidfad  </t>
+  </si>
+  <si>
+    <t>14 de febrero de 2025</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica la resolución 1107 del 29 de marzo de 2025"por la cual  se adopta la tabla  de honorarios  para los contratos  de prestacion de servicios profesionales  y de apoyo a la gestion  del Instituto Nacional de Vias  - INVIAS"</t>
+  </si>
+  <si>
+    <t>Direccionamiento estretégico y planeación institucional- -Transversal</t>
+  </si>
+  <si>
+    <t>27 de enero de 2022</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica el artículo primero de la Resolución 738 del 19 de marzo de 2021</t>
+  </si>
+  <si>
+    <t>02 de febrero de 2022</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica el artículo sexto de la Resolución No. 3309 de 29 de octubre de 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Direccionamiento estretégico y planeación institucional -  Transversal - delegación de funciones </t>
+  </si>
+  <si>
+    <t>21 de marzo de 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">por el cual se delegan unas funciones  a algunos  funcionarios  de nivel directivo  y se derogan  algunas resoluciones </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19435-resolucion-833-de-21-de-marzo-de-2025</t>
+  </si>
+  <si>
+    <t>01 de abril del 2022</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se delega una función y se modifica parciamente el numeral 26.8 del Capítulo VI del Manual de Contratación del INVIAS ”</t>
+  </si>
+  <si>
+    <t>03 de junio de 2022</t>
+  </si>
+  <si>
+    <t>Por la cual se establecen las funciones u obligaciones de los Gestores de proyecto designados por el Instituto Nacional de Vías - INVIAS</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13030-resolucion-1911-del-3-de-junio-de-2022</t>
+  </si>
+  <si>
+    <t>27 de junio de 2025</t>
+  </si>
+  <si>
+    <t>Por la cual se modifica  parcialmente el manual de  contratación  del instituo nacional de vias  - INVIAS  - adoptado mediante  resolucion  N° 3990 del 02 de noviembre de 2023</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/20104-resolucion-2361-del-27-de-junio-de-2025</t>
+  </si>
+  <si>
+    <t>16 de julio de 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual se delegan funciones  en materia  de ordenacion  del gasto  a algunos  funcionarios del nivel directivo  y se dictan otras disposiciones </t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17722-resolucion-2922-del-16-de-julio-de-2024</t>
   </si>
   <si>
-    <t xml:space="preserve">Ley 200 del 30 de diciembre de 1936 </t>
-[...760 lines deleted...]
-    <t>https://www.suin-juriscol.gov.co/viewDocument.asp?id=30043742</t>
+    <t>17 de julio de 2024</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se  asigna la funcion  de juzgamiento  disciplinario  en primera instancia  a la direccion juridica  del instituto nacional de vias  - INVIAS -  y se  toman otras determinaciones  en aplicación de la ley 2094  de 2021</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17725-resolucion-2929-del-17-de-julio-de-2024</t>
+  </si>
+  <si>
+    <t>21 de octubre de 2021</t>
+  </si>
+  <si>
+    <t>22 de octubre 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por la cual  se delegan unas funciones en el asesor 1020-16 de la dirección general </t>
+  </si>
+  <si>
+    <t>12 de noviembre de 2021</t>
+  </si>
+  <si>
+    <t>Por la cual se designan a los titulares de unos cargos del nivel Asesor de la planta
+del Instituto Nacional de Vías -INVIAS-, como Gerentes de los Grupos Internos de
+Trabajo denominados “GERENCIAS􀂴, y se les delega a estos una función.</t>
+  </si>
+  <si>
+    <t>24  de noviembre de 2021</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se modifican parcialmente las Resoluciones 3309 del 29 de octubre de 2021 y
+3429 del 5 de noviembre de 2021</t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13930-resolucion-3684-del-24-de-noviembre-de-2021/file</t>
+  </si>
+  <si>
+    <t>07 de diciembre de 2021</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se modifica parcialmente la resolucion 3207 del  21 octubre de 2021</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se modifican parcialmente las Resoluciones No. 3684 de 24 de Noviembre de
+2021 y 3309 del 29 de Octubre de 2021.</t>
+  </si>
+  <si>
+    <t>23 DE OCTUBRE DE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por medio de la cual  se modifica  el articulo  quinto  de la resolucion  1729 del 26 de mayo del 2023, por medio de la cual  se aplica el cobro  de contribución nacional de valorización  del sector transporte  en el proyecto  de infraestructura  vial  Cartagena - Barranquilla - circunvalar  de la prosperidad </t>
+  </si>
+  <si>
+    <t>“Por la cual se delega una función en la Dirección de Ejecución y Operación y se asignan tramos viales y proyectos asociados a la infraestructura vial nacional a cargo del Instituto Nacional de Vías”</t>
+  </si>
+  <si>
+    <t>15 de diciembre de 2023</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se delegan unas funciones a las Direcciones Territoriales, y se adiciona el numeral 19 Artículo Quinto de la Resolución No. 3309 de 29 de octubre de 2021, la cual fue adicionada por el artículo tercero de la Resolución No. 3429 de 5 denoviembre de 2021</t>
+  </si>
+  <si>
+    <t>26 de diciembre de 2023</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se delegan unas funciones a las Direcciones Territoriales, y se adiciona el numeral 20 Artículo Quinto de la Resolución No. 3309 de 29 de octubre de 2021, la cual fue adicionada por el artículo tercero de la Resolución No. 3429 de 5 de noviembre de 2021, a su vez adicionado por la Resolución 4609 de 16 de diciembre de 2023.</t>
+  </si>
+  <si>
+    <t>31 de diciembre de 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por medio de la cual se  reglamenta el tramite de  de la peticiones, quejas y reclamos y denuncias  - PQRD- en el  Instituto  Nacional de Vias  - INVIAS  y se establecen otras disposiciones </t>
+  </si>
+  <si>
+    <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19059-res-6258-tramite-pqrd</t>
+  </si>
+  <si>
+    <t>29 de febrero de 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por medio de la cual se modifica  una disposición  del manual  de contratación del Invias  y se delega una función  </t>
+  </si>
+  <si>
+    <t>26 de dciembre  de 2023</t>
+  </si>
+  <si>
+    <t>“Por medio de la cual se adiciona el numeral 8 al parágrafo primero del artículo primero de la Resolución 3202 de 21 de octubre de 2021”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/yyyy"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="22">
     <font>
-      <sz val="10"/>
-[...8 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Century Gothic"/>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
-[...7 lines deleted...]
-      <name val="Century Gothic"/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="2"/>
-      <name val="Century Gothic"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="0"/>
-      <name val="Century Gothic"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
-[...1 lines deleted...]
-      <family val="2"/>
+      <color rgb="FF333333"/>
+      <name val="Work Sans Bold"/>
     </font>
     <font>
-      <sz val="11"/>
-[...18 lines deleted...]
-      <sz val="18"/>
+      <sz val="8"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="2"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
-  <fills count="14">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-[...17 lines deleted...]
-        <fgColor rgb="FF00B0F0"/>
+        <fgColor rgb="FFB0DD7F"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.79998168889431442"/>
-        <bgColor theme="0"/>
+        <fgColor rgb="FFFFD85B"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.79998168889431442"/>
-        <bgColor rgb="FF333399"/>
+        <fgColor rgb="FFFFCCFF"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF00B0F0"/>
-        <bgColor theme="0"/>
+        <fgColor rgb="FF7030A0"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-        <color rgb="FF000000"/>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
-      <top style="thin">
-        <color rgb="FF000000"/>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-        <color rgb="FF000000"/>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color rgb="FF000000"/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-        <color rgb="FF000000"/>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
       </right>
-      <top style="thin">
-        <color rgb="FF000000"/>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
-      <bottom/>
-[...11 lines deleted...]
-        <color rgb="FF000000"/>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-        <color rgb="FF000000"/>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
-      <right/>
-[...9 lines deleted...]
-        <color rgb="FF000000"/>
+      <right style="medium">
+        <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-        <color rgb="FF000000"/>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...11 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...18 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="129">
+  <cellXfs count="76">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="7" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="10" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="16" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="8" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="18" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="8" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="16" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...251 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...3 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>99390</xdr:colOff>
+      <xdr:colOff>114300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>49199</xdr:rowOff>
+      <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>2431773</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>381000</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>245165</xdr:rowOff>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Imagen 1">
+        <xdr:cNvPr id="2" name="Imagen 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{593ADCA1-AC80-F1C0-16CD-E9C5D3248FD9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1"/>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="99390" y="49199"/>
-          <a:ext cx="2332383" cy="1010975"/>
+          <a:off x="114300" y="200025"/>
+          <a:ext cx="1419225" cy="609600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...39 lines deleted...]
-            <a:ln w="9525">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>381000</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>638175</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>265665</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF210E16-27B7-4354-8F3A-D359DC6190F7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="990600" y="28575"/>
+          <a:ext cx="1543050" cy="760965"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
-                <a:srgbClr val="000000"/>
+                <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:miter lim="800000"/>
-[...9 lines deleted...]
-  </mc:AlternateContent>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</personList>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>581025</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>265665</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4648043-5DF3-4D34-A35D-492055E70680}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="581025" y="28575"/>
+          <a:ext cx="1428750" cy="760965"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
-    <a:clrScheme name="Sheets">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Sheets">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-        <a:cs typeface="Arial"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-        <a:cs typeface="Arial"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7277,65 +3339,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -7356,25415 +3418,20358 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ThreadedComments>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20519%20DEL%205%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2294_2023.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1228_2008.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12667-resolucion-828-del-11-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivo.minambiente.gov.co/images/normativa/app/resoluciones/7a-res_751_marz_2015.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20749%20DEL%2028%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/LEY%202276%20DE%2029%20DE%20NOVIEMBRE%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1755_2015.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/decretos/9081-decreto-1011-del-6-de-junio-de-2019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11453-resolucion-738-del-19-de-marzo-de-2021/file" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20774%20DEL%203%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tienda.icontec.org/gp-sistema-de-gestion-de-la-medicion-requisitos-para-los-procesos-de-medicion-y-los-equipos-de-medicion-ntc-iso10012-2003.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0418_1997.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/estatuto_tributario.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14592-resolucion-37-del-10-de-enero-de-2023/file" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15582-resolucion-2384-del-13-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/2230-resolucion-1376-del-26-de-mayo-de-2014?format=html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20222%20de%202021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15808-resolucion-2720-del-10-de-agosto-de-2023" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17722-resolucion-2922-del-16-de-julio-de-2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30051019" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/997-resolucion-n-0024-de-2011/file" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_0019_2012.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20558%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6642/norma/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0819_2003.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1489101" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=30034577" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10123-circular-externa-2-del-13-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1333_2009.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1314_2009.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-abril-2020" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14817-resolucion-766-del-2-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-0472-de-2017/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-0359-del-30-de-enero-de-2019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coronaviruscolombia.gov.co/Covid19/docs/decretos/minhacienda/348_DECRETO_813_DEL_4_DE_JUNIO_DE_2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20878%20DEL%2025%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/LEY%202277%20DE%2013%20DE%20DICIEMBRE%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15475-resolucion-2198-del-27-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forpo.gov.co/es/planeacion-gestion-y-control/control-interno-1/normatividad-2/5163-ntc-iso-14001-2015/file" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20442%20DEL%2028%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20500%20DEL%2031%20DE%20MARZO%202020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0685_2001.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1390283" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minhacienda.gov.co/webcenter/ShowProperty?nodeId=%2FConexionContent%2FWCC_CLUSTER-214290%2F%2FidcPrimaryFile&amp;revision=latestreleased" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mintransporte.gov.co/documentos/811/resoluciones-2023/genPagDocs=3" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15394-resolucion-1862-del-5-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1620332" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/servicios-al-ciudadano/normatividad/resoluciones-circulares-otros/3937-resolucion-4806-de-julio-15-de-2015" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12506-resolucion-376-del-28-de-enero-de-2022" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-03807-del-24-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30051703" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/29/manuales-de-senalizacion-vial/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=53776" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/search?q=DECRETO+770+-+3+DE+JUNIO+2020&amp;rlz=1C1GCEA_enCO994CO994&amp;oq=DECRETO+770+-+3+DE+JUNIO+2020&amp;aqs=chrome..69i57j0i22i30l4.944j0j15&amp;sourceid=chrome&amp;ie=UTF-8" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1562_2012.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0856_2003.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svrpubindc.imprenta.gov.co/diario/view/diarioficial/consultarDiarios.xhtml" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1341294" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colombiacompra.gov.co/content/circular-externa-no-003-2022" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20551%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1474_2011.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14610-resolucion-111-de-16-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/5948-resolucion-1528-del-23-de-mayo-de-2017" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20806%20DEL%204%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201044%20DEL%2016%20DE%20JULIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13495-resolucion-2844-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6554/norma/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0850_2003.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/145-resolucion-no-1101" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10584-circular-externa-4-del-27-de-julio-de-2020" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1563_2012.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15373-anexo-1-resolucion-1704-del-24-de-mayo-de-2023-manual-especifico-de-funciones-y-competencias-laborales" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30019520" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.standards.iteh.ai/samples/70376/12b75338d3ff4f01a5314638a3559f55/ISO-10006-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20568%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20904%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0087_1993.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Acuerdo/30051872" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0769_2002.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1437_2011.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normograma.info/men/docs/decreto_2442_2006.htm" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16626-resolucion-4614-del-15-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1793450" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-entidad/resolucion-0256-de-2018/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6034-resolucion-4592-del-21-de-junio-de-2017" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9857-resolucion-7150-del-30-de-diciembre-de-2019" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20666%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201076%20DEL%2028%20DE%20JULIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uadeo.mx/wp-content/uploads/2020/11/NORMA-ISO-19011-2018.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1156507" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_1944_2015.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0901_2004.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13718-resolucion-3292-del-2-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/811/resoluciones-2023/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1564_2012.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15302-resolucion-1704-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30019522" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9379-resolucion-1147-del-23-de-febrero-de-2016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10644-resolucion-1778-del-10-de-agosto-de-2020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20571%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%201462%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-1258-de-2018/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_0111_1996.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/30039595" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20625%20DEL%2026%20DE%20ABRIL%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/671/2022/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normograma.info/men/docs/decreto_0347_2000.htm" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16785-resolucion-4740-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1662013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0734_2002.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/documentos-tecnicos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9873-circular-externa-001-del-15-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.677%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/wp-content/uploads/2022/04/Resolucion-1552-de-2005.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20575%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201168%20DEL%2025%20DE%20AGOSTO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1156747" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ergosourcing.com.co/wp-content/uploads/2018/05/iso-45001-norma-Internacional.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=76745" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13844-resolucion-3648-del-29-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2290_2023.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1682_2013.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15342-resolucion-1856-del-2-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0962_2005.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9380-resolucion-1413-del-3-de-marzo-de-2016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/servicios-al-ciudadano/proyectos-invias/615-resolucion-de-la-politica-ambiental-3000-de-junio-5-de-1998/file" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20572%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1667083" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20376%20DEL%2014%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20536%20DEL%2011%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1514132" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-1402-de-2018/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/30042093" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=1175" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20655%20DEL%2028%20DE%20ABRIL%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vlex.com.co/vid/resolucion-numero-40320-2023-929481276" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1508_2012.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9952-resolucion-263-del-31-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15141-resolucion-1315-del-20-de-abril-de-2023" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16784-resolucion-4742-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2335_2023.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04456-del-25-de-septiembre-de-2007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20679%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerlatam.com/wp-content/uploads/2020/10/Resolucion-No.-20203040015885-de-15-10-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201408%20DEL%2030%20DE%20OCTUBRE%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintrabajo.gov.co/documents/20147/36482/decreto_1443_sgsss.pdf/ac41ab70-e369-9990-c6f4-1774e8d9a5fa" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/990-resolucion-000744-del-04-de-marzo-de-2009" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/30032607" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=72893" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/671/2022/genPagDocs=8" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14902-resolucion-17-del-6-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1242_2008.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-09324-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1712_2014.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16136-resolucion-3479-del-2-de-octubre-de-2023" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9975-resolucion-315-del-6-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20642%20DEL%2011%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20416%20DEL%2024%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20593%20DEL%2024%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_0151_1998.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1675336" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcaldiabogota.gov.co/sisjur/normas/Norma1.jsp?i=120880" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1651907" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12866-resolucion-1524-del-6-de-mayo-de-2022/file" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=67055" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1882_2018.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1577376" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15301-resolucion-1701-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16619-resolucion-62-del-15-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/477-resolucion-n-03662-del-13-de-agosto-de-2007-1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20844%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12432-resolucion-228-del-20-de-enero-de-2022/file" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201550%20DEL%2028%20DE%20NOVIEMBRE%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2342_2023.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alphasig.metropol.gov.co/normograma/compilacion/docs/resolucion_minambientevdt_1559_2009.htm" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=30044356" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1194148" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=78153" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1066_2006.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14285-resolucion-4442-de-25-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14809-resolucion-826-del-7-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1742_2014.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15970-resolucion-3198-del-13-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1955_2019.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/decretos/10315-anexo-decreto-642-del-11-de-mayo-de-2020/file" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20338%20DEL%208%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20636%20DEL%206%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1684387" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mintransporte.gov.co/loader.php?lServicio=Normatividad&amp;lFuncion=Actos" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1674381" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9988-resolucion-405-del-13-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1266073" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0336_1996.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201042%20DEL%2021%20DE%20JUNIO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0006_1992.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15299-anexo-1-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16630-resolucion-94-del-18-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20513%20DEL%202%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.845%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acmineria.com.co/normativa/resolucion-mintransporte-20203040001245-de-2020-permiso-especial-transporte-publico/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2345_2023.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-327-de-2015/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/30052888" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1150_2007.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6567-resolucion-00130-del-13-de-enero-de-2014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04050-del-22-de-junio-de-2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20802%20DEL%204%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ideam.gov.co/documents/51310/526371/Decreto+4741+2005+PREVENCION+Y+MANEJO+DE+REIDUOS+PELIGROSOS+GENERADOS+EN+GESTION+INTEGRAL.pdf/491df435-061e-4d27-b40f-c8b3afe25705" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20342%20DEL%2005%20DE%20MARZO%20DE%202019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14314-resolucion-4561-29-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14915-resolucion-877-del-10-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1757_2015.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15831-resolucion-3081-del-4-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14062-resolucion-1019-del-24-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20682%20DEL%2021%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=30038501" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0797_2003.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2160_2021.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10088-circular-externa-1-del-23-de-marzo-de-2020" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11200-resolucion-3455-del-29-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20676%20DEL%2019%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20689%20DEL%2022%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1675477" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/30040345" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0388_1997.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201204%20DEL%201%20DE%20SEPTIEMBRE%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13317-resolucion-2413-del-13-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14577-resolucion-5143-de-30-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0099_1993.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15300-anexo-2-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias-y-grupos" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10702-resolucion-1991-del-3-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10119-circular-conjunta-3-del-8-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30050755" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1067319" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14916-resolucion-898-del-14-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-0630-del-14-de-noviembre-de-2008" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15829-resolucion-3059-del-1-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0816_2003.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10116-resolucion-916-del-7-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/270/1999/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1313535" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=30043772" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colombiabus.com.co/wp-content/uploads/2021/08/RESOLUCION-MINTRANSPORTE-TARIFAS.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13431-resolucion-2719-del-26-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0105_1993.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1310_2009.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20520%20DEL%206%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/asuntos-ambientales-sectorial-y-urbana/modelo-de-almacenamiento-geografico-mag/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20847%20DEL%2014%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14337-resolucion-4580-de-30-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svrpubindc.imprenta.gov.co/diario/view/diarioficial/consultarDiarios.xhtml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20811%20DEL%204%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15499-resolucion-2239-del-30-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.guadalupanolasalle.edu.co/sgc/ISO9001-2015-Requisitos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%200385%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=3455" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0489_1998.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/811/resoluciones-2023/genPagDocs=2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15656-resolucion-2597-del-31-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1654991" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30051191" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/3113-resolucion-7169-del-19-de-noviembre-de-2014" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/1019-resolucion-001049-del-11-de-abril-de-2013/file" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1489002" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20637%20DEL%206%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6640/norma/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0828_2003.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9196-resolucion-3273-del-3-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1523_2012.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1692245" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10183-resolucion-1168-del-20-de-mayo-de-2020" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-abril-2020" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colombiacompra.gov.co/content/circular-externa-no-005-2022" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13496-resolucion-2846-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14594-resolucion-43-del-10-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1383_2010.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20397%20DEL%2017%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-0750-de-2017/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20990%20DEL%209%20DE%20JULIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6572/norma/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/119-resolucion-no-5471" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16238-resolucion-3990-del-2-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ramajudicial.gov.co/documents/5454330/14491339/d2.+NTC+ISO+9000-2015.pdf/ccb4b35c-ee63-44b5-ba1e-7459f8714031" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0768_2002.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20539%20DEL%2013%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/decretos/9-decreto-2171-de-1992" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Olk/Downloads/R.20233040020835-24-05-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/5397-resolucion-9337-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16305-resolucion-4080-del-14-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1648559" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/30051827" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9442-resolucion-4615-del-29-de-agosto-de-2019" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20129%20DEL%2030%20DE%20ENERO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_2618_2013.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=30043742" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14062-resolucion-1019-del-24-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcaldiabogota.gov.co/sisjur/normas/Norma1.jsp?i=72620&amp;dt=S" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10644-resolucion-1778-del-10-de-agosto-de-2020" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/5948-resolucion-1528-del-23-de-mayo-de-2017" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14577-resolucion-5143-de-30-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13263-resolucion-2335-del-7-de-julio-del-2022/file" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15373-anexo-1-resolucion-1704-del-24-de-mayo-de-2023-manual-especifico-de-funciones-y-competencias-laborales" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17315-resolucion-1789-del-23-de-mayo-de-2024/file" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13930-resolucion-3684-del-24-de-noviembre-de-2021/file" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/994-resolucion-003482-del-15-de-agosto-de-2007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/servicios-al-ciudadano/normatividad/resoluciones-circulares-otros/3937-resolucion-4806-de-julio-15-de-2015" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13844-resolucion-3648-del-29-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10584-circular-externa-4-del-27-de-julio-de-2020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020/file" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13326-resolucion-2418-de-14-de-julio-del-2022/file" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15656-resolucion-2597-del-31-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9020-resolucion-01935-del-24-de-mayo-de-2019" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04456-del-25-de-septiembre-de-2007" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14592-resolucion-37-del-10-de-enero-de-2023/file" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8852-resolucion-01363-del-2-marzo-de-2016" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15302-resolucion-1704-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/17311-resolucion-33-del-12-de-enero-de-2024/file" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19059-res-6258-tramite-pqrd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/991-resolucion-000743-del-04-de-marzo-de-2009/file" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14285-resolucion-4442-de-25-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/5397-resolucion-9337-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020/file" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14902-resolucion-17-del-6-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13329-resolucion-2451-del-15-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16305-resolucion-4080-del-14-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9873-circular-externa-001-del-15-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerlatam.com/wp-content/uploads/2020/10/Resolucion-No.-20203040015885-de-15-10-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/145-resolucion-no-1101" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8853-resolucion-01364-del-2-marzo-de-2016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14314-resolucion-4561-29-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15342-resolucion-1856-del-2-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/guia-de-manejo-ambiental-de-proyectos/972-guia-de-manejo-ambiental-subsector-maritimo-y-fluvial/file" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/990-resolucion-000744-del-04-de-marzo-de-2009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12506-resolucion-376-del-28-de-enero-de-2022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6034-resolucion-4592-del-21-de-junio-de-2017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11032-resolucion-3001-del-30-de-noviembre-de-2020/file" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12866-resolucion-1524-del-6-de-mayo-de-2022/file" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14809-resolucion-826-del-7-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11109-circular-externa-5-del-13-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13498-resolucion-2849-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16626-resolucion-4614-del-15-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/servicios-al-ciudadano/proyectos-invias/615-resolucion-de-la-politica-ambiental-3000-de-junio-5-de-1998/file" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9379-resolucion-1147-del-23-de-febrero-de-2016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04050-del-22-de-junio-de-2018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9144-resolucion-2005-del-03-de-mayo-de-2019" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14337-resolucion-4580-de-30-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10183-resolucion-1168-del-20-de-mayo-de-2020" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9857-resolucion-7150-del-30-de-diciembre-de-2019" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15394-resolucion-1862-del-5-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/1067-resolucion-n-004100-de-2004-1/file" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12504-resolucion-350-del-28-de-enero-de-2022" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17722-resolucion-2922-del-16-de-julio-de-2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3664-resolucion-no-001219-del-4-mayo-de-2015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/989-resolucion-000803-del-06-de-marzo-de-2009/file" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/documentos-tecnicos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-0630-del-14-de-noviembre-de-2008" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11509-resolucion-1074-del-22-de-abril-de-2021/file" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13495-resolucion-2844-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15499-resolucion-2239-del-30-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11240-circular-externa-1-del-13-de-enero-de-2021/file" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/2230-resolucion-1376-del-26-de-mayo-de-2014?format=html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9582-resolucion-5471-del-8-de-octubre-de-2019" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11111-resolucion-3168-del-14-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13317-resolucion-2413-del-13-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14915-resolucion-877-del-10-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/14985-resolucion-1107-del-29-de-marzo-de-2023" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16785-resolucion-4740-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17033-resolucion-970-del-2-de-abril-de-2024-capitulo-2-supervision-de-contratos-y-convenios" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10088-circular-externa-1-del-23-de-marzo-de-2020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9380-resolucion-1413-del-3-de-marzo-de-2016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13255-resolucion-2323-del-7-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/29/manuales-de-senalizacion-vial/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svrpubindc.imprenta.gov.co/diario/view/diarioficial/consultarDiarios.xhtml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10702-resolucion-1991-del-3-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10317-resolucion-1290-del-5-de-junio-de-2020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15582-resolucion-2384-del-13-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15829-resolucion-3059-del-1-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3610-resolucion-no-108-del-26-de-enero-de-2015" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17044-resolucion-1011-del-4-de-abril-de-2024/file" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17725-resolucion-2929-del-17-de-julio-de-2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/997-resolucion-n-0024-de-2011/file" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9952-resolucion-263-del-31-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13718-resolucion-3292-del-2-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/173-resolucion-no-70" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/3113-resolucion-7169-del-19-de-noviembre-de-2014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10867-resolucion-2483-del-19-de-octubre-de-2020/file" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11379-resolucion-513-del-25-de-febrero-de-2021/file" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021/file" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13431-resolucion-2719-del-26-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14916-resolucion-898-del-14-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15141-resolucion-1315-del-20-de-abril-de-2023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15475-resolucion-2198-del-27-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16784-resolucion-4742-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10123-circular-externa-2-del-13-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-1258-de-2018/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15808-resolucion-2720-del-10-de-agosto-de-2023" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-09324-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros?limit=20&amp;limitstart=240" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12594-resolucion-744-del-3-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16238-resolucion-3990-del-2-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/1088-resolucion-n-2566-2567-del-16-de-junio-de-2010-1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19435-resolucion-833-de-21-de-marzo-de-2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/1019-resolucion-001049-del-11-de-abril-de-2013/file" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9975-resolucion-315-del-6-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9196-resolucion-3273-del-3-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11779-resolucion-1876-del-9-de-julio-de-2021/file" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14817-resolucion-766-del-2-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9443-resolucion-4551-del-27-de-agosto-de-2019" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15301-resolucion-1701-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16619-resolucion-62-del-15-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/477-resolucion-n-03662-del-13-de-agosto-de-2007-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-0359-del-30-de-enero-de-2019" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-03807-del-24-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12998-resolucion-1505-del-4-de-mayo-de-2022/file" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16136-resolucion-3479-del-2-de-octubre-de-2023" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17044-resolucion-1011-del-4-de-abril-de-2024/file" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13030-resolucion-1911-del-3-de-junio-de-2022" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/1823-resolucion-0003767-del-26-de-septiembre-de-2013" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9988-resolucion-405-del-13-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13496-resolucion-2846-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11200-resolucion-3455-del-29-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10704-resolucion-1978-del-2-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14594-resolucion-43-del-10-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15299-anexo-1-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16630-resolucion-94-del-18-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1341294" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6567-resolucion-00130-del-13-de-enero-de-2014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10116-resolucion-916-del-7-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9442-resolucion-4615-del-29-de-agosto-de-2019" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13156-resolucion-2119-del-22-de-junio-de-2022/file" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15970-resolucion-3198-del-13-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12594-resolucion-744-del-3-de-marzo-de-2022" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/20104-resolucion-2361-del-27-de-junio-de-2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3610-resolucion-no-108-del-26-de-enero-de-2015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14610-resolucion-111-de-16-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15300-anexo-2-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias-y-grupos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17376-resolucion-2017-del-5-de-junio-de-2024/file" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11453-resolucion-738-del-19-de-marzo-de-2021/file" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10736-resolucion-2091-del-15-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_1292_2021.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13195-resolucion-2232-del-28-de-junio-de-2022/file" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15831-resolucion-3081-del-4-de-septiembre-de-2023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1514132" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0685_2001.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15373-anexo-1-resolucion-1704-del-24-de-mayo-de-2023-manual-especifico-de-funciones-y-competencias-laborales" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6554/norma/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20376%20DEL%2014%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.677%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9379-resolucion-1147-del-23-de-febrero-de-2016" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14610-resolucion-111-de-16-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201168%20DEL%2025%20DE%20AGOSTO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2294_2023.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20571%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1437_2011.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1562_2012.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0850_2003.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0336_1996.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9857-resolucion-7150-del-30-de-diciembre-de-2019" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10584-circular-externa-4-del-27-de-julio-de-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15394-resolucion-1862-del-5-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1156507" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mintransporte.gov.co/documentos/811/resoluciones-2023/genPagDocs=3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/search?q=DECRETO+770+-+3+DE+JUNIO+2020&amp;rlz=1C1GCEA_enCO994CO994&amp;oq=DECRETO+770+-+3+DE+JUNIO+2020&amp;aqs=chrome..69i57j0i22i30l4.944j0j15&amp;sourceid=chrome&amp;ie=UTF-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20904%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12506-resolucion-376-del-28-de-enero-de-2022" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/5397-resolucion-9337-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15475-resolucion-2198-del-27-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0087_1993.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/119-resolucion-no-5471" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minhacienda.gov.co/webcenter/ShowProperty?nodeId=%2FConexionContent%2FWCC_CLUSTER-214290%2F%2FidcPrimaryFile&amp;revision=latestreleased" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201044%20DEL%2016%20DE%20JULIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20806%20DEL%204%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9442-resolucion-4615-del-29-de-agosto-de-2019" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svrpubindc.imprenta.gov.co/diario/view/diarioficial/consultarDiarios.xhtml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15656-resolucion-2597-del-31-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_2618_2013.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/servicios-al-ciudadano/normatividad/resoluciones-circulares-otros/3937-resolucion-4806-de-julio-15-de-2015" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1383_2010.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14817-resolucion-766-del-2-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6640/norma/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/LEY%202277%20DE%2013%20DE%20DICIEMBRE%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20637%20DEL%206%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/decretos/9-decreto-2171-de-1992" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16619-resolucion-62-del-15-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20539%20DEL%2013%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20551%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-0359-del-30-de-enero-de-2019" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10183-resolucion-1168-del-20-de-mayo-de-2020" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20442%20DEL%2028%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0828_2003.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=1175" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15499-resolucion-2239-del-30-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1333_2009.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/811/resoluciones-2023/genPagDocs=2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=53776" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20990%20DEL%209%20DE%20JULIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/29/manuales-de-senalizacion-vial/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20397%20DEL%2017%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-03807-del-24-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/3113-resolucion-7169-del-19-de-noviembre-de-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15808-resolucion-2720-del-10-de-agosto-de-2023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svrpubindc.imprenta.gov.co/diario/view/diarioficial/consultarDiarios.xhtml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6642/norma/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14337-resolucion-4580-de-30-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20342%20DEL%2005%20DE%20MARZO%20DE%202019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1314_2009.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16784-resolucion-4742-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20558%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1390283" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20500%20DEL%2031%20DE%20MARZO%202020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-abril-2020" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11453-resolucion-738-del-19-de-marzo-de-2021/file" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10123-circular-externa-2-del-13-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15582-resolucion-2384-del-13-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0105_1993.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14592-resolucion-37-del-10-de-enero-de-2023/file" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0819_2003.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13431-resolucion-2719-del-26-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1489002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20878%20DEL%2025%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/1019-resolucion-001049-del-11-de-abril-de-2013/file" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coronaviruscolombia.gov.co/Covid19/docs/decretos/minhacienda/348_DECRETO_813_DEL_4_DE_JUNIO_DE_2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9196-resolucion-3273-del-3-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15829-resolucion-3059-del-1-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1755_2015.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14916-resolucion-898-del-14-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/2230-resolucion-1376-del-26-de-mayo-de-2014?format=html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1310_2009.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/LEY%202276%20DE%2029%20DE%20NOVIEMBRE%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=78153" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=3455" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%200385%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-abril-2020" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16785-resolucion-4740-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15300-anexo-2-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias-y-grupos" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11200-resolucion-3455-del-29-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10116-resolucion-916-del-7-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/decretos/9081-decreto-1011-del-6-de-junio-de-2019" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0816_2003.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0099_1993.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14577-resolucion-5143-de-30-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13317-resolucion-2413-del-13-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_0019_2012.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20847%20DEL%2014%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/997-resolucion-n-0024-de-2011/file" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20811%20DEL%204%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15831-resolucion-3081-del-4-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04050-del-22-de-junio-de-2018" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1228_2008.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1757_2015.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14915-resolucion-877-del-10-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14314-resolucion-4561-29-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=72893" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/estatuto_tributario.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colombiabus.com.co/wp-content/uploads/2021/08/RESOLUCION-MINTRANSPORTE-TARIFAS.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201042%20DEL%2021%20DE%20JUNIO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20222%20de%202021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20520%20DEL%206%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10088-circular-externa-1-del-23-de-marzo-de-2020" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2160_2021.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0797_2003.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15299-anexo-1-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0006_1992.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1067319" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20749%20DEL%2028%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14285-resolucion-4442-de-25-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/270/1999/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20774%20DEL%203%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-0630-del-14-de-noviembre-de-2008" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6567-resolucion-00130-del-13-de-enero-de-2014" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1150_2007.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15970-resolucion-3198-del-13-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1742_2014.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14809-resolucion-826-del-7-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=76745" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201204%20DEL%201%20DE%20SEPTIEMBRE%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12866-resolucion-1524-del-6-de-mayo-de-2022/file" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12667-resolucion-828-del-11-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10119-circular-conjunta-3-del-8-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20519%20DEL%205%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10702-resolucion-1991-del-3-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9988-resolucion-405-del-13-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15301-resolucion-1701-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Leyes/1577376" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ideam.gov.co/documents/51310/526371/Decreto+4741+2005+PREVENCION+Y+MANEJO+DE+REIDUOS+PELIGROSOS+GENERADOS+EN+GESTION+INTEGRAL.pdf/491df435-061e-4d27-b40f-c8b3afe25705" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1955_2019.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icbf.gov.co/cargues/avance/docs/ley_0789_2002.htm" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0640_2001.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14902-resolucion-17-del-6-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/671/2022/genPagDocs=8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20689%20DEL%2022%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20676%20DEL%2019%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20682%20DEL%2021%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14062-resolucion-1019-del-24-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/995-resolucion-007106-del-02-de-diciembre-de-2009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16136-resolucion-3479-del-2-de-octubre-de-2023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1712_2014.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/477-resolucion-n-03662-del-13-de-agosto-de-2007-1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1066_2006.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vlex.com.co/vid/resolucion-numero-40320-2023-929481276" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_1944_2015.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20802%20DEL%204%20DE%20JUNIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acmineria.com.co/normativa/resolucion-mintransporte-20203040001245-de-2020-permiso-especial-transporte-publico/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.845%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20513%20DEL%202%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20655%20DEL%2028%20DE%20ABRIL%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2345_2023.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15141-resolucion-1315-del-20-de-abril-de-2023" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9975-resolucion-315-del-6-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1882_2018.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0769_2002.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1682_2013.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?ruta=Decretos/1266073" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20636%20DEL%206%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20338%20DEL%208%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/decretos/10315-anexo-decreto-642-del-11-de-mayo-de-2020/file" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0489_1998.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2290_2023.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13844-resolucion-3648-del-29-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15342-resolucion-1856-del-2-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04456-del-25-de-septiembre-de-2007" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-09324-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1242_2008.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1194148" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201550%20DEL%2028%20DE%20NOVIEMBRE%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12432-resolucion-228-del-20-de-enero-de-2022/file" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20844%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normograma.info/men/docs/decreto_0347_2000.htm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/671/2022/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20625%20DEL%2026%20DE%20ABRIL%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2342_2023.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9952-resolucion-263-del-31-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1508_2012.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0768_2002.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_0151_1998.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20593%20DEL%2024%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20416%20DEL%2024%20DE%20MARZO%20DE%202022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0418_1997.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15302-resolucion-1704-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1564_2012.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/811/resoluciones-2023/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13718-resolucion-3292-del-2-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20642%20DEL%2011%20DE%20MAYO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/servicios-al-ciudadano/proyectos-invias/615-resolucion-de-la-politica-ambiental-3000-de-junio-5-de-1998/file" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9380-resolucion-1413-del-3-de-marzo-de-2016" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0962_2005.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintrabajo.gov.co/documents/20147/36482/decreto_1443_sgsss.pdf/ac41ab70-e369-9990-c6f4-1774e8d9a5fa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201408%20DEL%2030%20DE%20OCTUBRE%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16626-resolucion-4614-del-15-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normograma.info/men/docs/decreto_2442_2006.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerlatam.com/wp-content/uploads/2020/10/Resolucion-No.-20203040015885-de-15-10-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20679%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_2335_2023.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20572%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/documentos-tecnicos" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0734_2002.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0388_1997.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1563_2012.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13495-resolucion-2844-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20536%20DEL%2011%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9873-circular-externa-001-del-15-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10644-resolucion-1778-del-10-de-agosto-de-2020" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suin-juriscol.gov.co/viewDocument.asp?id=1156747" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0901_2004.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16305-resolucion-4080-del-14-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Olk/Downloads/R.20233040020835-24-05-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20575%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%201462%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6034-resolucion-4592-del-21-de-junio-de-2017" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16238-resolucion-3990-del-2-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normativame.minenergia.gov.co/normatividad/6572/norma/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_0111_1996.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minsalud.gov.co/Normatividad_Nuevo/Resoluci%C3%B3n%20No.%20666%20de%202020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/145-resolucion-no-1101" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14594-resolucion-43-del-10-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%201076%20DEL%2028%20DE%20JULIO%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1474_2011.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/decretos-2020/decretos-marzo-2020" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20568%20DEL%2015%20DE%20ABRIL%20DE%202020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16630-resolucion-94-del-18-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_0856_2003.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=67055" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/ley_1523_2012.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13496-resolucion-2846-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dapre.presidencia.gov.co/normativa/normativa/DECRETO%20129%20DEL%2030%20DE%20ENERO%20DE%202020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E448C466-4D7A-4239-8331-78B0BA8567ED}">
-  <dimension ref="A1:DF510"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB451068-0171-4767-BF6E-2CDCD267EC01}">
+  <dimension ref="A1:F26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="A236" sqref="A236"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A9" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="39.5703125" style="2" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="12.42578125" style="2"/>
+    <col min="1" max="1" width="17.28515625" customWidth="1"/>
+    <col min="3" max="3" width="24" customWidth="1"/>
+    <col min="4" max="4" width="54.28515625" customWidth="1"/>
+    <col min="5" max="5" width="15.85546875" customWidth="1"/>
+    <col min="6" max="6" width="16" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="C4" s="4" t="s">
+    <row r="1" spans="1:6" ht="29.25" customHeight="1">
+      <c r="A1" s="42"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D1" s="31"/>
+      <c r="E1" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F1" s="4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="24" customHeight="1">
+      <c r="A2" s="42"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5">
         <v>1</v>
       </c>
-      <c r="D4" s="4" t="s">
-[...53 lines deleted...]
-      <c r="E6" s="9" t="s">
+    </row>
+    <row r="3" spans="1:6" ht="31.5" customHeight="1">
+      <c r="A3" s="42"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="34"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="24" customHeight="1">
+      <c r="A6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="39"/>
+      <c r="D6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="10" t="s">
-[...13002 lines deleted...]
-      <c r="I510" s="94"/>
+      <c r="E6" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="36"/>
+    </row>
+    <row r="7" spans="1:6" ht="30" customHeight="1">
+      <c r="A7" s="9"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="10"/>
+      <c r="E7" s="37"/>
+      <c r="F7" s="38"/>
+    </row>
+    <row r="8" spans="1:6" ht="30" customHeight="1">
+      <c r="A8" s="9"/>
+      <c r="B8" s="40"/>
+      <c r="C8" s="41"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="37"/>
+      <c r="F8" s="38"/>
+    </row>
+    <row r="9" spans="1:6" ht="30" customHeight="1">
+      <c r="A9" s="9"/>
+      <c r="B9" s="40"/>
+      <c r="C9" s="41"/>
+      <c r="D9" s="10"/>
+      <c r="E9" s="37"/>
+      <c r="F9" s="38"/>
+    </row>
+    <row r="10" spans="1:6" ht="30" customHeight="1">
+      <c r="A10" s="9"/>
+      <c r="B10" s="40"/>
+      <c r="C10" s="41"/>
+      <c r="D10" s="10"/>
+      <c r="E10" s="37"/>
+      <c r="F10" s="38"/>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1">
+      <c r="A11" s="9"/>
+      <c r="B11" s="40"/>
+      <c r="C11" s="41"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="37"/>
+      <c r="F11" s="38"/>
+    </row>
+    <row r="12" spans="1:6" ht="30" customHeight="1">
+      <c r="A12" s="9"/>
+      <c r="B12" s="40"/>
+      <c r="C12" s="41"/>
+      <c r="D12" s="10"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="38"/>
+    </row>
+    <row r="13" spans="1:6" ht="30" customHeight="1">
+      <c r="A13" s="9"/>
+      <c r="B13" s="40"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="10"/>
+      <c r="E13" s="37"/>
+      <c r="F13" s="38"/>
+    </row>
+    <row r="14" spans="1:6" ht="30" customHeight="1">
+      <c r="A14" s="9"/>
+      <c r="B14" s="40"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="10"/>
+      <c r="E14" s="37"/>
+      <c r="F14" s="38"/>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1">
+      <c r="A15" s="9"/>
+      <c r="B15" s="40"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="38"/>
+    </row>
+    <row r="16" spans="1:6" ht="30" customHeight="1">
+      <c r="A16" s="9"/>
+      <c r="B16" s="40"/>
+      <c r="C16" s="41"/>
+      <c r="D16" s="10"/>
+      <c r="E16" s="37"/>
+      <c r="F16" s="38"/>
+    </row>
+    <row r="17" spans="1:6" ht="30" customHeight="1">
+      <c r="A17" s="9"/>
+      <c r="B17" s="40"/>
+      <c r="C17" s="41"/>
+      <c r="D17" s="10"/>
+      <c r="E17" s="37"/>
+      <c r="F17" s="38"/>
+    </row>
+    <row r="18" spans="1:6" ht="30" customHeight="1">
+      <c r="A18" s="9"/>
+      <c r="B18" s="40"/>
+      <c r="C18" s="41"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="37"/>
+      <c r="F18" s="38"/>
+    </row>
+    <row r="19" spans="1:6" ht="30" customHeight="1">
+      <c r="A19" s="9"/>
+      <c r="B19" s="40"/>
+      <c r="C19" s="41"/>
+      <c r="D19" s="10"/>
+      <c r="E19" s="37"/>
+      <c r="F19" s="38"/>
+    </row>
+    <row r="20" spans="1:6" ht="30" customHeight="1">
+      <c r="A20" s="9"/>
+      <c r="B20" s="40"/>
+      <c r="C20" s="41"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="37"/>
+      <c r="F20" s="38"/>
+    </row>
+    <row r="21" spans="1:6" ht="30" customHeight="1">
+      <c r="A21" s="9"/>
+      <c r="B21" s="40"/>
+      <c r="C21" s="41"/>
+      <c r="D21" s="10"/>
+      <c r="E21" s="37"/>
+      <c r="F21" s="38"/>
+    </row>
+    <row r="22" spans="1:6" ht="30" customHeight="1">
+      <c r="A22" s="9"/>
+      <c r="B22" s="40"/>
+      <c r="C22" s="41"/>
+      <c r="D22" s="10"/>
+      <c r="E22" s="37"/>
+      <c r="F22" s="38"/>
+    </row>
+    <row r="23" spans="1:6" ht="30" customHeight="1">
+      <c r="A23" s="9"/>
+      <c r="B23" s="40"/>
+      <c r="C23" s="41"/>
+      <c r="D23" s="10"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="38"/>
+    </row>
+    <row r="24" spans="1:6" ht="30" customHeight="1">
+      <c r="A24" s="9"/>
+      <c r="B24" s="40"/>
+      <c r="C24" s="41"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="37"/>
+      <c r="F24" s="38"/>
+    </row>
+    <row r="25" spans="1:6" ht="30" customHeight="1">
+      <c r="A25" s="9"/>
+      <c r="B25" s="40"/>
+      <c r="C25" s="41"/>
+      <c r="D25" s="10"/>
+      <c r="E25" s="37"/>
+      <c r="F25" s="38"/>
+    </row>
+    <row r="26" spans="1:6" ht="30" customHeight="1">
+      <c r="A26" s="9"/>
+      <c r="B26" s="40"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="10"/>
+      <c r="E26" s="37"/>
+      <c r="F26" s="38"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:G418" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-[...4 lines deleted...]
-    <mergeCell ref="A1:A3"/>
+  <mergeCells count="44">
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="B17:C17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="B19:C19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="B16:C16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="C1:D3"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="A1:B3"/>
   </mergeCells>
-  <hyperlinks>
-[...364 lines deleted...]
-  <legacyDrawing r:id="rId363"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F89D381B-80C9-44A5-AB65-3390D20B1D68}">
-  <dimension ref="A1:A20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F5E93E2A-5868-4AA5-B255-4F65EE424850}">
+  <sheetPr>
+    <tabColor rgb="FFFF0000"/>
+  </sheetPr>
+  <dimension ref="A1:I216"/>
   <sheetViews>
-    <sheetView zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:C3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
+    <col min="2" max="2" width="19.28515625" customWidth="1"/>
+    <col min="3" max="3" width="15" customWidth="1"/>
+    <col min="4" max="4" width="20" customWidth="1"/>
+    <col min="5" max="5" width="35.42578125" customWidth="1"/>
+    <col min="6" max="6" width="40" customWidth="1"/>
+    <col min="7" max="7" width="26.28515625" customWidth="1"/>
+    <col min="8" max="8" width="27.42578125" customWidth="1"/>
+    <col min="9" max="9" width="55.140625" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
-[...97 lines deleted...]
-      </c>
+    <row r="1" spans="1:9" ht="18" customHeight="1">
+      <c r="A1" s="42"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E1" s="43"/>
+      <c r="F1" s="43"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="I1" s="5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="23.25" customHeight="1">
+      <c r="A2" s="42"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="44"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="33"/>
+      <c r="H2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="5">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="26.25" customHeight="1">
+      <c r="A3" s="42"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="34"/>
+      <c r="E3" s="45"/>
+      <c r="F3" s="45"/>
+      <c r="G3" s="35"/>
+      <c r="H3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" thickBot="1"/>
+    <row r="5" spans="1:9" ht="39.75" customHeight="1" thickBot="1">
+      <c r="A5" s="24" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="26" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="I5" s="29" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="115.5">
+      <c r="A6" s="53">
+        <v>1</v>
+      </c>
+      <c r="B6" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" s="55">
+        <v>1735</v>
+      </c>
+      <c r="D6" s="54" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" s="55" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" s="55" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" s="56" t="s">
+        <v>65</v>
+      </c>
+      <c r="I6" s="57" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="82.5">
+      <c r="A7" s="58">
+        <v>2</v>
+      </c>
+      <c r="B7" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" s="55">
+        <v>2618</v>
+      </c>
+      <c r="D7" s="54" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" s="55" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" s="55" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7" s="55" t="s">
+        <v>69</v>
+      </c>
+      <c r="I7" s="57" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="49.5">
+      <c r="A8" s="58">
+        <v>3</v>
+      </c>
+      <c r="B8" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" s="59">
+        <v>1292</v>
+      </c>
+      <c r="D8" s="60" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" s="59" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" s="61" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="66">
+      <c r="A9" s="58">
+        <v>4</v>
+      </c>
+      <c r="B9" s="58" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" s="59">
+        <v>1293</v>
+      </c>
+      <c r="D9" s="60" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" s="59" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I9" s="61" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="82.5">
+      <c r="A10" s="62">
+        <v>5</v>
+      </c>
+      <c r="B10" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" s="59">
+        <v>1</v>
+      </c>
+      <c r="D10" s="60" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" s="59" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="61" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="231">
+      <c r="A11" s="62">
+        <v>6</v>
+      </c>
+      <c r="B11" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" s="59">
+        <v>1</v>
+      </c>
+      <c r="D11" s="60" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" s="59" t="s">
+        <v>86</v>
+      </c>
+      <c r="G11" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H11" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I11" s="61" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="231">
+      <c r="A12" s="58">
+        <v>7</v>
+      </c>
+      <c r="B12" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" s="59">
+        <v>3</v>
+      </c>
+      <c r="D12" s="60" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" s="59" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H12" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I12" s="61" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="66">
+      <c r="A13" s="58">
+        <v>8</v>
+      </c>
+      <c r="B13" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" s="59">
+        <v>4</v>
+      </c>
+      <c r="D13" s="60" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" s="59" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H13" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" s="61" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="165">
+      <c r="A14" s="58">
+        <v>9</v>
+      </c>
+      <c r="B14" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" s="59">
+        <v>5</v>
+      </c>
+      <c r="D14" s="60" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" s="59" t="s">
+        <v>95</v>
+      </c>
+      <c r="G14" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I14" s="61" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="99">
+      <c r="A15" s="58">
+        <v>10</v>
+      </c>
+      <c r="B15" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="59">
+        <v>1</v>
+      </c>
+      <c r="D15" s="60" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G15" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I15" s="61" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="148.5">
+      <c r="A16" s="58">
+        <v>11</v>
+      </c>
+      <c r="B16" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" s="59">
+        <v>1258</v>
+      </c>
+      <c r="D16" s="60" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" s="59" t="s">
+        <v>102</v>
+      </c>
+      <c r="F16" s="59" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" s="59" t="s">
+        <v>102</v>
+      </c>
+      <c r="H16" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" s="61" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="82.5">
+      <c r="A17" s="58">
+        <v>12</v>
+      </c>
+      <c r="B17" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" s="59">
+        <v>70</v>
+      </c>
+      <c r="D17" s="60" t="s">
+        <v>105</v>
+      </c>
+      <c r="E17" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F17" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H17" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I17" s="63" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="90">
+      <c r="A18" s="58">
+        <v>13</v>
+      </c>
+      <c r="B18" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" s="59">
+        <v>3482</v>
+      </c>
+      <c r="D18" s="60" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="59" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H18" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I18" s="63" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="90">
+      <c r="A19" s="58">
+        <v>14</v>
+      </c>
+      <c r="B19" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" s="59">
+        <v>743</v>
+      </c>
+      <c r="D19" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="59" t="s">
+        <v>113</v>
+      </c>
+      <c r="G19" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I19" s="63" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="90">
+      <c r="A20" s="58">
+        <v>15</v>
+      </c>
+      <c r="B20" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" s="59">
+        <v>744</v>
+      </c>
+      <c r="D20" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" s="59" t="s">
+        <v>115</v>
+      </c>
+      <c r="G20" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H20" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I20" s="61" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="90">
+      <c r="A21" s="58">
+        <v>16</v>
+      </c>
+      <c r="B21" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="59">
+        <v>803</v>
+      </c>
+      <c r="D21" s="60" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="59" t="s">
+        <v>118</v>
+      </c>
+      <c r="G21" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H21" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I21" s="63" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="90">
+      <c r="A22" s="58">
+        <v>17</v>
+      </c>
+      <c r="B22" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" s="59">
+        <v>24</v>
+      </c>
+      <c r="D22" s="60" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F22" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="G22" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H22" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I22" s="61" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="90">
+      <c r="A23" s="58">
+        <v>18</v>
+      </c>
+      <c r="B23" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="59">
+        <v>1049</v>
+      </c>
+      <c r="D23" s="60" t="s">
+        <v>123</v>
+      </c>
+      <c r="E23" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F23" s="59" t="s">
+        <v>124</v>
+      </c>
+      <c r="G23" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H23" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I23" s="61" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="99">
+      <c r="A24" s="58">
+        <v>19</v>
+      </c>
+      <c r="B24" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="59">
+        <v>3767</v>
+      </c>
+      <c r="D24" s="60" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="59" t="s">
+        <v>127</v>
+      </c>
+      <c r="G24" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H24" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I24" s="63" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="94.5">
+      <c r="A25" s="58">
+        <v>20</v>
+      </c>
+      <c r="B25" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" s="59">
+        <v>108</v>
+      </c>
+      <c r="D25" s="60" t="s">
+        <v>129</v>
+      </c>
+      <c r="E25" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" s="59" t="s">
+        <v>130</v>
+      </c>
+      <c r="G25" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H25" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I25" s="63" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="231">
+      <c r="A26" s="58">
+        <v>21</v>
+      </c>
+      <c r="B26" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="59">
+        <v>1219</v>
+      </c>
+      <c r="D26" s="60" t="s">
+        <v>132</v>
+      </c>
+      <c r="E26" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F26" s="59" t="s">
+        <v>133</v>
+      </c>
+      <c r="G26" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H26" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I26" s="63" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="99">
+      <c r="A27" s="58">
+        <v>22</v>
+      </c>
+      <c r="B27" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" s="59">
+        <v>1885</v>
+      </c>
+      <c r="D27" s="60" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="59" t="s">
+        <v>136</v>
+      </c>
+      <c r="G27" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H27" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I27" s="61" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="66">
+      <c r="A28" s="58">
+        <v>23</v>
+      </c>
+      <c r="B28" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C28" s="59">
+        <v>4401</v>
+      </c>
+      <c r="D28" s="60" t="s">
+        <v>138</v>
+      </c>
+      <c r="E28" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F28" s="59" t="s">
+        <v>139</v>
+      </c>
+      <c r="G28" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H28" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I28" s="63" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="99">
+      <c r="A29" s="58">
+        <v>24</v>
+      </c>
+      <c r="B29" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" s="59">
+        <v>1935</v>
+      </c>
+      <c r="D29" s="60" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F29" s="59" t="s">
+        <v>142</v>
+      </c>
+      <c r="G29" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H29" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I29" s="63" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="82.5">
+      <c r="A30" s="58">
+        <v>25</v>
+      </c>
+      <c r="B30" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C30" s="64">
+        <v>20203040015885</v>
+      </c>
+      <c r="D30" s="60" t="s">
+        <v>144</v>
+      </c>
+      <c r="E30" s="59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F30" s="59" t="s">
+        <v>145</v>
+      </c>
+      <c r="G30" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H30" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="61" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="90">
+      <c r="A31" s="58">
+        <v>26</v>
+      </c>
+      <c r="B31" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" s="55">
+        <v>3000</v>
+      </c>
+      <c r="D31" s="54" t="s">
+        <v>147</v>
+      </c>
+      <c r="E31" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F31" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="G31" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H31" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I31" s="57" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="115.5">
+      <c r="A32" s="58">
+        <v>27</v>
+      </c>
+      <c r="B32" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C32" s="55">
+        <v>1101</v>
+      </c>
+      <c r="D32" s="54" t="s">
+        <v>150</v>
+      </c>
+      <c r="E32" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F32" s="55" t="s">
+        <v>151</v>
+      </c>
+      <c r="G32" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H32" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I32" s="57" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="132">
+      <c r="A33" s="58">
+        <v>28</v>
+      </c>
+      <c r="B33" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C33" s="55">
+        <v>3662</v>
+      </c>
+      <c r="D33" s="54" t="s">
+        <v>153</v>
+      </c>
+      <c r="E33" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F33" s="55" t="s">
+        <v>154</v>
+      </c>
+      <c r="G33" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H33" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I33" s="57" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="115.5">
+      <c r="A34" s="58">
+        <v>29</v>
+      </c>
+      <c r="B34" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" s="55">
+        <v>4456</v>
+      </c>
+      <c r="D34" s="54" t="s">
+        <v>156</v>
+      </c>
+      <c r="E34" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F34" s="55" t="s">
+        <v>157</v>
+      </c>
+      <c r="G34" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="H34" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I34" s="57" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="99">
+      <c r="A35" s="58">
+        <v>30</v>
+      </c>
+      <c r="B35" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="55">
+        <v>630</v>
+      </c>
+      <c r="D35" s="54" t="s">
+        <v>160</v>
+      </c>
+      <c r="E35" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F35" s="55" t="s">
+        <v>161</v>
+      </c>
+      <c r="G35" s="55" t="s">
+        <v>162</v>
+      </c>
+      <c r="H35" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I35" s="57" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="60">
+      <c r="A36" s="58">
+        <v>31</v>
+      </c>
+      <c r="B36" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C36" s="55">
+        <v>130</v>
+      </c>
+      <c r="D36" s="54" t="s">
+        <v>164</v>
+      </c>
+      <c r="E36" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F36" s="55" t="s">
+        <v>165</v>
+      </c>
+      <c r="G36" s="55" t="s">
+        <v>166</v>
+      </c>
+      <c r="H36" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I36" s="57" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="75">
+      <c r="A37" s="58">
+        <v>32</v>
+      </c>
+      <c r="B37" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="55">
+        <v>221</v>
+      </c>
+      <c r="D37" s="54" t="s">
+        <v>168</v>
+      </c>
+      <c r="E37" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F37" s="55" t="s">
+        <v>169</v>
+      </c>
+      <c r="G37" s="55" t="s">
+        <v>170</v>
+      </c>
+      <c r="H37" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I37" s="57" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="90">
+      <c r="A38" s="58">
+        <v>33</v>
+      </c>
+      <c r="B38" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" s="55">
+        <v>1376</v>
+      </c>
+      <c r="D38" s="54" t="s">
+        <v>172</v>
+      </c>
+      <c r="E38" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F38" s="55" t="s">
+        <v>173</v>
+      </c>
+      <c r="G38" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H38" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I38" s="57" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="90">
+      <c r="A39" s="58">
+        <v>34</v>
+      </c>
+      <c r="B39" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C39" s="55">
+        <v>7169</v>
+      </c>
+      <c r="D39" s="54" t="s">
+        <v>175</v>
+      </c>
+      <c r="E39" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="55" t="s">
+        <v>176</v>
+      </c>
+      <c r="G39" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I39" s="57" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="181.5">
+      <c r="A40" s="58">
+        <v>35</v>
+      </c>
+      <c r="B40" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C40" s="55">
+        <v>2747</v>
+      </c>
+      <c r="D40" s="54" t="s">
+        <v>178</v>
+      </c>
+      <c r="E40" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F40" s="55" t="s">
+        <v>179</v>
+      </c>
+      <c r="G40" s="55" t="s">
+        <v>162</v>
+      </c>
+      <c r="H40" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I40" s="57" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="99">
+      <c r="A41" s="58">
+        <v>36</v>
+      </c>
+      <c r="B41" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C41" s="55">
+        <v>4806</v>
+      </c>
+      <c r="D41" s="54" t="s">
+        <v>181</v>
+      </c>
+      <c r="E41" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F41" s="55" t="s">
+        <v>182</v>
+      </c>
+      <c r="G41" s="55" t="s">
+        <v>162</v>
+      </c>
+      <c r="H41" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I41" s="57" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="214.5">
+      <c r="A42" s="58">
+        <v>37</v>
+      </c>
+      <c r="B42" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C42" s="55">
+        <v>7310</v>
+      </c>
+      <c r="D42" s="54" t="s">
+        <v>184</v>
+      </c>
+      <c r="E42" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F42" s="55" t="s">
+        <v>185</v>
+      </c>
+      <c r="G42" s="55" t="s">
+        <v>162</v>
+      </c>
+      <c r="H42" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I42" s="57" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="132">
+      <c r="A43" s="58">
+        <v>38</v>
+      </c>
+      <c r="B43" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" s="55">
+        <v>1147</v>
+      </c>
+      <c r="D43" s="54" t="s">
+        <v>186</v>
+      </c>
+      <c r="E43" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F43" s="55" t="s">
+        <v>187</v>
+      </c>
+      <c r="G43" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H43" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I43" s="57" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="99">
+      <c r="A44" s="58">
+        <v>39</v>
+      </c>
+      <c r="B44" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C44" s="55">
+        <v>1363</v>
+      </c>
+      <c r="D44" s="54" t="s">
+        <v>189</v>
+      </c>
+      <c r="E44" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F44" s="55" t="s">
+        <v>190</v>
+      </c>
+      <c r="G44" s="55" t="s">
+        <v>191</v>
+      </c>
+      <c r="H44" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I44" s="57" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="99">
+      <c r="A45" s="58">
+        <v>40</v>
+      </c>
+      <c r="B45" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C45" s="55">
+        <v>1364</v>
+      </c>
+      <c r="D45" s="54" t="s">
+        <v>189</v>
+      </c>
+      <c r="E45" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F45" s="55" t="s">
+        <v>193</v>
+      </c>
+      <c r="G45" s="55" t="s">
+        <v>191</v>
+      </c>
+      <c r="H45" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I45" s="57" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="132">
+      <c r="A46" s="58">
+        <v>41</v>
+      </c>
+      <c r="B46" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C46" s="55">
+        <v>1413</v>
+      </c>
+      <c r="D46" s="54" t="s">
+        <v>195</v>
+      </c>
+      <c r="E46" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F46" s="55" t="s">
+        <v>187</v>
+      </c>
+      <c r="G46" s="55" t="s">
+        <v>196</v>
+      </c>
+      <c r="H46" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I46" s="57" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="75">
+      <c r="A47" s="58">
+        <v>42</v>
+      </c>
+      <c r="B47" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C47" s="55">
+        <v>9324</v>
+      </c>
+      <c r="D47" s="54" t="s">
+        <v>198</v>
+      </c>
+      <c r="E47" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F47" s="55" t="s">
+        <v>199</v>
+      </c>
+      <c r="G47" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="H47" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I47" s="57" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="66">
+      <c r="A48" s="58">
+        <v>43</v>
+      </c>
+      <c r="B48" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C48" s="55">
+        <v>9337</v>
+      </c>
+      <c r="D48" s="54" t="s">
+        <v>198</v>
+      </c>
+      <c r="E48" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F48" s="55" t="s">
+        <v>201</v>
+      </c>
+      <c r="G48" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H48" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I48" s="57" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="75">
+      <c r="A49" s="58">
+        <v>44</v>
+      </c>
+      <c r="B49" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C49" s="55">
+        <v>1528</v>
+      </c>
+      <c r="D49" s="54" t="s">
+        <v>203</v>
+      </c>
+      <c r="E49" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F49" s="55" t="s">
+        <v>204</v>
+      </c>
+      <c r="G49" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H49" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I49" s="57" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="115.5">
+      <c r="A50" s="58">
+        <v>45</v>
+      </c>
+      <c r="B50" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C50" s="55">
+        <v>4592</v>
+      </c>
+      <c r="D50" s="54" t="s">
+        <v>206</v>
+      </c>
+      <c r="E50" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F50" s="55" t="s">
+        <v>207</v>
+      </c>
+      <c r="G50" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="H50" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I50" s="57" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="66">
+      <c r="A51" s="58">
+        <v>46</v>
+      </c>
+      <c r="B51" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C51" s="55">
+        <v>4046</v>
+      </c>
+      <c r="D51" s="54" t="s">
+        <v>209</v>
+      </c>
+      <c r="E51" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F51" s="55" t="s">
+        <v>210</v>
+      </c>
+      <c r="G51" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H51" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I51" s="57" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="99">
+      <c r="A52" s="58">
+        <v>47</v>
+      </c>
+      <c r="B52" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C52" s="55">
+        <v>4050</v>
+      </c>
+      <c r="D52" s="54" t="s">
+        <v>209</v>
+      </c>
+      <c r="E52" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F52" s="55" t="s">
+        <v>212</v>
+      </c>
+      <c r="G52" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="H52" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I52" s="57" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="60">
+      <c r="A53" s="58">
+        <v>48</v>
+      </c>
+      <c r="B53" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C53" s="55">
+        <v>8121</v>
+      </c>
+      <c r="D53" s="54" t="s">
+        <v>214</v>
+      </c>
+      <c r="E53" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F53" s="55" t="s">
+        <v>215</v>
+      </c>
+      <c r="G53" s="55" t="s">
+        <v>196</v>
+      </c>
+      <c r="H53" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I53" s="57" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="66">
+      <c r="A54" s="58">
+        <v>49</v>
+      </c>
+      <c r="B54" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C54" s="55">
+        <v>8130</v>
+      </c>
+      <c r="D54" s="54" t="s">
+        <v>214</v>
+      </c>
+      <c r="E54" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F54" s="55" t="s">
+        <v>217</v>
+      </c>
+      <c r="G54" s="55" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I54" s="57" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="115.5">
+      <c r="A55" s="58">
+        <v>50</v>
+      </c>
+      <c r="B55" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C55" s="55">
+        <v>359</v>
+      </c>
+      <c r="D55" s="54" t="s">
+        <v>219</v>
+      </c>
+      <c r="E55" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F55" s="55" t="s">
+        <v>220</v>
+      </c>
+      <c r="G55" s="55" t="s">
+        <v>218</v>
+      </c>
+      <c r="H55" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I55" s="57" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="115.5">
+      <c r="A56" s="58">
+        <v>51</v>
+      </c>
+      <c r="B56" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C56" s="55">
+        <v>2005</v>
+      </c>
+      <c r="D56" s="54" t="s">
+        <v>222</v>
+      </c>
+      <c r="E56" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F56" s="55" t="s">
+        <v>223</v>
+      </c>
+      <c r="G56" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H56" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I56" s="57" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="99">
+      <c r="A57" s="58">
+        <v>52</v>
+      </c>
+      <c r="B57" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C57" s="55">
+        <v>3807</v>
+      </c>
+      <c r="D57" s="54" t="s">
+        <v>225</v>
+      </c>
+      <c r="E57" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F57" s="55" t="s">
+        <v>226</v>
+      </c>
+      <c r="G57" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="H57" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I57" s="57" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="99">
+      <c r="A58" s="58">
+        <v>53</v>
+      </c>
+      <c r="B58" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C58" s="55">
+        <v>7150</v>
+      </c>
+      <c r="D58" s="54" t="s">
+        <v>228</v>
+      </c>
+      <c r="E58" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F58" s="55" t="s">
+        <v>229</v>
+      </c>
+      <c r="G58" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="H58" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I58" s="57" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="82.5">
+      <c r="A59" s="58">
+        <v>54</v>
+      </c>
+      <c r="B59" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C59" s="55">
+        <v>263</v>
+      </c>
+      <c r="D59" s="54" t="s">
+        <v>231</v>
+      </c>
+      <c r="E59" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F59" s="55" t="s">
+        <v>232</v>
+      </c>
+      <c r="G59" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H59" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I59" s="57" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="115.5">
+      <c r="A60" s="58">
+        <v>55</v>
+      </c>
+      <c r="B60" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C60" s="55">
+        <v>315</v>
+      </c>
+      <c r="D60" s="54" t="s">
+        <v>234</v>
+      </c>
+      <c r="E60" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F60" s="55" t="s">
+        <v>235</v>
+      </c>
+      <c r="G60" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H60" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I60" s="57" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="99">
+      <c r="A61" s="58">
+        <v>56</v>
+      </c>
+      <c r="B61" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C61" s="55">
+        <v>405</v>
+      </c>
+      <c r="D61" s="54" t="s">
+        <v>237</v>
+      </c>
+      <c r="E61" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F61" s="55" t="s">
+        <v>238</v>
+      </c>
+      <c r="G61" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H61" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I61" s="57" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="148.5">
+      <c r="A62" s="58">
+        <v>57</v>
+      </c>
+      <c r="B62" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C62" s="55">
+        <v>916</v>
+      </c>
+      <c r="D62" s="54" t="s">
+        <v>240</v>
+      </c>
+      <c r="E62" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F62" s="55" t="s">
+        <v>241</v>
+      </c>
+      <c r="G62" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H62" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I62" s="57" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="82.5">
+      <c r="A63" s="58">
+        <v>58</v>
+      </c>
+      <c r="B63" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C63" s="55">
+        <v>1168</v>
+      </c>
+      <c r="D63" s="54" t="s">
+        <v>243</v>
+      </c>
+      <c r="E63" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F63" s="55" t="s">
+        <v>244</v>
+      </c>
+      <c r="G63" s="55" t="s">
+        <v>245</v>
+      </c>
+      <c r="H63" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I63" s="57" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="132">
+      <c r="A64" s="58">
+        <v>59</v>
+      </c>
+      <c r="B64" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C64" s="55">
+        <v>1290</v>
+      </c>
+      <c r="D64" s="54" t="s">
+        <v>247</v>
+      </c>
+      <c r="E64" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F64" s="55" t="s">
+        <v>248</v>
+      </c>
+      <c r="G64" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H64" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I64" s="57" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="82.5">
+      <c r="A65" s="58">
+        <v>60</v>
+      </c>
+      <c r="B65" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C65" s="55">
+        <v>3273</v>
+      </c>
+      <c r="D65" s="54" t="s">
+        <v>250</v>
+      </c>
+      <c r="E65" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F65" s="55" t="s">
+        <v>251</v>
+      </c>
+      <c r="G65" s="55" t="s">
+        <v>252</v>
+      </c>
+      <c r="H65" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I65" s="57" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="165">
+      <c r="A66" s="58">
+        <v>61</v>
+      </c>
+      <c r="B66" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C66" s="66" t="s">
+        <v>254</v>
+      </c>
+      <c r="D66" s="54" t="s">
+        <v>255</v>
+      </c>
+      <c r="E66" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F66" s="55" t="s">
+        <v>256</v>
+      </c>
+      <c r="G66" s="55" t="s">
+        <v>257</v>
+      </c>
+      <c r="H66" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" s="55" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="99">
+      <c r="A67" s="58">
+        <v>62</v>
+      </c>
+      <c r="B67" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C67" s="55">
+        <v>629</v>
+      </c>
+      <c r="D67" s="54" t="s">
+        <v>259</v>
+      </c>
+      <c r="E67" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F67" s="55" t="s">
+        <v>260</v>
+      </c>
+      <c r="G67" s="55" t="s">
+        <v>162</v>
+      </c>
+      <c r="H67" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I67" s="55" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="115.5">
+      <c r="A68" s="58">
+        <v>63</v>
+      </c>
+      <c r="B68" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C68" s="55">
+        <v>1178</v>
+      </c>
+      <c r="D68" s="54" t="s">
+        <v>262</v>
+      </c>
+      <c r="E68" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F68" s="55" t="s">
+        <v>263</v>
+      </c>
+      <c r="G68" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H68" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I68" s="57" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="115.5">
+      <c r="A69" s="58">
+        <v>64</v>
+      </c>
+      <c r="B69" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C69" s="55">
+        <v>1778</v>
+      </c>
+      <c r="D69" s="54" t="s">
+        <v>265</v>
+      </c>
+      <c r="E69" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F69" s="55" t="s">
+        <v>263</v>
+      </c>
+      <c r="G69" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H69" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I69" s="57" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="82.5">
+      <c r="A70" s="58">
+        <v>65</v>
+      </c>
+      <c r="B70" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C70" s="55">
+        <v>4551</v>
+      </c>
+      <c r="D70" s="54" t="s">
+        <v>267</v>
+      </c>
+      <c r="E70" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F70" s="55" t="s">
+        <v>268</v>
+      </c>
+      <c r="G70" s="55" t="s">
+        <v>269</v>
+      </c>
+      <c r="H70" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I70" s="57" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="82.5">
+      <c r="A71" s="58">
+        <v>66</v>
+      </c>
+      <c r="B71" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C71" s="55">
+        <v>4615</v>
+      </c>
+      <c r="D71" s="54" t="s">
+        <v>271</v>
+      </c>
+      <c r="E71" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F71" s="55" t="s">
+        <v>272</v>
+      </c>
+      <c r="G71" s="55" t="s">
+        <v>269</v>
+      </c>
+      <c r="H71" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I71" s="57" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="82.5">
+      <c r="A72" s="58">
+        <v>67</v>
+      </c>
+      <c r="B72" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C72" s="55">
+        <v>1978</v>
+      </c>
+      <c r="D72" s="54" t="s">
+        <v>274</v>
+      </c>
+      <c r="E72" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F72" s="55" t="s">
+        <v>275</v>
+      </c>
+      <c r="G72" s="55" t="s">
+        <v>257</v>
+      </c>
+      <c r="H72" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I72" s="57" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="132">
+      <c r="A73" s="58">
+        <v>68</v>
+      </c>
+      <c r="B73" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C73" s="55">
+        <v>1991</v>
+      </c>
+      <c r="D73" s="54" t="s">
+        <v>277</v>
+      </c>
+      <c r="E73" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F73" s="55" t="s">
+        <v>278</v>
+      </c>
+      <c r="G73" s="55" t="s">
+        <v>279</v>
+      </c>
+      <c r="H73" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I73" s="57" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="165">
+      <c r="A74" s="58">
+        <v>69</v>
+      </c>
+      <c r="B74" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C74" s="55">
+        <v>2091</v>
+      </c>
+      <c r="D74" s="54" t="s">
+        <v>281</v>
+      </c>
+      <c r="E74" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F74" s="55" t="s">
+        <v>282</v>
+      </c>
+      <c r="G74" s="55" t="s">
+        <v>279</v>
+      </c>
+      <c r="H74" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I74" s="57" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="60">
+      <c r="A75" s="58">
+        <v>70</v>
+      </c>
+      <c r="B75" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C75" s="55">
+        <v>5471</v>
+      </c>
+      <c r="D75" s="54" t="s">
+        <v>284</v>
+      </c>
+      <c r="E75" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F75" s="55" t="s">
+        <v>285</v>
+      </c>
+      <c r="G75" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="H75" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I75" s="57" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="82.5">
+      <c r="A76" s="58">
+        <v>71</v>
+      </c>
+      <c r="B76" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C76" s="55">
+        <v>24583</v>
+      </c>
+      <c r="D76" s="54" t="s">
+        <v>287</v>
+      </c>
+      <c r="E76" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F76" s="55" t="s">
+        <v>288</v>
+      </c>
+      <c r="G76" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H76" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I76" s="57" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="115.5">
+      <c r="A77" s="58">
+        <v>72</v>
+      </c>
+      <c r="B77" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C77" s="55">
+        <v>2654</v>
+      </c>
+      <c r="D77" s="54" t="s">
+        <v>290</v>
+      </c>
+      <c r="E77" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F77" s="55" t="s">
+        <v>291</v>
+      </c>
+      <c r="G77" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H77" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I77" s="57" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="165">
+      <c r="A78" s="58">
+        <v>73</v>
+      </c>
+      <c r="B78" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C78" s="55">
+        <v>2840</v>
+      </c>
+      <c r="D78" s="54" t="s">
+        <v>293</v>
+      </c>
+      <c r="E78" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F78" s="55" t="s">
+        <v>294</v>
+      </c>
+      <c r="G78" s="55" t="s">
+        <v>218</v>
+      </c>
+      <c r="H78" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I78" s="57" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="313.5">
+      <c r="A79" s="58">
+        <v>74</v>
+      </c>
+      <c r="B79" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C79" s="55">
+        <v>3001</v>
+      </c>
+      <c r="D79" s="54" t="s">
+        <v>296</v>
+      </c>
+      <c r="E79" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F79" s="55" t="s">
+        <v>297</v>
+      </c>
+      <c r="G79" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H79" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I79" s="57" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="75">
+      <c r="A80" s="58">
+        <v>75</v>
+      </c>
+      <c r="B80" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C80" s="55">
+        <v>3168</v>
+      </c>
+      <c r="D80" s="54" t="s">
+        <v>299</v>
+      </c>
+      <c r="E80" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F80" s="55" t="s">
+        <v>300</v>
+      </c>
+      <c r="G80" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="H80" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I80" s="57" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="82.5">
+      <c r="A81" s="58">
+        <v>76</v>
+      </c>
+      <c r="B81" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C81" s="55">
+        <v>3455</v>
+      </c>
+      <c r="D81" s="54" t="s">
+        <v>302</v>
+      </c>
+      <c r="E81" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F81" s="55" t="s">
+        <v>303</v>
+      </c>
+      <c r="G81" s="55" t="s">
+        <v>279</v>
+      </c>
+      <c r="H81" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I81" s="57" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="99">
+      <c r="A82" s="58">
+        <v>77</v>
+      </c>
+      <c r="B82" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C82" s="55">
+        <v>513</v>
+      </c>
+      <c r="D82" s="54" t="s">
+        <v>305</v>
+      </c>
+      <c r="E82" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F82" s="55" t="s">
+        <v>306</v>
+      </c>
+      <c r="G82" s="55" t="s">
+        <v>218</v>
+      </c>
+      <c r="H82" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I82" s="57" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="60">
+      <c r="A83" s="58">
+        <v>78</v>
+      </c>
+      <c r="B83" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C83" s="55">
+        <v>738</v>
+      </c>
+      <c r="D83" s="54" t="s">
+        <v>308</v>
+      </c>
+      <c r="E83" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F83" s="55" t="s">
+        <v>309</v>
+      </c>
+      <c r="G83" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H83" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I83" s="57" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="66">
+      <c r="A84" s="58">
+        <v>79</v>
+      </c>
+      <c r="B84" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C84" s="55">
+        <v>1074</v>
+      </c>
+      <c r="D84" s="54" t="s">
+        <v>311</v>
+      </c>
+      <c r="E84" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F84" s="55" t="s">
+        <v>312</v>
+      </c>
+      <c r="G84" s="55" t="s">
+        <v>218</v>
+      </c>
+      <c r="H84" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I84" s="57" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="82.5">
+      <c r="A85" s="58">
+        <v>80</v>
+      </c>
+      <c r="B85" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C85" s="55">
+        <v>1124</v>
+      </c>
+      <c r="D85" s="54" t="s">
+        <v>314</v>
+      </c>
+      <c r="E85" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F85" s="55" t="s">
+        <v>315</v>
+      </c>
+      <c r="G85" s="55" t="s">
+        <v>279</v>
+      </c>
+      <c r="H85" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I85" s="57" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="82.5">
+      <c r="A86" s="58">
+        <v>81</v>
+      </c>
+      <c r="B86" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C86" s="55">
+        <v>1876</v>
+      </c>
+      <c r="D86" s="54" t="s">
+        <v>317</v>
+      </c>
+      <c r="E86" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F86" s="55" t="s">
+        <v>318</v>
+      </c>
+      <c r="G86" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H86" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I86" s="57" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="49.5">
+      <c r="A87" s="58">
+        <v>82</v>
+      </c>
+      <c r="B87" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C87" s="55">
+        <v>3157</v>
+      </c>
+      <c r="D87" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="E87" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F87" s="55" t="s">
+        <v>320</v>
+      </c>
+      <c r="G87" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H87" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I87" s="57" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="99">
+      <c r="A88" s="58">
+        <v>83</v>
+      </c>
+      <c r="B88" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C88" s="55">
+        <v>3309</v>
+      </c>
+      <c r="D88" s="54" t="s">
+        <v>322</v>
+      </c>
+      <c r="E88" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F88" s="55" t="s">
+        <v>323</v>
+      </c>
+      <c r="G88" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H88" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I88" s="57" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="99">
+      <c r="A89" s="58">
+        <v>84</v>
+      </c>
+      <c r="B89" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C89" s="55">
+        <v>3343</v>
+      </c>
+      <c r="D89" s="54" t="s">
+        <v>324</v>
+      </c>
+      <c r="E89" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F89" s="55" t="s">
+        <v>325</v>
+      </c>
+      <c r="G89" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="H89" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I89" s="57" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="66">
+      <c r="A90" s="58">
+        <v>85</v>
+      </c>
+      <c r="B90" s="65" t="s">
+        <v>100</v>
+      </c>
+      <c r="C90" s="55">
+        <v>3427</v>
+      </c>
+      <c r="D90" s="54" t="s">
+        <v>326</v>
+      </c>
+      <c r="E90" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="F90" s="55" t="s">
+        <v>327</v>
+      </c>
+      <c r="G90" s="55" t="s">
+        <v>279</v>
+      </c>
+      <c r="H90" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="I90" s="57" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="66">
+      <c r="A91" s="58">
+        <v>86</v>
+      </c>
+      <c r="B91" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C91" s="59">
+        <v>3428</v>
+      </c>
+      <c r="D91" s="60" t="s">
+        <v>326</v>
+      </c>
+      <c r="E91" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F91" s="59" t="s">
+        <v>328</v>
+      </c>
+      <c r="G91" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H91" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I91" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="82.5">
+      <c r="A92" s="58">
+        <v>87</v>
+      </c>
+      <c r="B92" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C92" s="59">
+        <v>3429</v>
+      </c>
+      <c r="D92" s="60" t="s">
+        <v>326</v>
+      </c>
+      <c r="E92" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F92" s="59" t="s">
+        <v>329</v>
+      </c>
+      <c r="G92" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H92" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I92" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="82.5">
+      <c r="A93" s="58">
+        <v>88</v>
+      </c>
+      <c r="B93" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C93" s="59">
+        <v>3497</v>
+      </c>
+      <c r="D93" s="60" t="s">
+        <v>330</v>
+      </c>
+      <c r="E93" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F93" s="59" t="s">
+        <v>331</v>
+      </c>
+      <c r="G93" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H93" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I93" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="66">
+      <c r="A94" s="58">
+        <v>89</v>
+      </c>
+      <c r="B94" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C94" s="59">
+        <v>3940</v>
+      </c>
+      <c r="D94" s="60" t="s">
+        <v>332</v>
+      </c>
+      <c r="E94" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F94" s="59" t="s">
+        <v>333</v>
+      </c>
+      <c r="G94" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H94" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I94" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="115.5">
+      <c r="A95" s="58">
+        <v>90</v>
+      </c>
+      <c r="B95" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C95" s="59">
+        <v>4172</v>
+      </c>
+      <c r="D95" s="60" t="s">
+        <v>334</v>
+      </c>
+      <c r="E95" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F95" s="59" t="s">
+        <v>335</v>
+      </c>
+      <c r="G95" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H95" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I95" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="99">
+      <c r="A96" s="58">
+        <v>91</v>
+      </c>
+      <c r="B96" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C96" s="59">
+        <v>4188</v>
+      </c>
+      <c r="D96" s="60" t="s">
+        <v>334</v>
+      </c>
+      <c r="E96" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F96" s="59" t="s">
+        <v>336</v>
+      </c>
+      <c r="G96" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H96" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I96" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="49.5">
+      <c r="A97" s="58">
+        <v>92</v>
+      </c>
+      <c r="B97" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C97" s="59">
+        <v>4536</v>
+      </c>
+      <c r="D97" s="60" t="s">
+        <v>337</v>
+      </c>
+      <c r="E97" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F97" s="59" t="s">
+        <v>338</v>
+      </c>
+      <c r="G97" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H97" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I97" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="132">
+      <c r="A98" s="58">
+        <v>93</v>
+      </c>
+      <c r="B98" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C98" s="59">
+        <v>219</v>
+      </c>
+      <c r="D98" s="60" t="s">
+        <v>339</v>
+      </c>
+      <c r="E98" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F98" s="59" t="s">
+        <v>340</v>
+      </c>
+      <c r="G98" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H98" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I98" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="66">
+      <c r="A99" s="58">
+        <v>94</v>
+      </c>
+      <c r="B99" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C99" s="59">
+        <v>319</v>
+      </c>
+      <c r="D99" s="60" t="s">
+        <v>341</v>
+      </c>
+      <c r="E99" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F99" s="59" t="s">
+        <v>342</v>
+      </c>
+      <c r="G99" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H99" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I99" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="99">
+      <c r="A100" s="58">
+        <v>95</v>
+      </c>
+      <c r="B100" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C100" s="59">
+        <v>320</v>
+      </c>
+      <c r="D100" s="60" t="s">
+        <v>341</v>
+      </c>
+      <c r="E100" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F100" s="59" t="s">
+        <v>343</v>
+      </c>
+      <c r="G100" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H100" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I100" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="66">
+      <c r="A101" s="58">
+        <v>96</v>
+      </c>
+      <c r="B101" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C101" s="59">
+        <v>376</v>
+      </c>
+      <c r="D101" s="60" t="s">
+        <v>344</v>
+      </c>
+      <c r="E101" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F101" s="59" t="s">
+        <v>345</v>
+      </c>
+      <c r="G101" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H101" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I101" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="148.5">
+      <c r="A102" s="58">
+        <v>97</v>
+      </c>
+      <c r="B102" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C102" s="59">
+        <v>471</v>
+      </c>
+      <c r="D102" s="60" t="s">
+        <v>346</v>
+      </c>
+      <c r="E102" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F102" s="59" t="s">
+        <v>347</v>
+      </c>
+      <c r="G102" s="59" t="s">
+        <v>35</v>
+      </c>
+      <c r="H102" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I102" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="132">
+      <c r="A103" s="58">
+        <v>98</v>
+      </c>
+      <c r="B103" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C103" s="59">
+        <v>545</v>
+      </c>
+      <c r="D103" s="60" t="s">
+        <v>348</v>
+      </c>
+      <c r="E103" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F103" s="59" t="s">
+        <v>349</v>
+      </c>
+      <c r="G103" s="59" t="s">
+        <v>279</v>
+      </c>
+      <c r="H103" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I103" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="82.5">
+      <c r="A104" s="58">
+        <v>99</v>
+      </c>
+      <c r="B104" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C104" s="59">
+        <v>546</v>
+      </c>
+      <c r="D104" s="60" t="s">
+        <v>348</v>
+      </c>
+      <c r="E104" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F104" s="59" t="s">
+        <v>350</v>
+      </c>
+      <c r="G104" s="59" t="s">
+        <v>351</v>
+      </c>
+      <c r="H104" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I104" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="99">
+      <c r="A105" s="58">
+        <v>100</v>
+      </c>
+      <c r="B105" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C105" s="59">
+        <v>553</v>
+      </c>
+      <c r="D105" s="60" t="s">
+        <v>352</v>
+      </c>
+      <c r="E105" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F105" s="59" t="s">
+        <v>353</v>
+      </c>
+      <c r="G105" s="59" t="s">
+        <v>29</v>
+      </c>
+      <c r="H105" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I105" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="82.5">
+      <c r="A106" s="58">
+        <v>101</v>
+      </c>
+      <c r="B106" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C106" s="59">
+        <v>555</v>
+      </c>
+      <c r="D106" s="60" t="s">
+        <v>352</v>
+      </c>
+      <c r="E106" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F106" s="59" t="s">
+        <v>354</v>
+      </c>
+      <c r="G106" s="59" t="s">
+        <v>355</v>
+      </c>
+      <c r="H106" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I106" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="66">
+      <c r="A107" s="58">
+        <v>102</v>
+      </c>
+      <c r="B107" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C107" s="59">
+        <v>559</v>
+      </c>
+      <c r="D107" s="60" t="s">
+        <v>356</v>
+      </c>
+      <c r="E107" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F107" s="59" t="s">
+        <v>357</v>
+      </c>
+      <c r="G107" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H107" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I107" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="99">
+      <c r="A108" s="58">
+        <v>103</v>
+      </c>
+      <c r="B108" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C108" s="59">
+        <v>718</v>
+      </c>
+      <c r="D108" s="60" t="s">
+        <v>358</v>
+      </c>
+      <c r="E108" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F108" s="59" t="s">
+        <v>359</v>
+      </c>
+      <c r="G108" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H108" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I108" s="61" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="115.5">
+      <c r="A109" s="58">
+        <v>104</v>
+      </c>
+      <c r="B109" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C109" s="59">
+        <v>744</v>
+      </c>
+      <c r="D109" s="60" t="s">
+        <v>361</v>
+      </c>
+      <c r="E109" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F109" s="59" t="s">
+        <v>362</v>
+      </c>
+      <c r="G109" s="59" t="s">
+        <v>355</v>
+      </c>
+      <c r="H109" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I109" s="61" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="148.5">
+      <c r="A110" s="58">
+        <v>105</v>
+      </c>
+      <c r="B110" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C110" s="59">
+        <v>886</v>
+      </c>
+      <c r="D110" s="60" t="s">
+        <v>363</v>
+      </c>
+      <c r="E110" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F110" s="59" t="s">
+        <v>364</v>
+      </c>
+      <c r="G110" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H110" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I110" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="66">
+      <c r="A111" s="58">
+        <v>106</v>
+      </c>
+      <c r="B111" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C111" s="59">
+        <v>1129</v>
+      </c>
+      <c r="D111" s="60" t="s">
+        <v>365</v>
+      </c>
+      <c r="E111" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F111" s="59" t="s">
+        <v>366</v>
+      </c>
+      <c r="G111" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H111" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I111" s="61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="115.5">
+      <c r="A112" s="58">
+        <v>107</v>
+      </c>
+      <c r="B112" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C112" s="59">
+        <v>744</v>
+      </c>
+      <c r="D112" s="60" t="s">
+        <v>361</v>
+      </c>
+      <c r="E112" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F112" s="59" t="s">
+        <v>367</v>
+      </c>
+      <c r="G112" s="59" t="s">
+        <v>355</v>
+      </c>
+      <c r="H112" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I112" s="61" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="66">
+      <c r="A113" s="58">
+        <v>108</v>
+      </c>
+      <c r="B113" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C113" s="59" t="s">
+        <v>369</v>
+      </c>
+      <c r="D113" s="60" t="s">
+        <v>370</v>
+      </c>
+      <c r="E113" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F113" s="59" t="s">
+        <v>371</v>
+      </c>
+      <c r="G113" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H113" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I113" s="61" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" ht="66">
+      <c r="A114" s="58">
+        <v>109</v>
+      </c>
+      <c r="B114" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C114" s="59">
+        <v>1129</v>
+      </c>
+      <c r="D114" s="60" t="s">
+        <v>373</v>
+      </c>
+      <c r="E114" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F114" s="59" t="s">
+        <v>374</v>
+      </c>
+      <c r="G114" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H114" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I114" s="61" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" ht="115.5">
+      <c r="A115" s="58">
+        <v>110</v>
+      </c>
+      <c r="B115" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C115" s="59">
+        <v>1314</v>
+      </c>
+      <c r="D115" s="60" t="s">
+        <v>376</v>
+      </c>
+      <c r="E115" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F115" s="59" t="s">
+        <v>377</v>
+      </c>
+      <c r="G115" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="H115" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I115" s="61" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="82.5">
+      <c r="A116" s="58">
+        <v>111</v>
+      </c>
+      <c r="B116" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C116" s="59">
+        <v>1505</v>
+      </c>
+      <c r="D116" s="60" t="s">
+        <v>378</v>
+      </c>
+      <c r="E116" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F116" s="59" t="s">
+        <v>379</v>
+      </c>
+      <c r="G116" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H116" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I116" s="61" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="99">
+      <c r="A117" s="58">
+        <v>112</v>
+      </c>
+      <c r="B117" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C117" s="59">
+        <v>1524</v>
+      </c>
+      <c r="D117" s="60" t="s">
+        <v>381</v>
+      </c>
+      <c r="E117" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F117" s="59" t="s">
+        <v>382</v>
+      </c>
+      <c r="G117" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H117" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I117" s="61" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" ht="66">
+      <c r="A118" s="58">
+        <v>113</v>
+      </c>
+      <c r="B118" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C118" s="59">
+        <v>2119</v>
+      </c>
+      <c r="D118" s="67" t="s">
+        <v>385</v>
+      </c>
+      <c r="E118" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F118" s="59" t="s">
+        <v>386</v>
+      </c>
+      <c r="G118" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H118" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I118" s="61" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="148.5">
+      <c r="A119" s="58">
+        <v>114</v>
+      </c>
+      <c r="B119" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C119" s="59">
+        <v>2232</v>
+      </c>
+      <c r="D119" s="67" t="s">
+        <v>388</v>
+      </c>
+      <c r="E119" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F119" s="59" t="s">
+        <v>389</v>
+      </c>
+      <c r="G119" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H119" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I119" s="61" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" ht="99">
+      <c r="A120" s="58">
+        <v>115</v>
+      </c>
+      <c r="B120" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C120" s="59" t="s">
+        <v>391</v>
+      </c>
+      <c r="D120" s="67" t="s">
+        <v>392</v>
+      </c>
+      <c r="E120" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F120" s="59" t="s">
+        <v>393</v>
+      </c>
+      <c r="G120" s="59" t="s">
+        <v>252</v>
+      </c>
+      <c r="H120" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I120" s="61" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" ht="132">
+      <c r="A121" s="58">
+        <v>116</v>
+      </c>
+      <c r="B121" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C121" s="59">
+        <v>2335</v>
+      </c>
+      <c r="D121" s="67" t="s">
+        <v>392</v>
+      </c>
+      <c r="E121" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F121" s="59" t="s">
+        <v>395</v>
+      </c>
+      <c r="G121" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H121" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I121" s="61" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="82.5">
+      <c r="A122" s="58">
+        <v>117</v>
+      </c>
+      <c r="B122" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C122" s="59">
+        <v>2413</v>
+      </c>
+      <c r="D122" s="67" t="s">
+        <v>397</v>
+      </c>
+      <c r="E122" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F122" s="59" t="s">
+        <v>398</v>
+      </c>
+      <c r="G122" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H122" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I122" s="61" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="99">
+      <c r="A123" s="58">
+        <v>118</v>
+      </c>
+      <c r="B123" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C123" s="59">
+        <v>2418</v>
+      </c>
+      <c r="D123" s="67" t="s">
+        <v>400</v>
+      </c>
+      <c r="E123" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F123" s="59" t="s">
+        <v>401</v>
+      </c>
+      <c r="G123" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H123" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I123" s="61" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="148.5">
+      <c r="A124" s="58">
+        <v>119</v>
+      </c>
+      <c r="B124" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C124" s="59">
+        <v>2451</v>
+      </c>
+      <c r="D124" s="67" t="s">
+        <v>403</v>
+      </c>
+      <c r="E124" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F124" s="59" t="s">
+        <v>404</v>
+      </c>
+      <c r="G124" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H124" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I124" s="61" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="66">
+      <c r="A125" s="58">
+        <v>120</v>
+      </c>
+      <c r="B125" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C125" s="59">
+        <v>2719</v>
+      </c>
+      <c r="D125" s="67" t="s">
+        <v>406</v>
+      </c>
+      <c r="E125" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F125" s="59" t="s">
+        <v>407</v>
+      </c>
+      <c r="G125" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H125" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I125" s="61" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" ht="165">
+      <c r="A126" s="58">
+        <v>121</v>
+      </c>
+      <c r="B126" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C126" s="59">
+        <v>2845</v>
+      </c>
+      <c r="D126" s="59" t="s">
+        <v>409</v>
+      </c>
+      <c r="E126" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F126" s="59" t="s">
+        <v>410</v>
+      </c>
+      <c r="G126" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H126" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I126" s="61" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="66">
+      <c r="A127" s="58">
+        <v>122</v>
+      </c>
+      <c r="B127" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C127" s="59">
+        <v>2846</v>
+      </c>
+      <c r="D127" s="59" t="s">
+        <v>409</v>
+      </c>
+      <c r="E127" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F127" s="59" t="s">
+        <v>412</v>
+      </c>
+      <c r="G127" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H127" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I127" s="61" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" ht="214.5">
+      <c r="A128" s="58">
+        <v>123</v>
+      </c>
+      <c r="B128" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C128" s="59">
+        <v>2849</v>
+      </c>
+      <c r="D128" s="59" t="s">
+        <v>409</v>
+      </c>
+      <c r="E128" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F128" s="59" t="s">
+        <v>414</v>
+      </c>
+      <c r="G128" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H128" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I128" s="61" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="148.5">
+      <c r="A129" s="58">
+        <v>124</v>
+      </c>
+      <c r="B129" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C129" s="59" t="s">
+        <v>416</v>
+      </c>
+      <c r="D129" s="59" t="s">
+        <v>409</v>
+      </c>
+      <c r="E129" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F129" s="59" t="s">
+        <v>417</v>
+      </c>
+      <c r="G129" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H129" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I129" s="61" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="115.5">
+      <c r="A130" s="58">
+        <v>125</v>
+      </c>
+      <c r="B130" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C130" s="59" t="s">
+        <v>419</v>
+      </c>
+      <c r="D130" s="59" t="s">
+        <v>409</v>
+      </c>
+      <c r="E130" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F130" s="59" t="s">
+        <v>420</v>
+      </c>
+      <c r="G130" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H130" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I130" s="61" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="82.5">
+      <c r="A131" s="58">
+        <v>126</v>
+      </c>
+      <c r="B131" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C131" s="59">
+        <v>3292</v>
+      </c>
+      <c r="D131" s="60" t="s">
+        <v>422</v>
+      </c>
+      <c r="E131" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F131" s="59" t="s">
+        <v>423</v>
+      </c>
+      <c r="G131" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H131" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I131" s="61" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="115.5">
+      <c r="A132" s="58">
+        <v>127</v>
+      </c>
+      <c r="B132" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C132" s="68" t="s">
+        <v>425</v>
+      </c>
+      <c r="D132" s="60" t="s">
+        <v>426</v>
+      </c>
+      <c r="E132" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F132" s="59" t="s">
+        <v>427</v>
+      </c>
+      <c r="G132" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H132" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I132" s="61" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="409.5">
+      <c r="A133" s="58">
+        <v>128</v>
+      </c>
+      <c r="B133" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C133" s="59" t="s">
+        <v>429</v>
+      </c>
+      <c r="D133" s="60" t="s">
+        <v>426</v>
+      </c>
+      <c r="E133" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F133" s="59" t="s">
+        <v>430</v>
+      </c>
+      <c r="G133" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H133" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I133" s="61" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="148.5">
+      <c r="A134" s="58">
+        <v>129</v>
+      </c>
+      <c r="B134" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C134" s="59">
+        <v>4561</v>
+      </c>
+      <c r="D134" s="60" t="s">
+        <v>426</v>
+      </c>
+      <c r="E134" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F134" s="59" t="s">
+        <v>432</v>
+      </c>
+      <c r="G134" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H134" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I134" s="61" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="181.5">
+      <c r="A135" s="58">
+        <v>130</v>
+      </c>
+      <c r="B135" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C135" s="59" t="s">
+        <v>434</v>
+      </c>
+      <c r="D135" s="60" t="s">
+        <v>435</v>
+      </c>
+      <c r="E135" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F135" s="59" t="s">
+        <v>436</v>
+      </c>
+      <c r="G135" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H135" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I135" s="61" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="280.5">
+      <c r="A136" s="58">
+        <v>131</v>
+      </c>
+      <c r="B136" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C136" s="59" t="s">
+        <v>438</v>
+      </c>
+      <c r="D136" s="59" t="s">
+        <v>439</v>
+      </c>
+      <c r="E136" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F136" s="59" t="s">
+        <v>440</v>
+      </c>
+      <c r="G136" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H136" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I136" s="61" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="99">
+      <c r="A137" s="58">
+        <v>132</v>
+      </c>
+      <c r="B137" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C137" s="59">
+        <v>4754</v>
+      </c>
+      <c r="D137" s="59" t="s">
+        <v>442</v>
+      </c>
+      <c r="E137" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F137" s="59" t="s">
+        <v>443</v>
+      </c>
+      <c r="G137" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H137" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I137" s="61" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="75">
+      <c r="A138" s="58">
+        <v>133</v>
+      </c>
+      <c r="B138" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C138" s="59" t="s">
+        <v>445</v>
+      </c>
+      <c r="D138" s="59" t="s">
+        <v>442</v>
+      </c>
+      <c r="E138" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F138" s="59" t="s">
+        <v>446</v>
+      </c>
+      <c r="G138" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H138" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I138" s="61" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="280.5">
+      <c r="A139" s="58">
+        <v>134</v>
+      </c>
+      <c r="B139" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C139" s="59">
+        <v>4648</v>
+      </c>
+      <c r="D139" s="60" t="s">
+        <v>448</v>
+      </c>
+      <c r="E139" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F139" s="59" t="s">
+        <v>449</v>
+      </c>
+      <c r="G139" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H139" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I139" s="61" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="82.5">
+      <c r="A140" s="58">
+        <v>135</v>
+      </c>
+      <c r="B140" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C140" s="59">
+        <v>4754</v>
+      </c>
+      <c r="D140" s="60" t="s">
+        <v>451</v>
+      </c>
+      <c r="E140" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F140" s="59" t="s">
+        <v>452</v>
+      </c>
+      <c r="G140" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H140" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I140" s="61" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="75">
+      <c r="A141" s="58">
+        <v>136</v>
+      </c>
+      <c r="B141" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C141" s="59">
+        <v>4745</v>
+      </c>
+      <c r="D141" s="60" t="s">
+        <v>451</v>
+      </c>
+      <c r="E141" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F141" s="59" t="s">
+        <v>446</v>
+      </c>
+      <c r="G141" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H141" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I141" s="61" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="99">
+      <c r="A142" s="58">
+        <v>137</v>
+      </c>
+      <c r="B142" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C142" s="59">
+        <v>5133</v>
+      </c>
+      <c r="D142" s="60" t="s">
+        <v>453</v>
+      </c>
+      <c r="E142" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F142" s="59" t="s">
+        <v>454</v>
+      </c>
+      <c r="G142" s="59" t="s">
+        <v>455</v>
+      </c>
+      <c r="H142" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I142" s="61" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" ht="99">
+      <c r="A143" s="58">
+        <v>138</v>
+      </c>
+      <c r="B143" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C143" s="59">
+        <v>37</v>
+      </c>
+      <c r="D143" s="60" t="s">
+        <v>457</v>
+      </c>
+      <c r="E143" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F143" s="59" t="s">
+        <v>458</v>
+      </c>
+      <c r="G143" s="59" t="s">
+        <v>455</v>
+      </c>
+      <c r="H143" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I143" s="61" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" ht="181.5">
+      <c r="A144" s="58">
+        <v>139</v>
+      </c>
+      <c r="B144" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C144" s="59">
+        <v>43</v>
+      </c>
+      <c r="D144" s="59" t="s">
+        <v>460</v>
+      </c>
+      <c r="E144" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F144" s="59" t="s">
+        <v>461</v>
+      </c>
+      <c r="G144" s="59" t="s">
+        <v>462</v>
+      </c>
+      <c r="H144" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I144" s="69" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="115.5">
+      <c r="A145" s="58">
+        <v>140</v>
+      </c>
+      <c r="B145" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C145" s="59">
+        <v>111</v>
+      </c>
+      <c r="D145" s="59" t="s">
+        <v>464</v>
+      </c>
+      <c r="E145" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F145" s="59" t="s">
+        <v>465</v>
+      </c>
+      <c r="G145" s="59" t="s">
+        <v>466</v>
+      </c>
+      <c r="H145" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I145" s="69" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="181.5">
+      <c r="A146" s="58">
+        <v>141</v>
+      </c>
+      <c r="B146" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C146" s="59">
+        <v>550</v>
+      </c>
+      <c r="D146" s="59" t="s">
+        <v>468</v>
+      </c>
+      <c r="E146" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F146" s="59" t="s">
+        <v>469</v>
+      </c>
+      <c r="G146" s="59" t="s">
+        <v>466</v>
+      </c>
+      <c r="H146" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I146" s="69" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" ht="165">
+      <c r="A147" s="58">
+        <v>142</v>
+      </c>
+      <c r="B147" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C147" s="59">
+        <v>766</v>
+      </c>
+      <c r="D147" s="60" t="s">
+        <v>471</v>
+      </c>
+      <c r="E147" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F147" s="59" t="s">
+        <v>472</v>
+      </c>
+      <c r="G147" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H147" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I147" s="61" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" ht="82.5">
+      <c r="A148" s="58">
+        <v>143</v>
+      </c>
+      <c r="B148" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C148" s="59">
+        <v>17</v>
+      </c>
+      <c r="D148" s="60" t="s">
+        <v>474</v>
+      </c>
+      <c r="E148" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F148" s="59" t="s">
+        <v>475</v>
+      </c>
+      <c r="G148" s="59" t="s">
+        <v>476</v>
+      </c>
+      <c r="H148" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I148" s="61" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="165">
+      <c r="A149" s="58">
+        <v>144</v>
+      </c>
+      <c r="B149" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C149" s="59">
+        <v>826</v>
+      </c>
+      <c r="D149" s="60" t="s">
+        <v>478</v>
+      </c>
+      <c r="E149" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F149" s="59" t="s">
+        <v>479</v>
+      </c>
+      <c r="G149" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H149" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I149" s="61" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" ht="280.5">
+      <c r="A150" s="58">
+        <v>145</v>
+      </c>
+      <c r="B150" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C150" s="59">
+        <v>877</v>
+      </c>
+      <c r="D150" s="60" t="s">
+        <v>481</v>
+      </c>
+      <c r="E150" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F150" s="59" t="s">
+        <v>482</v>
+      </c>
+      <c r="G150" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H150" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I150" s="61" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="82.5">
+      <c r="A151" s="58">
+        <v>146</v>
+      </c>
+      <c r="B151" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C151" s="59">
+        <v>894</v>
+      </c>
+      <c r="D151" s="60" t="s">
+        <v>484</v>
+      </c>
+      <c r="E151" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F151" s="59" t="s">
+        <v>485</v>
+      </c>
+      <c r="G151" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H151" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I151" s="61" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="99">
+      <c r="A152" s="58">
+        <v>147</v>
+      </c>
+      <c r="B152" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C152" s="59">
+        <v>1107</v>
+      </c>
+      <c r="D152" s="59" t="s">
+        <v>487</v>
+      </c>
+      <c r="E152" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F152" s="59" t="s">
+        <v>488</v>
+      </c>
+      <c r="G152" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H152" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I152" s="61" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="99">
+      <c r="A153" s="58">
+        <v>148</v>
+      </c>
+      <c r="B153" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C153" s="59">
+        <v>1314</v>
+      </c>
+      <c r="D153" s="59" t="s">
+        <v>490</v>
+      </c>
+      <c r="E153" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F153" s="59" t="s">
+        <v>491</v>
+      </c>
+      <c r="G153" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H153" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I153" s="69" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="49.5">
+      <c r="A154" s="58">
+        <v>149</v>
+      </c>
+      <c r="B154" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C154" s="59">
+        <v>1315</v>
+      </c>
+      <c r="D154" s="59" t="s">
+        <v>490</v>
+      </c>
+      <c r="E154" s="59" t="s">
+        <v>493</v>
+      </c>
+      <c r="F154" s="59" t="s">
+        <v>494</v>
+      </c>
+      <c r="G154" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H154" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I154" s="69" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" ht="165">
+      <c r="A155" s="58">
+        <v>150</v>
+      </c>
+      <c r="B155" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C155" s="59">
+        <v>1701</v>
+      </c>
+      <c r="D155" s="59" t="s">
+        <v>496</v>
+      </c>
+      <c r="E155" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F155" s="59" t="s">
+        <v>497</v>
+      </c>
+      <c r="G155" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H155" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I155" s="69" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" ht="49.5">
+      <c r="A156" s="58">
+        <v>151</v>
+      </c>
+      <c r="B156" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C156" s="59">
+        <v>1701</v>
+      </c>
+      <c r="D156" s="59" t="s">
+        <v>496</v>
+      </c>
+      <c r="E156" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F156" s="59" t="s">
+        <v>499</v>
+      </c>
+      <c r="G156" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H156" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I156" s="69" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="54">
+      <c r="A157" s="58">
+        <v>152</v>
+      </c>
+      <c r="B157" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C157" s="59">
+        <v>1701</v>
+      </c>
+      <c r="D157" s="59" t="s">
+        <v>496</v>
+      </c>
+      <c r="E157" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F157" s="59" t="s">
+        <v>501</v>
+      </c>
+      <c r="G157" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H157" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I157" s="69" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="115.5">
+      <c r="A158" s="58">
+        <v>153</v>
+      </c>
+      <c r="B158" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C158" s="59">
+        <v>1704</v>
+      </c>
+      <c r="D158" s="59" t="s">
+        <v>496</v>
+      </c>
+      <c r="E158" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F158" s="59" t="s">
+        <v>503</v>
+      </c>
+      <c r="G158" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H158" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I158" s="69" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" ht="67.5">
+      <c r="A159" s="58">
+        <v>154</v>
+      </c>
+      <c r="B159" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C159" s="59">
+        <v>1704</v>
+      </c>
+      <c r="D159" s="59" t="s">
+        <v>496</v>
+      </c>
+      <c r="E159" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F159" s="59" t="s">
+        <v>505</v>
+      </c>
+      <c r="G159" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H159" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I159" s="69" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" ht="148.5">
+      <c r="A160" s="58">
+        <v>155</v>
+      </c>
+      <c r="B160" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C160" s="59">
+        <v>1856</v>
+      </c>
+      <c r="D160" s="59" t="s">
+        <v>507</v>
+      </c>
+      <c r="E160" s="59" t="s">
+        <v>493</v>
+      </c>
+      <c r="F160" s="59" t="s">
+        <v>508</v>
+      </c>
+      <c r="G160" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H160" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I160" s="69" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" ht="181.5">
+      <c r="A161" s="58">
+        <v>156</v>
+      </c>
+      <c r="B161" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C161" s="59">
+        <v>1862</v>
+      </c>
+      <c r="D161" s="59" t="s">
+        <v>510</v>
+      </c>
+      <c r="E161" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F161" s="59" t="s">
+        <v>511</v>
+      </c>
+      <c r="G161" s="59" t="s">
+        <v>279</v>
+      </c>
+      <c r="H161" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I161" s="69" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" ht="115.5">
+      <c r="A162" s="58">
+        <v>157</v>
+      </c>
+      <c r="B162" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C162" s="59">
+        <v>2198</v>
+      </c>
+      <c r="D162" s="59" t="s">
+        <v>513</v>
+      </c>
+      <c r="E162" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F162" s="59" t="s">
+        <v>514</v>
+      </c>
+      <c r="G162" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I162" s="69" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" ht="99">
+      <c r="A163" s="58">
+        <v>158</v>
+      </c>
+      <c r="B163" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C163" s="59">
+        <v>2239</v>
+      </c>
+      <c r="D163" s="59" t="s">
+        <v>516</v>
+      </c>
+      <c r="E163" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F163" s="59" t="s">
+        <v>517</v>
+      </c>
+      <c r="G163" s="59" t="s">
+        <v>518</v>
+      </c>
+      <c r="H163" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I163" s="69" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" ht="148.5">
+      <c r="A164" s="58">
+        <v>159</v>
+      </c>
+      <c r="B164" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C164" s="59">
+        <v>2295</v>
+      </c>
+      <c r="D164" s="59" t="s">
+        <v>520</v>
+      </c>
+      <c r="E164" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F164" s="59" t="s">
+        <v>521</v>
+      </c>
+      <c r="G164" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H164" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I164" s="69" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="66">
+      <c r="A165" s="58">
+        <v>160</v>
+      </c>
+      <c r="B165" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C165" s="59">
+        <v>2384</v>
+      </c>
+      <c r="D165" s="59" t="s">
+        <v>523</v>
+      </c>
+      <c r="E165" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F165" s="59" t="s">
+        <v>524</v>
+      </c>
+      <c r="G165" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H165" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I165" s="69" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" ht="264">
+      <c r="A166" s="58">
+        <v>161</v>
+      </c>
+      <c r="B166" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C166" s="59">
+        <v>2597</v>
+      </c>
+      <c r="D166" s="59" t="s">
+        <v>526</v>
+      </c>
+      <c r="E166" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F166" s="59" t="s">
+        <v>527</v>
+      </c>
+      <c r="G166" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H166" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I166" s="69" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" ht="115.5">
+      <c r="A167" s="58">
+        <v>162</v>
+      </c>
+      <c r="B167" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C167" s="59">
+        <v>2720</v>
+      </c>
+      <c r="D167" s="59" t="s">
+        <v>529</v>
+      </c>
+      <c r="E167" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F167" s="59" t="s">
+        <v>530</v>
+      </c>
+      <c r="G167" s="59" t="s">
+        <v>462</v>
+      </c>
+      <c r="H167" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I167" s="69" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" ht="198">
+      <c r="A168" s="58">
+        <v>163</v>
+      </c>
+      <c r="B168" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C168" s="59">
+        <v>3059</v>
+      </c>
+      <c r="D168" s="59" t="s">
+        <v>532</v>
+      </c>
+      <c r="E168" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F168" s="59" t="s">
+        <v>533</v>
+      </c>
+      <c r="G168" s="59" t="s">
+        <v>462</v>
+      </c>
+      <c r="H168" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I168" s="69" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" ht="66">
+      <c r="A169" s="58">
+        <v>164</v>
+      </c>
+      <c r="B169" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C169" s="59">
+        <v>3081</v>
+      </c>
+      <c r="D169" s="59" t="s">
+        <v>535</v>
+      </c>
+      <c r="E169" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F169" s="59" t="s">
+        <v>536</v>
+      </c>
+      <c r="G169" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H169" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I169" s="69" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" ht="181.5">
+      <c r="A170" s="58">
+        <v>165</v>
+      </c>
+      <c r="B170" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C170" s="59">
+        <v>3198</v>
+      </c>
+      <c r="D170" s="59" t="s">
+        <v>538</v>
+      </c>
+      <c r="E170" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F170" s="59" t="s">
+        <v>539</v>
+      </c>
+      <c r="G170" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H170" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I170" s="69" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" ht="82.5">
+      <c r="A171" s="58">
+        <v>166</v>
+      </c>
+      <c r="B171" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C171" s="59">
+        <v>3479</v>
+      </c>
+      <c r="D171" s="59" t="s">
+        <v>541</v>
+      </c>
+      <c r="E171" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F171" s="59" t="s">
+        <v>542</v>
+      </c>
+      <c r="G171" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H171" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I171" s="69" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" ht="66">
+      <c r="A172" s="58">
+        <v>167</v>
+      </c>
+      <c r="B172" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C172" s="59">
+        <v>3990</v>
+      </c>
+      <c r="D172" s="59" t="s">
+        <v>544</v>
+      </c>
+      <c r="E172" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F172" s="59" t="s">
+        <v>545</v>
+      </c>
+      <c r="G172" s="59" t="s">
+        <v>466</v>
+      </c>
+      <c r="H172" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I172" s="69" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="82.5">
+      <c r="A173" s="58">
+        <v>168</v>
+      </c>
+      <c r="B173" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C173" s="59">
+        <v>4080</v>
+      </c>
+      <c r="D173" s="59" t="s">
+        <v>547</v>
+      </c>
+      <c r="E173" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F173" s="59" t="s">
+        <v>548</v>
+      </c>
+      <c r="G173" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H173" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I173" s="69" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" ht="99">
+      <c r="A174" s="58">
+        <v>169</v>
+      </c>
+      <c r="B174" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C174" s="59">
+        <v>4614</v>
+      </c>
+      <c r="D174" s="59" t="s">
+        <v>550</v>
+      </c>
+      <c r="E174" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F174" s="59" t="s">
+        <v>551</v>
+      </c>
+      <c r="G174" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H174" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I174" s="69" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" ht="66">
+      <c r="A175" s="58">
+        <v>170</v>
+      </c>
+      <c r="B175" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C175" s="59">
+        <v>4740</v>
+      </c>
+      <c r="D175" s="59" t="s">
+        <v>553</v>
+      </c>
+      <c r="E175" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F175" s="59" t="s">
+        <v>554</v>
+      </c>
+      <c r="G175" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H175" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I175" s="69" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" ht="115.5">
+      <c r="A176" s="58">
+        <v>171</v>
+      </c>
+      <c r="B176" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C176" s="59">
+        <v>4742</v>
+      </c>
+      <c r="D176" s="59" t="s">
+        <v>556</v>
+      </c>
+      <c r="E176" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F176" s="59" t="s">
+        <v>557</v>
+      </c>
+      <c r="G176" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="H176" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I176" s="69" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" ht="115.5">
+      <c r="A177" s="58">
+        <v>172</v>
+      </c>
+      <c r="B177" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C177" s="59">
+        <v>33</v>
+      </c>
+      <c r="D177" s="59" t="s">
+        <v>559</v>
+      </c>
+      <c r="E177" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F177" s="59" t="s">
+        <v>560</v>
+      </c>
+      <c r="G177" s="59" t="s">
+        <v>462</v>
+      </c>
+      <c r="H177" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I177" s="61" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" ht="247.5">
+      <c r="A178" s="58">
+        <v>173</v>
+      </c>
+      <c r="B178" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C178" s="59">
+        <v>62</v>
+      </c>
+      <c r="D178" s="59" t="s">
+        <v>562</v>
+      </c>
+      <c r="E178" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F178" s="59" t="s">
+        <v>563</v>
+      </c>
+      <c r="G178" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H178" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I178" s="69" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" ht="363">
+      <c r="A179" s="58">
+        <v>174</v>
+      </c>
+      <c r="B179" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C179" s="59">
+        <v>94</v>
+      </c>
+      <c r="D179" s="59" t="s">
+        <v>565</v>
+      </c>
+      <c r="E179" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F179" s="59" t="s">
+        <v>566</v>
+      </c>
+      <c r="G179" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H179" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I179" s="69" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" ht="115.5">
+      <c r="A180" s="58">
+        <v>175</v>
+      </c>
+      <c r="B180" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C180" s="70">
+        <v>970</v>
+      </c>
+      <c r="D180" s="70" t="s">
+        <v>568</v>
+      </c>
+      <c r="E180" s="70" t="s">
+        <v>81</v>
+      </c>
+      <c r="F180" s="59" t="s">
+        <v>569</v>
+      </c>
+      <c r="G180" s="70" t="s">
+        <v>570</v>
+      </c>
+      <c r="H180" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I180" s="61" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" ht="115.5">
+      <c r="A181" s="58">
+        <v>176</v>
+      </c>
+      <c r="B181" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C181" s="70">
+        <v>1011</v>
+      </c>
+      <c r="D181" s="70" t="s">
+        <v>572</v>
+      </c>
+      <c r="E181" s="70" t="s">
+        <v>81</v>
+      </c>
+      <c r="F181" s="70" t="s">
+        <v>573</v>
+      </c>
+      <c r="G181" s="70" t="s">
+        <v>570</v>
+      </c>
+      <c r="H181" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I181" s="61" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" ht="66">
+      <c r="A182" s="58">
+        <v>177</v>
+      </c>
+      <c r="B182" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C182" s="70">
+        <v>1789</v>
+      </c>
+      <c r="D182" s="70" t="s">
+        <v>575</v>
+      </c>
+      <c r="E182" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F182" s="70" t="s">
+        <v>576</v>
+      </c>
+      <c r="G182" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H182" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I182" s="61" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" ht="82.5">
+      <c r="A183" s="58">
+        <v>178</v>
+      </c>
+      <c r="B183" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C183" s="70">
+        <v>2017</v>
+      </c>
+      <c r="D183" s="70" t="s">
+        <v>578</v>
+      </c>
+      <c r="E183" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F183" s="70" t="s">
+        <v>244</v>
+      </c>
+      <c r="G183" s="70" t="s">
+        <v>245</v>
+      </c>
+      <c r="H183" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I183" s="61" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" ht="81">
+      <c r="A184" s="58">
+        <v>179</v>
+      </c>
+      <c r="B184" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C184" s="70">
+        <v>108</v>
+      </c>
+      <c r="D184" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="E184" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="F184" s="71" t="s">
+        <v>581</v>
+      </c>
+      <c r="G184" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H184" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I184" s="63" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" ht="81">
+      <c r="A185" s="58">
+        <v>180</v>
+      </c>
+      <c r="B185" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C185" s="70">
+        <v>2566</v>
+      </c>
+      <c r="D185" s="71" t="s">
+        <v>582</v>
+      </c>
+      <c r="E185" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="F185" s="71" t="s">
+        <v>581</v>
+      </c>
+      <c r="G185" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H185" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I185" s="63" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" ht="60">
+      <c r="A186" s="58">
+        <v>181</v>
+      </c>
+      <c r="B186" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C186" s="70">
+        <v>1011</v>
+      </c>
+      <c r="D186" s="71" t="s">
+        <v>572</v>
+      </c>
+      <c r="E186" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="F186" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="G186" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="H186" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I186" s="63" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" ht="90">
+      <c r="A187" s="58">
+        <v>182</v>
+      </c>
+      <c r="B187" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C187" s="70">
+        <v>4100</v>
+      </c>
+      <c r="D187" s="71" t="s">
+        <v>586</v>
+      </c>
+      <c r="E187" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="F187" s="72" t="s">
+        <v>587</v>
+      </c>
+      <c r="G187" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="H187" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I187" s="63" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" ht="105">
+      <c r="A188" s="58">
+        <v>183</v>
+      </c>
+      <c r="B188" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C188" s="70">
+        <v>3973</v>
+      </c>
+      <c r="D188" s="71" t="s">
+        <v>589</v>
+      </c>
+      <c r="E188" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="F188" s="71" t="s">
+        <v>590</v>
+      </c>
+      <c r="G188" s="71" t="s">
+        <v>591</v>
+      </c>
+      <c r="H188" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I188" s="57" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" ht="115.5">
+      <c r="A189" s="58">
+        <v>184</v>
+      </c>
+      <c r="B189" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C189" s="59">
+        <v>744</v>
+      </c>
+      <c r="D189" s="59" t="s">
+        <v>593</v>
+      </c>
+      <c r="E189" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F189" s="59" t="s">
+        <v>362</v>
+      </c>
+      <c r="G189" s="59" t="s">
+        <v>64</v>
+      </c>
+      <c r="H189" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I189" s="73" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" ht="132">
+      <c r="A190" s="58">
+        <v>185</v>
+      </c>
+      <c r="B190" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C190" s="59">
+        <v>350</v>
+      </c>
+      <c r="D190" s="59" t="s">
+        <v>344</v>
+      </c>
+      <c r="E190" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F190" s="59" t="s">
+        <v>595</v>
+      </c>
+      <c r="G190" s="59" t="s">
+        <v>596</v>
+      </c>
+      <c r="H190" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I190" s="74" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" ht="132">
+      <c r="A191" s="58">
+        <v>186</v>
+      </c>
+      <c r="B191" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C191" s="59">
+        <v>28</v>
+      </c>
+      <c r="D191" s="59" t="s">
+        <v>598</v>
+      </c>
+      <c r="E191" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F191" s="59" t="s">
+        <v>595</v>
+      </c>
+      <c r="G191" s="59" t="s">
+        <v>599</v>
+      </c>
+      <c r="H191" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I191" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" ht="148.5">
+      <c r="A192" s="58">
+        <v>187</v>
+      </c>
+      <c r="B192" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C192" s="59">
+        <v>323</v>
+      </c>
+      <c r="D192" s="59" t="s">
+        <v>601</v>
+      </c>
+      <c r="E192" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F192" s="59" t="s">
+        <v>602</v>
+      </c>
+      <c r="G192" s="59" t="s">
+        <v>603</v>
+      </c>
+      <c r="H192" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I192" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" ht="115.5">
+      <c r="A193" s="58">
+        <v>188</v>
+      </c>
+      <c r="B193" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C193" s="59">
+        <v>334</v>
+      </c>
+      <c r="D193" s="59" t="s">
+        <v>604</v>
+      </c>
+      <c r="E193" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F193" s="59" t="s">
+        <v>605</v>
+      </c>
+      <c r="G193" s="59" t="s">
+        <v>599</v>
+      </c>
+      <c r="H193" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I193" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" ht="115.5">
+      <c r="A194" s="58">
+        <v>189</v>
+      </c>
+      <c r="B194" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C194" s="59">
+        <v>414</v>
+      </c>
+      <c r="D194" s="59" t="s">
+        <v>606</v>
+      </c>
+      <c r="E194" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F194" s="59" t="s">
+        <v>607</v>
+      </c>
+      <c r="G194" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H194" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I194" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" ht="115.5">
+      <c r="A195" s="58">
+        <v>190</v>
+      </c>
+      <c r="B195" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C195" s="59">
+        <v>833</v>
+      </c>
+      <c r="D195" s="59" t="s">
+        <v>609</v>
+      </c>
+      <c r="E195" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F195" s="59" t="s">
+        <v>610</v>
+      </c>
+      <c r="G195" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H195" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I195" s="63" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="115.5">
+      <c r="A196" s="58">
+        <v>191</v>
+      </c>
+      <c r="B196" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C196" s="59">
+        <v>1151</v>
+      </c>
+      <c r="D196" s="59" t="s">
+        <v>612</v>
+      </c>
+      <c r="E196" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F196" s="59" t="s">
+        <v>613</v>
+      </c>
+      <c r="G196" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H196" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I196" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="82.5">
+      <c r="A197" s="58">
+        <v>192</v>
+      </c>
+      <c r="B197" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C197" s="59">
+        <v>1911</v>
+      </c>
+      <c r="D197" s="59" t="s">
+        <v>614</v>
+      </c>
+      <c r="E197" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F197" s="59" t="s">
+        <v>615</v>
+      </c>
+      <c r="G197" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H197" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I197" s="63" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" ht="115.5">
+      <c r="A198" s="58">
+        <v>193</v>
+      </c>
+      <c r="B198" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C198" s="59">
+        <v>2361</v>
+      </c>
+      <c r="D198" s="59" t="s">
+        <v>617</v>
+      </c>
+      <c r="E198" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F198" s="59" t="s">
+        <v>618</v>
+      </c>
+      <c r="G198" s="59" t="s">
+        <v>218</v>
+      </c>
+      <c r="H198" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I198" s="63" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" ht="115.5">
+      <c r="A199" s="58">
+        <v>194</v>
+      </c>
+      <c r="B199" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C199" s="59">
+        <v>2922</v>
+      </c>
+      <c r="D199" s="59" t="s">
+        <v>620</v>
+      </c>
+      <c r="E199" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F199" s="59" t="s">
+        <v>621</v>
+      </c>
+      <c r="G199" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H199" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I199" s="63" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" ht="148.5">
+      <c r="A200" s="58">
+        <v>195</v>
+      </c>
+      <c r="B200" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C200" s="59">
+        <v>2929</v>
+      </c>
+      <c r="D200" s="59" t="s">
+        <v>623</v>
+      </c>
+      <c r="E200" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F200" s="59" t="s">
+        <v>624</v>
+      </c>
+      <c r="G200" s="59" t="s">
+        <v>596</v>
+      </c>
+      <c r="H200" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I200" s="63" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" ht="115.5">
+      <c r="A201" s="58">
+        <v>196</v>
+      </c>
+      <c r="B201" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C201" s="59">
+        <v>3202</v>
+      </c>
+      <c r="D201" s="59" t="s">
+        <v>626</v>
+      </c>
+      <c r="E201" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F201" s="59" t="s">
+        <v>215</v>
+      </c>
+      <c r="G201" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H201" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I201" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" ht="115.5">
+      <c r="A202" s="58">
+        <v>197</v>
+      </c>
+      <c r="B202" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C202" s="59">
+        <v>3207</v>
+      </c>
+      <c r="D202" s="59" t="s">
+        <v>626</v>
+      </c>
+      <c r="E202" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F202" s="59" t="s">
+        <v>215</v>
+      </c>
+      <c r="G202" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H202" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I202" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" ht="115.5">
+      <c r="A203" s="58">
+        <v>198</v>
+      </c>
+      <c r="B203" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C203" s="59">
+        <v>3216</v>
+      </c>
+      <c r="D203" s="59" t="s">
+        <v>627</v>
+      </c>
+      <c r="E203" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F203" s="59" t="s">
+        <v>628</v>
+      </c>
+      <c r="G203" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H203" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I203" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" ht="148.5">
+      <c r="A204" s="58">
+        <v>199</v>
+      </c>
+      <c r="B204" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C204" s="59">
+        <v>3535</v>
+      </c>
+      <c r="D204" s="59" t="s">
+        <v>629</v>
+      </c>
+      <c r="E204" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F204" s="59" t="s">
+        <v>630</v>
+      </c>
+      <c r="G204" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H204" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I204" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" ht="99">
+      <c r="A205" s="58">
+        <v>200</v>
+      </c>
+      <c r="B205" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C205" s="59">
+        <v>3684</v>
+      </c>
+      <c r="D205" s="59" t="s">
+        <v>631</v>
+      </c>
+      <c r="E205" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F205" s="59" t="s">
+        <v>632</v>
+      </c>
+      <c r="G205" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H205" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I205" s="63" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" ht="115.5">
+      <c r="A206" s="58">
+        <v>201</v>
+      </c>
+      <c r="B206" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C206" s="59">
+        <v>3939</v>
+      </c>
+      <c r="D206" s="59" t="s">
+        <v>634</v>
+      </c>
+      <c r="E206" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F206" s="59" t="s">
+        <v>635</v>
+      </c>
+      <c r="G206" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H206" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I206" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" ht="99">
+      <c r="A207" s="58">
+        <v>202</v>
+      </c>
+      <c r="B207" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C207" s="59">
+        <v>4187</v>
+      </c>
+      <c r="D207" s="59" t="s">
+        <v>334</v>
+      </c>
+      <c r="E207" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F207" s="59" t="s">
+        <v>636</v>
+      </c>
+      <c r="G207" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H207" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I207" s="75" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" ht="181.5">
+      <c r="A208" s="58">
+        <v>203</v>
+      </c>
+      <c r="B208" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C208" s="59">
+        <v>4493</v>
+      </c>
+      <c r="D208" s="59" t="s">
+        <v>637</v>
+      </c>
+      <c r="E208" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F208" s="59" t="s">
+        <v>638</v>
+      </c>
+      <c r="G208" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H208" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I208" s="62" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" ht="132">
+      <c r="A209" s="58">
+        <v>204</v>
+      </c>
+      <c r="B209" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C209" s="59">
+        <v>4500</v>
+      </c>
+      <c r="D209" s="59" t="s">
+        <v>637</v>
+      </c>
+      <c r="E209" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F209" s="59" t="s">
+        <v>639</v>
+      </c>
+      <c r="G209" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H209" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I209" s="62" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" ht="165">
+      <c r="A210" s="58">
+        <v>205</v>
+      </c>
+      <c r="B210" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C210" s="59">
+        <v>4609</v>
+      </c>
+      <c r="D210" s="59" t="s">
+        <v>640</v>
+      </c>
+      <c r="E210" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F210" s="59" t="s">
+        <v>641</v>
+      </c>
+      <c r="G210" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H210" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I210" s="62" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" ht="214.5">
+      <c r="A211" s="58">
+        <v>206</v>
+      </c>
+      <c r="B211" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C211" s="59">
+        <v>4840</v>
+      </c>
+      <c r="D211" s="59" t="s">
+        <v>642</v>
+      </c>
+      <c r="E211" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F211" s="59" t="s">
+        <v>643</v>
+      </c>
+      <c r="G211" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H211" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I211" s="62" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" ht="115.5">
+      <c r="A212" s="58">
+        <v>207</v>
+      </c>
+      <c r="B212" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C212" s="59">
+        <v>6258</v>
+      </c>
+      <c r="D212" s="59" t="s">
+        <v>644</v>
+      </c>
+      <c r="E212" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F212" s="59" t="s">
+        <v>645</v>
+      </c>
+      <c r="G212" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H212" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I212" s="63" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" ht="115.5">
+      <c r="A213" s="58">
+        <v>208</v>
+      </c>
+      <c r="B213" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C213" s="59">
+        <v>516</v>
+      </c>
+      <c r="D213" s="59" t="s">
+        <v>647</v>
+      </c>
+      <c r="E213" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F213" s="59" t="s">
+        <v>648</v>
+      </c>
+      <c r="G213" s="59" t="s">
+        <v>608</v>
+      </c>
+      <c r="H213" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I213" s="62" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" ht="82.5">
+      <c r="A214" s="58">
+        <v>209</v>
+      </c>
+      <c r="B214" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C214" s="59">
+        <v>4838</v>
+      </c>
+      <c r="D214" s="59" t="s">
+        <v>649</v>
+      </c>
+      <c r="E214" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F214" s="59" t="s">
+        <v>650</v>
+      </c>
+      <c r="G214" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="H214" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="I214" s="62" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9">
+      <c r="A215" s="1"/>
+      <c r="B215" s="1"/>
+      <c r="C215" s="1"/>
+      <c r="D215" s="1"/>
+      <c r="E215" s="1"/>
+      <c r="F215" s="1"/>
+      <c r="G215" s="1"/>
+      <c r="H215" s="1"/>
+      <c r="I215" s="1"/>
+    </row>
+    <row r="216" spans="1:9">
+      <c r="A216" s="1"/>
+      <c r="B216" s="1"/>
+      <c r="C216" s="1"/>
+      <c r="D216" s="1"/>
+      <c r="E216" s="1"/>
+      <c r="F216" s="1"/>
+      <c r="G216" s="1"/>
+      <c r="H216" s="1"/>
+      <c r="I216" s="1"/>
     </row>
   </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="D1:G3"/>
+    <mergeCell ref="A1:C3"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="I6" r:id="rId1" xr:uid="{CCFC1F6D-841D-4F7A-A96C-60A7F0F27C63}"/>
+    <hyperlink ref="I8" r:id="rId2" xr:uid="{B3AFF167-D606-4203-868C-C6249EDA1917}"/>
+    <hyperlink ref="I11" r:id="rId3" xr:uid="{001597A1-0B60-4822-8145-84C5B8C90287}"/>
+    <hyperlink ref="I12" r:id="rId4" xr:uid="{C21EC0FC-7E69-4625-93BC-6E4D1108A35A}"/>
+    <hyperlink ref="I13" r:id="rId5" xr:uid="{04CC5A8B-9B93-4A4C-88DE-5030F35E86FB}"/>
+    <hyperlink ref="I10" r:id="rId6" xr:uid="{8FDDC23F-2903-4AC5-9647-6242FE6EFD26}"/>
+    <hyperlink ref="I14" r:id="rId7" xr:uid="{BEEA72F9-0B6C-46F6-BB50-AA1FB258DFE6}"/>
+    <hyperlink ref="I15" r:id="rId8" xr:uid="{1BAF70B1-2A8B-4EEF-B1AC-598CC4084D6D}"/>
+    <hyperlink ref="I16" r:id="rId9" xr:uid="{78ED7390-FEE2-4E60-8B97-4299FEE2DC91}"/>
+    <hyperlink ref="I17" r:id="rId10" xr:uid="{A4AB8667-13D2-4D79-91CD-B33897CC2592}"/>
+    <hyperlink ref="I18" r:id="rId11" xr:uid="{F90432A9-B2B1-4894-AC21-C9BA55EB2B00}"/>
+    <hyperlink ref="I19" r:id="rId12" xr:uid="{A0DA37C1-364B-4514-A0D5-232A4DB62C47}"/>
+    <hyperlink ref="I20" r:id="rId13" xr:uid="{4B5B0418-B69A-44AF-AD1A-AE2008CC056C}"/>
+    <hyperlink ref="I21" r:id="rId14" xr:uid="{8643C22E-6C7F-4162-9A6C-D8DCBF495A12}"/>
+    <hyperlink ref="I22" r:id="rId15" xr:uid="{8C31B4D8-1EB9-480C-AC48-86B3089B4A57}"/>
+    <hyperlink ref="I23" r:id="rId16" xr:uid="{CC759FAE-6BDC-44D5-8FAE-DA82350BFBC0}"/>
+    <hyperlink ref="I24" r:id="rId17" xr:uid="{6EE78681-5C8B-4A32-93A0-22C62CE6C663}"/>
+    <hyperlink ref="I25" r:id="rId18" xr:uid="{9CD7D669-D225-4D50-907E-1548128CB9AC}"/>
+    <hyperlink ref="I26" r:id="rId19" xr:uid="{EE3A01A9-F953-4AFA-AAA5-1CF41431F353}"/>
+    <hyperlink ref="I27" r:id="rId20" xr:uid="{497BA137-0B35-4675-AE00-C5099C0EE99C}"/>
+    <hyperlink ref="I28" r:id="rId21" xr:uid="{DCC57CBF-2901-498D-B7A9-3E0E0B613C9B}"/>
+    <hyperlink ref="I29" r:id="rId22" xr:uid="{B1251046-E4D1-4FF8-8EA9-BF8BFD2D020E}"/>
+    <hyperlink ref="I30" r:id="rId23" xr:uid="{83F4132C-D329-4264-89B3-7DB22318D08C}"/>
+    <hyperlink ref="I31" r:id="rId24" xr:uid="{DF0A90A2-D909-47FB-B0CF-F3A533C3F897}"/>
+    <hyperlink ref="C69" r:id="rId25" display="Resolución 1778 del 10 de agosto de 2020 " xr:uid="{813F71C2-C734-4F65-A6C2-2EC78B7EA62D}"/>
+    <hyperlink ref="C73" r:id="rId26" display="Resolución 1991 del 3 de septiembre de 2020 " xr:uid="{FC79BBEB-5454-4A63-9796-B0CEFA9A8D0A}"/>
+    <hyperlink ref="C72" r:id="rId27" display="Resolución 1978 del 2 de septiembre de 2020 " xr:uid="{DC4281DD-5702-4CC5-9419-9FF64E40CCAF}"/>
+    <hyperlink ref="C74" r:id="rId28" display="Resolución 2091 del 15 de septiembre de 2020 " xr:uid="{9747188E-E1DD-45E3-9E30-7C66D54660F0}"/>
+    <hyperlink ref="C76" r:id="rId29" display="Resolución 2483 del 19 de octubre de 2020 " xr:uid="{BB57BB3D-F7C0-4E1A-8A7E-76CE9F9534D1}"/>
+    <hyperlink ref="C77" r:id="rId30" display="Resolución 2654 del 4 de noviembre de 2020 " xr:uid="{FAC44B59-ABE5-4220-ADA7-8543DAF2B18D}"/>
+    <hyperlink ref="C78" r:id="rId31" display="Resolución 2840 del 23 de noviembre de 2020 " xr:uid="{D0DEBD09-B383-478D-A15F-8C268B579146}"/>
+    <hyperlink ref="C84" r:id="rId32" display="Resolución 1074 del 22 de abril de 2021 " xr:uid="{E3864D99-A323-4AD2-880A-57687C37E785}"/>
+    <hyperlink ref="C85" r:id="rId33" display="Resolución 1124 del 27 de abril de 2021 " xr:uid="{0F0C197D-7E60-4641-A991-17DA5E3A6BC7}"/>
+    <hyperlink ref="C101" r:id="rId34" display="Resoluciòn No 376 del 28 de enero de 2022 " xr:uid="{64AB4F80-8379-47C6-978C-25DE15FE9324}"/>
+    <hyperlink ref="C111" r:id="rId35" display="Resolución 1129 del 30 de marzo de 2022" xr:uid="{4C67D075-55C4-49A7-A45C-23BE50E2121A}"/>
+    <hyperlink ref="D99" r:id="rId36" xr:uid="{DE3756E5-2046-4E07-86E8-61B91AA989E2}"/>
+    <hyperlink ref="D100" r:id="rId37" xr:uid="{82688CDE-360E-46B8-B9E5-F8F0CBB9FB76}"/>
+    <hyperlink ref="D101" r:id="rId38" xr:uid="{B23F5126-722B-4D4F-A535-3616D127916E}"/>
+    <hyperlink ref="D102" r:id="rId39" xr:uid="{8320BBFA-6E14-4859-9C43-06111837E043}"/>
+    <hyperlink ref="D103" r:id="rId40" xr:uid="{177F4961-A1F3-41A4-A373-A48F0E23EB40}"/>
+    <hyperlink ref="D104" r:id="rId41" xr:uid="{4734005C-0135-4E93-A1D5-B72DD6CF24C5}"/>
+    <hyperlink ref="D105" r:id="rId42" xr:uid="{B3FEA3DD-D48E-4FE7-BBAD-E9C13FB37A27}"/>
+    <hyperlink ref="D106" r:id="rId43" xr:uid="{D6DF5F23-5D6E-467F-8AAA-BE08BB328291}"/>
+    <hyperlink ref="I32" r:id="rId44" xr:uid="{C010973F-24D1-4578-9E62-7F7401397D22}"/>
+    <hyperlink ref="I43" r:id="rId45" xr:uid="{2D451CEE-C6C8-4CD2-8910-DD7E56580109}"/>
+    <hyperlink ref="I46" r:id="rId46" xr:uid="{11F1A9B4-981B-42CC-957A-6B996DBA38F0}"/>
+    <hyperlink ref="I47" r:id="rId47" xr:uid="{EB59825C-3C88-42EF-AFA7-C5F2ABA8EBCF}"/>
+    <hyperlink ref="I33" r:id="rId48" xr:uid="{A7A60501-603E-4D06-91AA-96529FDB8C88}"/>
+    <hyperlink ref="I36" r:id="rId49" xr:uid="{E69E525E-8BA0-4A05-A393-9028F976F547}"/>
+    <hyperlink ref="I37" r:id="rId50" xr:uid="{59FE41C7-DE26-459E-99B7-108E7B7D9703}"/>
+    <hyperlink ref="I38" r:id="rId51" xr:uid="{5A7D63F1-5FAD-44A9-A2DD-4D98E3FEB4FB}"/>
+    <hyperlink ref="I39" r:id="rId52" xr:uid="{04A3B4D8-52ED-4196-9537-83ABB47E66D8}"/>
+    <hyperlink ref="I41" r:id="rId53" xr:uid="{62FC0F9E-5029-4F2F-9B71-A92BEE44192D}"/>
+    <hyperlink ref="I48" r:id="rId54" xr:uid="{791618B5-5F85-40AA-989E-FCF74F5FAC65}"/>
+    <hyperlink ref="I50" r:id="rId55" xr:uid="{E922B7BD-649F-4EB0-A62D-D7EC2E2F681F}"/>
+    <hyperlink ref="I51" r:id="rId56" xr:uid="{1E93DB28-8091-4629-B750-7DF58BF827FE}"/>
+    <hyperlink ref="I59" r:id="rId57" xr:uid="{2B9C7BAF-040B-4082-B773-83605B92ED2E}"/>
+    <hyperlink ref="I60" r:id="rId58" xr:uid="{9BA04E65-1824-40C9-98E3-50A1838DF118}"/>
+    <hyperlink ref="I61" r:id="rId59" xr:uid="{15D3624D-AE97-4A3F-AE56-1E44CEE6E4C2}"/>
+    <hyperlink ref="I62" r:id="rId60" xr:uid="{4C74F595-8C97-413C-8365-A1082E11E009}"/>
+    <hyperlink ref="I63" r:id="rId61" xr:uid="{A92194AE-43F5-45DA-B377-7B4FC89FD870}"/>
+    <hyperlink ref="I66" r:id="rId62" xr:uid="{B87D759B-6CB8-426D-B8FE-E0C2A1EA8966}"/>
+    <hyperlink ref="I68" r:id="rId63" xr:uid="{74299D2A-DCC4-417E-9BDC-958E51AAA6F5}"/>
+    <hyperlink ref="I34" r:id="rId64" xr:uid="{CD4556CC-4721-42FD-B209-371CFA1B91F1}"/>
+    <hyperlink ref="I42" r:id="rId65" xr:uid="{18681333-9DBE-4114-B03A-D41A3C3D25DF}"/>
+    <hyperlink ref="I52" r:id="rId66" xr:uid="{AEC98640-1007-4C36-AEBB-5F448956A0A0}"/>
+    <hyperlink ref="I53" r:id="rId67" xr:uid="{26E9DF04-6D96-4790-A21C-7105977CB1AF}"/>
+    <hyperlink ref="I54" r:id="rId68" xr:uid="{1373B31C-AD60-4370-B163-4D0E8B84C3D1}"/>
+    <hyperlink ref="I55" r:id="rId69" xr:uid="{0F059A48-E2AF-4950-A9CC-2EA8D01CB2A1}"/>
+    <hyperlink ref="I81" r:id="rId70" xr:uid="{795DAC23-F2D9-41DC-8FE1-659A0897E12D}"/>
+    <hyperlink ref="I83" r:id="rId71" xr:uid="{09896348-2BD3-4A85-8E11-517874080EBB}"/>
+    <hyperlink ref="I87" r:id="rId72" xr:uid="{4A5EFA14-CBD1-4419-A2DB-989349F3781E}"/>
+    <hyperlink ref="I88" r:id="rId73" xr:uid="{913E66DD-27A7-4FFA-B78D-BC08A13B197F}"/>
+    <hyperlink ref="I89" r:id="rId74" xr:uid="{A414C7FE-F2F7-4ECC-8986-C056BF06BBCA}"/>
+    <hyperlink ref="I90" r:id="rId75" xr:uid="{B93AB945-E370-4017-9EAB-F82E3A279A51}"/>
+    <hyperlink ref="I91" r:id="rId76" xr:uid="{7EF00584-BC26-45CA-BE03-82AC79400810}"/>
+    <hyperlink ref="I35" r:id="rId77" xr:uid="{0AB08DA8-B0E4-4434-9F9E-CABF98E6530D}"/>
+    <hyperlink ref="I40" r:id="rId78" xr:uid="{F327E225-EED3-470B-89AB-C5A8A7F87B0A}"/>
+    <hyperlink ref="I65" r:id="rId79" xr:uid="{EF0C6B42-5723-47E0-AD40-063FFD014A1B}"/>
+    <hyperlink ref="I57" r:id="rId80" xr:uid="{6FF0F745-EB66-41B2-91DD-571B59FFB51D}"/>
+    <hyperlink ref="I71" r:id="rId81" xr:uid="{C7EB8DAD-062F-43FB-B0E5-4B2F2439D9D3}"/>
+    <hyperlink ref="I58" r:id="rId82" xr:uid="{93AFB7F2-F94C-4470-B7FE-87D958ACDE39}"/>
+    <hyperlink ref="I73" r:id="rId83" xr:uid="{820DBD61-F4F4-4978-919B-4ACE0363633D}"/>
+    <hyperlink ref="I49" r:id="rId84" xr:uid="{6284F376-279A-4F02-94A4-D25CE31F1A09}"/>
+    <hyperlink ref="I44" r:id="rId85" xr:uid="{47565B36-9969-4758-9F7A-BAEC2A0BBFB2}"/>
+    <hyperlink ref="I45" r:id="rId86" xr:uid="{D43BA129-2E99-41C8-8D26-E64E5865D8B3}"/>
+    <hyperlink ref="I56" r:id="rId87" xr:uid="{A899635B-96A6-4AA4-9941-63675C185CC4}"/>
+    <hyperlink ref="I64" r:id="rId88" xr:uid="{C579A51D-E688-409E-B036-409A23302664}"/>
+    <hyperlink ref="I69" r:id="rId89" xr:uid="{A03C7A15-6967-4A09-B494-AC056D985305}"/>
+    <hyperlink ref="I70" r:id="rId90" xr:uid="{89423DDB-0209-46CA-BEC1-F50994819403}"/>
+    <hyperlink ref="I72" r:id="rId91" xr:uid="{BA49AD98-938A-4E90-B37A-93D9870D04D7}"/>
+    <hyperlink ref="I74" r:id="rId92" xr:uid="{BC4C79AA-8CF2-4036-A840-292F251F2C8B}"/>
+    <hyperlink ref="I75" r:id="rId93" xr:uid="{31E34842-6B21-4E4A-9679-2DB73ADE0091}"/>
+    <hyperlink ref="I76" r:id="rId94" xr:uid="{8379EE6F-624B-48C8-B4DA-F382456C91D5}"/>
+    <hyperlink ref="I77" r:id="rId95" xr:uid="{53966E33-41C4-45B0-9265-B6DB5A725D83}"/>
+    <hyperlink ref="I78" r:id="rId96" xr:uid="{6A09CB95-5022-4A22-BF5F-EAE911D24949}"/>
+    <hyperlink ref="I79" r:id="rId97" xr:uid="{4B706B37-6D09-414F-9200-3DEADB228044}"/>
+    <hyperlink ref="I80" r:id="rId98" xr:uid="{50136BA7-BA74-46AD-9553-C50B45B938ED}"/>
+    <hyperlink ref="I82" r:id="rId99" xr:uid="{EF5CF096-C022-4FF1-A45A-C231598F0839}"/>
+    <hyperlink ref="I84" r:id="rId100" xr:uid="{DC1E4621-C58F-4EBA-8332-C8A9A995A561}"/>
+    <hyperlink ref="I85" r:id="rId101" xr:uid="{4CA90A61-A3C9-4BE7-A460-005B20DC6286}"/>
+    <hyperlink ref="I86" r:id="rId102" xr:uid="{6CA4AFC6-43F9-4315-8CE7-9312762B5AC3}"/>
+    <hyperlink ref="I92" r:id="rId103" xr:uid="{110D91D6-9BF8-42C6-B003-7A4A6191DFC4}"/>
+    <hyperlink ref="I99" r:id="rId104" xr:uid="{63FEAA9C-A3FE-44E8-8B5C-855E3F9C567E}"/>
+    <hyperlink ref="I100" r:id="rId105" xr:uid="{EED8C5C1-B9E0-401E-90C8-7DBFADA801F9}"/>
+    <hyperlink ref="I101" r:id="rId106" xr:uid="{3919D1AB-53B5-407D-9D49-636D13671A45}"/>
+    <hyperlink ref="I102" r:id="rId107" xr:uid="{BE216CF2-FEE1-42B6-A556-0D59955FF09A}"/>
+    <hyperlink ref="I103" r:id="rId108" xr:uid="{7AD4851D-F1FB-44DF-8561-3048B669B52C}"/>
+    <hyperlink ref="I104" r:id="rId109" xr:uid="{F05EBA8C-FB62-4027-A83F-5E03AD24FB34}"/>
+    <hyperlink ref="I105" r:id="rId110" xr:uid="{6042F4DD-4545-4092-932C-074DB9FB69F8}"/>
+    <hyperlink ref="I106" r:id="rId111" xr:uid="{B3E48F28-17B1-478D-904C-0070D1F4F6ED}"/>
+    <hyperlink ref="I107" r:id="rId112" xr:uid="{67D0A186-0496-4BA2-8F17-770A4D9E5364}"/>
+    <hyperlink ref="I108" r:id="rId113" xr:uid="{58701BCA-5C6A-4EA3-BAFB-975586955A56}"/>
+    <hyperlink ref="I109" r:id="rId114" xr:uid="{17F7997A-158D-4B7D-8437-E823D40A9107}"/>
+    <hyperlink ref="I110" r:id="rId115" xr:uid="{B3AE22C3-ADC7-405D-B4C5-6017FC58ADDD}"/>
+    <hyperlink ref="I111" r:id="rId116" xr:uid="{4F4DE2F3-5296-4670-A2F3-66240ED4FB96}"/>
+    <hyperlink ref="I113" r:id="rId117" xr:uid="{FD728294-B8FE-4032-8E7B-500020E0B0F6}"/>
+    <hyperlink ref="I114" r:id="rId118" xr:uid="{C02FFAEF-AA6E-4B77-8874-E995C4FB94D0}"/>
+    <hyperlink ref="I115" r:id="rId119" xr:uid="{2792629A-B15D-45CC-9070-0B27A111CE11}"/>
+    <hyperlink ref="I117" r:id="rId120" xr:uid="{F5AEF50A-B871-4BD3-98A1-7F9293806591}"/>
+    <hyperlink ref="I122" r:id="rId121" xr:uid="{7A304F09-813D-49AC-97A1-090CC5AE7D32}"/>
+    <hyperlink ref="I125" r:id="rId122" xr:uid="{44325F23-94F1-45B5-B4B6-BB86121390AA}"/>
+    <hyperlink ref="I126" r:id="rId123" xr:uid="{54AF82FD-82FC-417E-87E8-DC656B31BBE5}"/>
+    <hyperlink ref="I127" r:id="rId124" xr:uid="{D5EF3654-FE85-46D3-82C5-79365E3B494D}"/>
+    <hyperlink ref="I129" r:id="rId125" xr:uid="{31F6D89A-9EE8-4ECD-948E-8E2053D59F9C}"/>
+    <hyperlink ref="I130" r:id="rId126" xr:uid="{04DBCE2C-3354-4428-B130-49DC1CE25A73}"/>
+    <hyperlink ref="I131" r:id="rId127" xr:uid="{17E37DB7-4411-4967-BD07-71EB5661A13D}"/>
+    <hyperlink ref="I132" r:id="rId128" xr:uid="{B556EA46-FC63-4659-91BE-44017A9EC843}"/>
+    <hyperlink ref="I133" r:id="rId129" xr:uid="{14E4F24A-A157-47DB-BB58-445E803FA2EA}"/>
+    <hyperlink ref="I134" r:id="rId130" xr:uid="{69DA5B19-4633-4C81-839C-4CEA3A3A78FF}"/>
+    <hyperlink ref="I135" r:id="rId131" xr:uid="{A5D91E4E-75A3-44B7-A765-C442BE00A59F}"/>
+    <hyperlink ref="I136" r:id="rId132" xr:uid="{0261C758-69B3-40E3-B498-9B58B5968CD7}"/>
+    <hyperlink ref="I137" r:id="rId133" xr:uid="{56157B52-4067-43F6-B23A-5300845B499B}"/>
+    <hyperlink ref="I138" r:id="rId134" xr:uid="{81B4CF62-E6C1-4527-9751-DFD88143FE84}"/>
+    <hyperlink ref="I139" r:id="rId135" xr:uid="{9403964D-1B13-42BC-9205-1A8BE4FC4C09}"/>
+    <hyperlink ref="I140" r:id="rId136" xr:uid="{146D87D6-BC7B-42D0-8F18-162A33FFFB0B}"/>
+    <hyperlink ref="I141" r:id="rId137" xr:uid="{16209979-7579-43CB-956A-FD3939025B21}"/>
+    <hyperlink ref="I142" r:id="rId138" xr:uid="{8E8481ED-1290-41BB-A684-E9AAAB322ECC}"/>
+    <hyperlink ref="I143" r:id="rId139" xr:uid="{DE7E13CF-83E5-44BA-BF3D-809F96FB4CDE}"/>
+    <hyperlink ref="I148" r:id="rId140" xr:uid="{9023EB05-AF06-496D-A79A-B1E945E5CE1F}"/>
+    <hyperlink ref="I149" r:id="rId141" xr:uid="{EF310BC3-F3A2-4217-A6B5-6CD0F4FB8487}"/>
+    <hyperlink ref="I150" r:id="rId142" xr:uid="{432FFE06-A735-4896-BA04-4EE089A0BB9F}"/>
+    <hyperlink ref="I151" r:id="rId143" xr:uid="{826108E6-46BF-424A-BB97-26631E398E3A}"/>
+    <hyperlink ref="I147" r:id="rId144" xr:uid="{C0797C4D-22C2-42B1-8F74-53D1F845D1E7}"/>
+    <hyperlink ref="I144" r:id="rId145" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14594-resolucion-43-del-10-de-enero-de-2023" xr:uid="{DE6B932B-EA69-4919-95F6-D249484613D8}"/>
+    <hyperlink ref="I145" r:id="rId146" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14610-resolucion-111-de-16-de-enero-de-2023" xr:uid="{67DE1884-0E59-4B6B-BE93-387A54AC4882}"/>
+    <hyperlink ref="I146" r:id="rId147" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" xr:uid="{3ECF4E42-7413-42CA-B351-9D830F3E1A03}"/>
+    <hyperlink ref="I93" r:id="rId148" xr:uid="{96759644-CE1B-4E90-B34D-296F36FD0B25}"/>
+    <hyperlink ref="I94" r:id="rId149" xr:uid="{7386EDA2-1ABE-4AD6-95AE-FFF137F6D199}"/>
+    <hyperlink ref="I95" r:id="rId150" xr:uid="{02EDD534-3CEF-4E64-BEA9-B7ED17B87D73}"/>
+    <hyperlink ref="I96" r:id="rId151" xr:uid="{45485A66-FC61-4520-A97E-AD0D8E32C0BD}"/>
+    <hyperlink ref="I97" r:id="rId152" xr:uid="{B698FAA0-1F78-44A0-931D-5DA1154B63D3}"/>
+    <hyperlink ref="I98" r:id="rId153" xr:uid="{3F0620A0-285F-41B8-94AF-7B61F2338663}"/>
+    <hyperlink ref="I112" r:id="rId154" xr:uid="{61D077AE-1C3E-4C3F-ABB4-0A64A83F6D65}"/>
+    <hyperlink ref="I116" r:id="rId155" xr:uid="{723922EA-154F-4821-AEEE-C029EAA3C95B}"/>
+    <hyperlink ref="I118" r:id="rId156" xr:uid="{9247D379-7CEF-43B6-A030-EFF57F3C8F2F}"/>
+    <hyperlink ref="I119" r:id="rId157" xr:uid="{BFDB0888-CACD-4A56-BCB4-5D589508DAAC}"/>
+    <hyperlink ref="I120" r:id="rId158" xr:uid="{C51523D0-7277-48A4-A4DA-4EE95FD0B85D}"/>
+    <hyperlink ref="I121" r:id="rId159" xr:uid="{EDBC6423-5142-4DCA-A850-1C54870578BA}"/>
+    <hyperlink ref="I123" r:id="rId160" xr:uid="{57C5B379-459D-496B-89D9-706445194DA8}"/>
+    <hyperlink ref="I124" r:id="rId161" xr:uid="{76F17580-EF9F-4C34-A993-7AEF91757EA4}"/>
+    <hyperlink ref="I128" r:id="rId162" xr:uid="{0D543850-AC45-4A9A-9B01-12FE511463EE}"/>
+    <hyperlink ref="I152" r:id="rId163" xr:uid="{157B9846-29B9-4C6D-8B09-D45E133F6362}"/>
+    <hyperlink ref="I154" r:id="rId164" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15141-resolucion-1315-del-20-de-abril-de-2023" xr:uid="{4F255E40-71C1-43C1-BCC6-CE6CF4E84FAF}"/>
+    <hyperlink ref="I155" r:id="rId165" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15301-resolucion-1701-del-24-de-mayo-de-2023" xr:uid="{2AD8948E-7156-49D2-9312-2BF21F920C31}"/>
+    <hyperlink ref="I156" r:id="rId166" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15299-anexo-1-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias" xr:uid="{6BFD5CE1-12BE-4D27-BF33-B14F5DA8F007}"/>
+    <hyperlink ref="I157" r:id="rId167" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15300-anexo-2-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias-y-grupos" xr:uid="{04F4513A-6B6E-4530-B8F9-773CEAD75262}"/>
+    <hyperlink ref="I163" r:id="rId168" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15499-resolucion-2239-del-30-de-junio-de-2023" xr:uid="{DDD33B39-6288-4FB0-939C-228A2418C61E}"/>
+    <hyperlink ref="I162" r:id="rId169" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15475-resolucion-2198-del-27-de-junio-de-2023" xr:uid="{F6C096D2-24B8-4112-B456-7AC7E0CEEAAA}"/>
+    <hyperlink ref="I159" r:id="rId170" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15373-anexo-1-resolucion-1704-del-24-de-mayo-de-2023-manual-especifico-de-funciones-y-competencias-laborales" xr:uid="{436A8F3E-0A85-49D4-95F9-59C904CD7032}"/>
+    <hyperlink ref="I158" r:id="rId171" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15302-resolucion-1704-del-24-de-mayo-de-2023" xr:uid="{7F046BFF-C5EB-4B46-8B12-B12540F7C6EE}"/>
+    <hyperlink ref="I160" r:id="rId172" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15342-resolucion-1856-del-2-de-junio-de-2023" xr:uid="{94388722-EFB3-4EFE-B479-C257C06C769A}"/>
+    <hyperlink ref="I161" r:id="rId173" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15394-resolucion-1862-del-5-de-junio-de-2023" xr:uid="{64D7C826-6140-4B33-95F0-F61D7B8CF666}"/>
+    <hyperlink ref="I165" r:id="rId174" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15582-resolucion-2384-del-13-de-julio-de-2023" xr:uid="{3E85A610-FCEC-4076-A1F6-1FA9D5B11E8D}"/>
+    <hyperlink ref="I172" r:id="rId175" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16238-resolucion-3990-del-2-de-noviembre-de-2023" xr:uid="{52E5249E-B6EC-4C4F-BD56-3B5806C7F512}"/>
+    <hyperlink ref="I171" r:id="rId176" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16136-resolucion-3479-del-2-de-octubre-de-2023" xr:uid="{CED0A49C-88FA-4D2C-9FE1-83C7B5703C15}"/>
+    <hyperlink ref="I170" r:id="rId177" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15970-resolucion-3198-del-13-de-septiembre-de-2023" xr:uid="{C7C886BB-D6DA-4331-913C-D68E05859FA7}"/>
+    <hyperlink ref="I169" r:id="rId178" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15831-resolucion-3081-del-4-de-septiembre-de-2023" xr:uid="{283C177A-145A-45E0-8328-2F9ABE79945E}"/>
+    <hyperlink ref="I168" r:id="rId179" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15829-resolucion-3059-del-1-de-septiembre-de-2023" xr:uid="{AE735116-4758-4A1D-AC65-008CA47AE62F}"/>
+    <hyperlink ref="I167" r:id="rId180" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15808-resolucion-2720-del-10-de-agosto-de-2023" xr:uid="{79AB6A9D-59B7-4353-A9AC-8EED0FB85DE1}"/>
+    <hyperlink ref="I166" r:id="rId181" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15656-resolucion-2597-del-31-de-julio-de-2023" xr:uid="{23C83DB0-7022-41CA-8E2C-EE9C19843C2E}"/>
+    <hyperlink ref="I173" r:id="rId182" xr:uid="{D5C2DCF5-EC46-464E-ABCA-47ECE1B5B75E}"/>
+    <hyperlink ref="I174" r:id="rId183" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16626-resolucion-4614-del-15-de-diciembre-de-2023" xr:uid="{B2FF1702-FDA9-44B5-B0F6-62514A6D401C}"/>
+    <hyperlink ref="I175" r:id="rId184" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16785-resolucion-4740-del-21-de-diciembre-de-2023" xr:uid="{2FDC5892-1E5D-4045-9DEF-59A6121F79B2}"/>
+    <hyperlink ref="I176" r:id="rId185" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16784-resolucion-4742-del-21-de-diciembre-de-2023" xr:uid="{BCE6560B-2D6B-4CB1-AF18-9E8CBB4C5188}"/>
+    <hyperlink ref="I178" r:id="rId186" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16619-resolucion-62-del-15-de-enero-de-2024" xr:uid="{2429B956-DEBB-4AFF-9051-63D0C32F90D0}"/>
+    <hyperlink ref="I179" r:id="rId187" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16630-resolucion-94-del-18-de-enero-de-2024" xr:uid="{16B43C99-FC4C-4010-A93F-2E85418605DF}"/>
+    <hyperlink ref="I183" r:id="rId188" xr:uid="{F3CED2A3-93FA-4037-A431-E3DE33F3604D}"/>
+    <hyperlink ref="I180" r:id="rId189" xr:uid="{776D1A48-799D-47DF-ACE6-9ED8BE505B6F}"/>
+    <hyperlink ref="I181" r:id="rId190" xr:uid="{4DCA7319-DDDA-41DA-ABB7-20398B2D53CE}"/>
+    <hyperlink ref="I182" r:id="rId191" xr:uid="{D81AB66D-D2E5-4158-B14A-0435B430E13B}"/>
+    <hyperlink ref="I177" r:id="rId192" xr:uid="{1BB00CF4-0F57-4E91-BCFA-0E0A95562B8C}"/>
+    <hyperlink ref="I188" r:id="rId193" xr:uid="{FE68897D-AC90-4428-867E-754ECE4818F0}"/>
+    <hyperlink ref="I187" r:id="rId194" xr:uid="{A3F12B3C-B85C-4C96-AC0A-2DD1DEDCA1FB}"/>
+    <hyperlink ref="I184" r:id="rId195" xr:uid="{F47C0D8D-BB70-4D7C-9DF3-4F65F3127723}"/>
+    <hyperlink ref="I185" r:id="rId196" xr:uid="{0B245732-E909-4014-BB93-479A2F80752A}"/>
+    <hyperlink ref="I186" r:id="rId197" xr:uid="{0FE4928E-548C-439B-BD7C-EA67C61E9313}"/>
+    <hyperlink ref="I189" r:id="rId198" xr:uid="{5B996936-47A8-4FAC-8FCF-6367E14F24C5}"/>
+    <hyperlink ref="I190" r:id="rId199" xr:uid="{2BDF9CCB-B735-4624-9D22-FAD3CCF1C9EF}"/>
+    <hyperlink ref="I195" r:id="rId200" xr:uid="{4978BC62-E558-4501-B983-AD7D958AED14}"/>
+    <hyperlink ref="I197" r:id="rId201" xr:uid="{8ECCF345-C2BB-4E64-9091-191C581F8C37}"/>
+    <hyperlink ref="I198" r:id="rId202" xr:uid="{D2EA6B82-CED7-45A1-8AC9-27D0ED2B5480}"/>
+    <hyperlink ref="I199" r:id="rId203" xr:uid="{426F63F6-9020-45F5-9AA9-1821D42675A3}"/>
+    <hyperlink ref="I200" r:id="rId204" xr:uid="{F584592E-654A-4E23-BA9D-0430F5A28541}"/>
+    <hyperlink ref="I205" r:id="rId205" xr:uid="{D4B98AAD-5BA9-40B1-8FA2-AB239BC53FFE}"/>
+    <hyperlink ref="I212" r:id="rId206" xr:uid="{C37F0394-C4C3-4962-9CA3-F361B709DD55}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="42" orientation="portrait" r:id="rId207"/>
+  <drawing r:id="rId208"/>
+  <legacyDrawing r:id="rId209"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{288F40B8-9758-45FB-A14E-B3993ED64446}">
-  <dimension ref="A1:M447"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F467126-1DA6-4DD4-B3CE-DC6A875CF3D5}">
+  <dimension ref="A1:M1024"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="E1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="I3" sqref="A1:Q1048576"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="K5" sqref="K5:K6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="50.85546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="12.42578125" style="2"/>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
+    <col min="2" max="3" width="17.5703125" customWidth="1"/>
+    <col min="4" max="6" width="24.42578125" customWidth="1"/>
+    <col min="7" max="7" width="41.42578125" customWidth="1"/>
+    <col min="8" max="8" width="47.5703125" customWidth="1"/>
+    <col min="9" max="9" width="22" customWidth="1"/>
+    <col min="10" max="10" width="48.28515625" customWidth="1"/>
+    <col min="11" max="11" width="34.42578125" customWidth="1"/>
+    <col min="13" max="13" width="74.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
-[...53 lines deleted...]
-      <c r="A4" s="3" t="s">
+    <row r="1" spans="1:13" ht="18" customHeight="1">
+      <c r="A1" s="42"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E1" s="50"/>
+      <c r="F1" s="50"/>
+      <c r="G1" s="50"/>
+      <c r="H1" s="50"/>
+      <c r="I1" s="50"/>
+      <c r="J1" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="23.25" customHeight="1">
+      <c r="A2" s="42"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="50"/>
+      <c r="E2" s="50"/>
+      <c r="F2" s="50"/>
+      <c r="G2" s="50"/>
+      <c r="H2" s="50"/>
+      <c r="I2" s="50"/>
+      <c r="J2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K2" s="5">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" ht="26.25" customHeight="1">
+      <c r="A3" s="42"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="50"/>
+      <c r="E3" s="50"/>
+      <c r="F3" s="50"/>
+      <c r="G3" s="50"/>
+      <c r="H3" s="50"/>
+      <c r="I3" s="50"/>
+      <c r="J3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="15.75" thickBot="1"/>
+    <row r="5" spans="1:13">
+      <c r="A5" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="4" t="s">
+      <c r="B5" s="51" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="4" t="s">
+      <c r="C5" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="48" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="48" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" s="46" t="s">
+        <v>5</v>
+      </c>
+      <c r="I5" s="46" t="s">
+        <v>6</v>
+      </c>
+      <c r="J5" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="K5" s="46" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="36.75" customHeight="1" thickBot="1">
+      <c r="A6" s="52"/>
+      <c r="B6" s="52"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="49"/>
+      <c r="E6" s="49"/>
+      <c r="F6" s="49"/>
+      <c r="G6" s="47"/>
+      <c r="H6" s="47"/>
+      <c r="I6" s="47"/>
+      <c r="J6" s="47"/>
+      <c r="K6" s="47"/>
+      <c r="M6" s="22" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13">
+      <c r="A7" s="2"/>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="M7" s="22" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="M8" s="22" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13">
+      <c r="A9" s="1"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="M9" s="22" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13">
+      <c r="A10" s="1"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="M10" s="22" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="M11" s="22" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13">
+      <c r="A12" s="1"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="M12" s="22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13">
+      <c r="A13" s="1"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="M13" s="22" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
+      <c r="A14" s="1"/>
+      <c r="B14" s="1"/>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+    </row>
+    <row r="15" spans="1:13" ht="60">
+      <c r="A15" s="1"/>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="M15" s="22" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13">
+      <c r="A16" s="1"/>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1"/>
+      <c r="H18" s="1"/>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1"/>
+      <c r="C24" s="1"/>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="H24" s="1"/>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+      <c r="K24" s="1"/>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="1"/>
+      <c r="B25" s="1"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="1"/>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="1"/>
+      <c r="B26" s="1"/>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1"/>
+      <c r="H26" s="1"/>
+      <c r="I26" s="1"/>
+      <c r="J26" s="1"/>
+      <c r="K26" s="1"/>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="1"/>
+      <c r="B27" s="1"/>
+      <c r="C27" s="1"/>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1"/>
+      <c r="J27" s="1"/>
+      <c r="K27" s="1"/>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="1"/>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="J29" s="1"/>
+      <c r="K29" s="1"/>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="1"/>
+      <c r="B30" s="1"/>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1"/>
+      <c r="H30" s="1"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="1"/>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="1"/>
+      <c r="B32" s="1"/>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="1"/>
+      <c r="B33" s="1"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+      <c r="G33" s="1"/>
+      <c r="H33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1"/>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" s="1"/>
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" s="1"/>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" s="1"/>
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
+      <c r="H37" s="1"/>
+      <c r="I37" s="1"/>
+      <c r="J37" s="1"/>
+      <c r="K37" s="1"/>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="1"/>
+      <c r="B38" s="1"/>
+      <c r="C38" s="1"/>
+      <c r="D38" s="1"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1"/>
+      <c r="H38" s="1"/>
+      <c r="I38" s="1"/>
+      <c r="J38" s="1"/>
+      <c r="K38" s="1"/>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" s="1"/>
+      <c r="B39" s="1"/>
+      <c r="C39" s="1"/>
+      <c r="D39" s="1"/>
+      <c r="E39" s="1"/>
+      <c r="F39" s="1"/>
+      <c r="G39" s="1"/>
+      <c r="H39" s="1"/>
+      <c r="I39" s="1"/>
+      <c r="J39" s="1"/>
+      <c r="K39" s="1"/>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" s="1"/>
+      <c r="B40" s="1"/>
+      <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1"/>
+      <c r="H40" s="1"/>
+      <c r="I40" s="1"/>
+      <c r="J40" s="1"/>
+      <c r="K40" s="1"/>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" s="1"/>
+      <c r="B41" s="1"/>
+      <c r="C41" s="1"/>
+      <c r="D41" s="1"/>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
+      <c r="G41" s="1"/>
+      <c r="H41" s="1"/>
+      <c r="I41" s="1"/>
+      <c r="J41" s="1"/>
+      <c r="K41" s="1"/>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" s="1"/>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" s="1"/>
+      <c r="B43" s="1"/>
+      <c r="C43" s="1"/>
+      <c r="D43" s="1"/>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1"/>
+      <c r="G43" s="1"/>
+      <c r="H43" s="1"/>
+      <c r="I43" s="1"/>
+      <c r="J43" s="1"/>
+      <c r="K43" s="1"/>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" s="1"/>
+      <c r="B44" s="1"/>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1"/>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1"/>
+      <c r="H44" s="1"/>
+      <c r="I44" s="1"/>
+      <c r="J44" s="1"/>
+      <c r="K44" s="1"/>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" s="1"/>
+      <c r="B45" s="1"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" s="1"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="1"/>
+      <c r="J47" s="1"/>
+      <c r="K47" s="1"/>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" s="1"/>
+      <c r="B49" s="1"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1"/>
+      <c r="G49" s="1"/>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1"/>
+      <c r="K49" s="1"/>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" s="1"/>
+      <c r="B50" s="1"/>
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
+      <c r="E50" s="1"/>
+      <c r="F50" s="1"/>
+      <c r="G50" s="1"/>
+      <c r="H50" s="1"/>
+      <c r="I50" s="1"/>
+      <c r="J50" s="1"/>
+      <c r="K50" s="1"/>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" s="1"/>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" s="1"/>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1"/>
+      <c r="H52" s="1"/>
+      <c r="I52" s="1"/>
+      <c r="J52" s="1"/>
+      <c r="K52" s="1"/>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" s="1"/>
+      <c r="B53" s="1"/>
+      <c r="C53" s="1"/>
+      <c r="D53" s="1"/>
+      <c r="E53" s="1"/>
+      <c r="F53" s="1"/>
+      <c r="G53" s="1"/>
+      <c r="H53" s="1"/>
+      <c r="I53" s="1"/>
+      <c r="J53" s="1"/>
+      <c r="K53" s="1"/>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" s="1"/>
+      <c r="B54" s="1"/>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1"/>
+      <c r="H54" s="1"/>
+      <c r="I54" s="1"/>
+      <c r="J54" s="1"/>
+      <c r="K54" s="1"/>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" s="1"/>
+      <c r="B55" s="1"/>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
+      <c r="G55" s="1"/>
+      <c r="H55" s="1"/>
+      <c r="I55" s="1"/>
+      <c r="J55" s="1"/>
+      <c r="K55" s="1"/>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" s="1"/>
+      <c r="B56" s="1"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1"/>
+      <c r="H56" s="1"/>
+      <c r="I56" s="1"/>
+      <c r="J56" s="1"/>
+      <c r="K56" s="1"/>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" s="1"/>
+      <c r="B57" s="1"/>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1"/>
+      <c r="G57" s="1"/>
+      <c r="H57" s="1"/>
+      <c r="I57" s="1"/>
+      <c r="J57" s="1"/>
+      <c r="K57" s="1"/>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" s="1"/>
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1"/>
+      <c r="H58" s="1"/>
+      <c r="I58" s="1"/>
+      <c r="J58" s="1"/>
+      <c r="K58" s="1"/>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" s="1"/>
+      <c r="B59" s="1"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+      <c r="F59" s="1"/>
+      <c r="G59" s="1"/>
+      <c r="H59" s="1"/>
+      <c r="I59" s="1"/>
+      <c r="J59" s="1"/>
+      <c r="K59" s="1"/>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" s="1"/>
+      <c r="B60" s="1"/>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1"/>
+      <c r="H60" s="1"/>
+      <c r="I60" s="1"/>
+      <c r="J60" s="1"/>
+      <c r="K60" s="1"/>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" s="1"/>
+      <c r="B61" s="1"/>
+      <c r="C61" s="1"/>
+      <c r="D61" s="1"/>
+      <c r="E61" s="1"/>
+      <c r="F61" s="1"/>
+      <c r="G61" s="1"/>
+      <c r="H61" s="1"/>
+      <c r="I61" s="1"/>
+      <c r="J61" s="1"/>
+      <c r="K61" s="1"/>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" s="1"/>
+      <c r="B62" s="1"/>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1"/>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1"/>
+      <c r="J62" s="1"/>
+      <c r="K62" s="1"/>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" s="1"/>
+      <c r="B63" s="1"/>
+      <c r="C63" s="1"/>
+      <c r="D63" s="1"/>
+      <c r="E63" s="1"/>
+      <c r="F63" s="1"/>
+      <c r="G63" s="1"/>
+      <c r="H63" s="1"/>
+      <c r="I63" s="1"/>
+      <c r="J63" s="1"/>
+      <c r="K63" s="1"/>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1"/>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1"/>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1"/>
+      <c r="H64" s="1"/>
+      <c r="I64" s="1"/>
+      <c r="J64" s="1"/>
+      <c r="K64" s="1"/>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" s="1"/>
+      <c r="B65" s="1"/>
+      <c r="C65" s="1"/>
+      <c r="D65" s="1"/>
+      <c r="E65" s="1"/>
+      <c r="F65" s="1"/>
+      <c r="G65" s="1"/>
+      <c r="H65" s="1"/>
+      <c r="I65" s="1"/>
+      <c r="J65" s="1"/>
+      <c r="K65" s="1"/>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" s="1"/>
+      <c r="B66" s="1"/>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1"/>
+      <c r="H66" s="1"/>
+      <c r="I66" s="1"/>
+      <c r="J66" s="1"/>
+      <c r="K66" s="1"/>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" s="1"/>
+      <c r="B67" s="1"/>
+      <c r="C67" s="1"/>
+      <c r="D67" s="1"/>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1"/>
+      <c r="G67" s="1"/>
+      <c r="H67" s="1"/>
+      <c r="I67" s="1"/>
+      <c r="J67" s="1"/>
+      <c r="K67" s="1"/>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" s="1"/>
+      <c r="B68" s="1"/>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1"/>
+      <c r="H68" s="1"/>
+      <c r="I68" s="1"/>
+      <c r="J68" s="1"/>
+      <c r="K68" s="1"/>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" s="1"/>
+      <c r="B69" s="1"/>
+      <c r="C69" s="1"/>
+      <c r="D69" s="1"/>
+      <c r="E69" s="1"/>
+      <c r="F69" s="1"/>
+      <c r="G69" s="1"/>
+      <c r="H69" s="1"/>
+      <c r="I69" s="1"/>
+      <c r="J69" s="1"/>
+      <c r="K69" s="1"/>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" s="1"/>
+      <c r="B70" s="1"/>
+      <c r="C70" s="1"/>
+      <c r="D70" s="1"/>
+      <c r="E70" s="1"/>
+      <c r="F70" s="1"/>
+      <c r="G70" s="1"/>
+      <c r="H70" s="1"/>
+      <c r="I70" s="1"/>
+      <c r="J70" s="1"/>
+      <c r="K70" s="1"/>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" s="1"/>
+      <c r="B71" s="1"/>
+      <c r="C71" s="1"/>
+      <c r="D71" s="1"/>
+      <c r="E71" s="1"/>
+      <c r="F71" s="1"/>
+      <c r="G71" s="1"/>
+      <c r="H71" s="1"/>
+      <c r="I71" s="1"/>
+      <c r="J71" s="1"/>
+      <c r="K71" s="1"/>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" s="1"/>
+      <c r="B72" s="1"/>
+      <c r="C72" s="1"/>
+      <c r="D72" s="1"/>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1"/>
+      <c r="G72" s="1"/>
+      <c r="H72" s="1"/>
+      <c r="I72" s="1"/>
+      <c r="J72" s="1"/>
+      <c r="K72" s="1"/>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" s="1"/>
+      <c r="B73" s="1"/>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="1"/>
+      <c r="G73" s="1"/>
+      <c r="H73" s="1"/>
+      <c r="I73" s="1"/>
+      <c r="J73" s="1"/>
+      <c r="K73" s="1"/>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" s="1"/>
+      <c r="B74" s="1"/>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1"/>
+      <c r="H74" s="1"/>
+      <c r="I74" s="1"/>
+      <c r="J74" s="1"/>
+      <c r="K74" s="1"/>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" s="1"/>
+      <c r="B75" s="1"/>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" s="1"/>
+      <c r="B76" s="1"/>
+      <c r="C76" s="1"/>
+      <c r="D76" s="1"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1"/>
+      <c r="H76" s="1"/>
+      <c r="I76" s="1"/>
+      <c r="J76" s="1"/>
+      <c r="K76" s="1"/>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" s="1"/>
+      <c r="B77" s="1"/>
+      <c r="C77" s="1"/>
+      <c r="D77" s="1"/>
+      <c r="E77" s="1"/>
+      <c r="F77" s="1"/>
+      <c r="G77" s="1"/>
+      <c r="H77" s="1"/>
+      <c r="I77" s="1"/>
+      <c r="J77" s="1"/>
+      <c r="K77" s="1"/>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" s="1"/>
+      <c r="B78" s="1"/>
+      <c r="C78" s="1"/>
+      <c r="D78" s="1"/>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1"/>
+      <c r="H78" s="1"/>
+      <c r="I78" s="1"/>
+      <c r="J78" s="1"/>
+      <c r="K78" s="1"/>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" s="1"/>
+      <c r="B79" s="1"/>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1"/>
+      <c r="E79" s="1"/>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1"/>
+      <c r="H79" s="1"/>
+      <c r="I79" s="1"/>
+      <c r="J79" s="1"/>
+      <c r="K79" s="1"/>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" s="1"/>
+      <c r="B80" s="1"/>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1"/>
+      <c r="H80" s="1"/>
+      <c r="I80" s="1"/>
+      <c r="J80" s="1"/>
+      <c r="K80" s="1"/>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" s="1"/>
+      <c r="B81" s="1"/>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="H81" s="1"/>
+      <c r="I81" s="1"/>
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" s="1"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1"/>
+      <c r="H82" s="1"/>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1"/>
+      <c r="K82" s="1"/>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" s="1"/>
+      <c r="B83" s="1"/>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="H83" s="1"/>
+      <c r="I83" s="1"/>
+      <c r="J83" s="1"/>
+      <c r="K83" s="1"/>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" s="1"/>
+      <c r="B84" s="1"/>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1"/>
+      <c r="H84" s="1"/>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1"/>
+      <c r="K84" s="1"/>
+    </row>
+    <row r="85" spans="1:11">
+      <c r="A85" s="1"/>
+      <c r="B85" s="1"/>
+      <c r="C85" s="1"/>
+      <c r="D85" s="1"/>
+      <c r="E85" s="1"/>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
+      <c r="H85" s="1"/>
+      <c r="I85" s="1"/>
+      <c r="J85" s="1"/>
+      <c r="K85" s="1"/>
+    </row>
+    <row r="86" spans="1:11">
+      <c r="A86" s="1"/>
+      <c r="B86" s="1"/>
+      <c r="C86" s="1"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1"/>
+      <c r="I86" s="1"/>
+      <c r="J86" s="1"/>
+      <c r="K86" s="1"/>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" s="1"/>
+      <c r="B87" s="1"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1"/>
+      <c r="H87" s="1"/>
+      <c r="I87" s="1"/>
+      <c r="J87" s="1"/>
+      <c r="K87" s="1"/>
+    </row>
+    <row r="88" spans="1:11">
+      <c r="A88" s="1"/>
+      <c r="B88" s="1"/>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
+      <c r="H88" s="1"/>
+      <c r="I88" s="1"/>
+      <c r="J88" s="1"/>
+      <c r="K88" s="1"/>
+    </row>
+    <row r="89" spans="1:11">
+      <c r="A89" s="1"/>
+      <c r="B89" s="1"/>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1"/>
+      <c r="E89" s="1"/>
+      <c r="F89" s="1"/>
+      <c r="G89" s="1"/>
+      <c r="H89" s="1"/>
+      <c r="I89" s="1"/>
+      <c r="J89" s="1"/>
+      <c r="K89" s="1"/>
+    </row>
+    <row r="90" spans="1:11">
+      <c r="A90" s="1"/>
+      <c r="B90" s="1"/>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1"/>
+      <c r="H90" s="1"/>
+      <c r="I90" s="1"/>
+      <c r="J90" s="1"/>
+      <c r="K90" s="1"/>
+    </row>
+    <row r="91" spans="1:11">
+      <c r="A91" s="1"/>
+      <c r="B91" s="1"/>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
+      <c r="H91" s="1"/>
+      <c r="I91" s="1"/>
+      <c r="J91" s="1"/>
+      <c r="K91" s="1"/>
+    </row>
+    <row r="92" spans="1:11">
+      <c r="A92" s="1"/>
+      <c r="B92" s="1"/>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1"/>
+      <c r="H92" s="1"/>
+      <c r="I92" s="1"/>
+      <c r="J92" s="1"/>
+      <c r="K92" s="1"/>
+    </row>
+    <row r="93" spans="1:11">
+      <c r="A93" s="1"/>
+      <c r="B93" s="1"/>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1"/>
+      <c r="H93" s="1"/>
+      <c r="I93" s="1"/>
+      <c r="J93" s="1"/>
+      <c r="K93" s="1"/>
+    </row>
+    <row r="94" spans="1:11">
+      <c r="A94" s="1"/>
+      <c r="B94" s="1"/>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1"/>
+      <c r="H94" s="1"/>
+      <c r="I94" s="1"/>
+      <c r="J94" s="1"/>
+      <c r="K94" s="1"/>
+    </row>
+    <row r="95" spans="1:11">
+      <c r="A95" s="1"/>
+      <c r="B95" s="1"/>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1"/>
+      <c r="H95" s="1"/>
+      <c r="I95" s="1"/>
+      <c r="J95" s="1"/>
+      <c r="K95" s="1"/>
+    </row>
+    <row r="96" spans="1:11">
+      <c r="A96" s="1"/>
+      <c r="B96" s="1"/>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1"/>
+      <c r="H96" s="1"/>
+      <c r="I96" s="1"/>
+      <c r="J96" s="1"/>
+      <c r="K96" s="1"/>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" s="1"/>
+      <c r="B97" s="1"/>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1"/>
+      <c r="H97" s="1"/>
+      <c r="I97" s="1"/>
+      <c r="J97" s="1"/>
+      <c r="K97" s="1"/>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" s="1"/>
+      <c r="B98" s="1"/>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1"/>
+      <c r="H98" s="1"/>
+      <c r="I98" s="1"/>
+      <c r="J98" s="1"/>
+      <c r="K98" s="1"/>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" s="1"/>
+      <c r="B99" s="1"/>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1"/>
+      <c r="H99" s="1"/>
+      <c r="I99" s="1"/>
+      <c r="J99" s="1"/>
+      <c r="K99" s="1"/>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" s="1"/>
+      <c r="B100" s="1"/>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1"/>
+      <c r="H100" s="1"/>
+      <c r="I100" s="1"/>
+      <c r="J100" s="1"/>
+      <c r="K100" s="1"/>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" s="1"/>
+      <c r="B101" s="1"/>
+      <c r="C101" s="1"/>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1"/>
+      <c r="G101" s="1"/>
+      <c r="H101" s="1"/>
+      <c r="I101" s="1"/>
+      <c r="J101" s="1"/>
+      <c r="K101" s="1"/>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" s="1"/>
+      <c r="B102" s="1"/>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1"/>
+      <c r="H102" s="1"/>
+      <c r="I102" s="1"/>
+      <c r="J102" s="1"/>
+      <c r="K102" s="1"/>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" s="1"/>
+      <c r="B103" s="1"/>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1"/>
+      <c r="H103" s="1"/>
+      <c r="I103" s="1"/>
+      <c r="J103" s="1"/>
+      <c r="K103" s="1"/>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" s="1"/>
+      <c r="B104" s="1"/>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1"/>
+      <c r="H104" s="1"/>
+      <c r="I104" s="1"/>
+      <c r="J104" s="1"/>
+      <c r="K104" s="1"/>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" s="1"/>
+      <c r="B105" s="1"/>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1"/>
+      <c r="E105" s="1"/>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1"/>
+      <c r="H105" s="1"/>
+      <c r="I105" s="1"/>
+      <c r="J105" s="1"/>
+      <c r="K105" s="1"/>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" s="1"/>
+      <c r="B106" s="1"/>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1"/>
+      <c r="H106" s="1"/>
+      <c r="I106" s="1"/>
+      <c r="J106" s="1"/>
+      <c r="K106" s="1"/>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" s="1"/>
+      <c r="B107" s="1"/>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1"/>
+      <c r="H107" s="1"/>
+      <c r="I107" s="1"/>
+      <c r="J107" s="1"/>
+      <c r="K107" s="1"/>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" s="1"/>
+      <c r="B108" s="1"/>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
+      <c r="H108" s="1"/>
+      <c r="I108" s="1"/>
+      <c r="J108" s="1"/>
+      <c r="K108" s="1"/>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" s="1"/>
+      <c r="B109" s="1"/>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
+      <c r="H109" s="1"/>
+      <c r="I109" s="1"/>
+      <c r="J109" s="1"/>
+      <c r="K109" s="1"/>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" s="1"/>
+      <c r="B110" s="1"/>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1"/>
+      <c r="H110" s="1"/>
+      <c r="I110" s="1"/>
+      <c r="J110" s="1"/>
+      <c r="K110" s="1"/>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" s="1"/>
+      <c r="B111" s="1"/>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1"/>
+      <c r="H111" s="1"/>
+      <c r="I111" s="1"/>
+      <c r="J111" s="1"/>
+      <c r="K111" s="1"/>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" s="1"/>
+      <c r="B112" s="1"/>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1"/>
+      <c r="H112" s="1"/>
+      <c r="I112" s="1"/>
+      <c r="J112" s="1"/>
+      <c r="K112" s="1"/>
+    </row>
+    <row r="113" spans="1:11">
+      <c r="A113" s="1"/>
+      <c r="B113" s="1"/>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
+      <c r="H113" s="1"/>
+      <c r="I113" s="1"/>
+      <c r="J113" s="1"/>
+      <c r="K113" s="1"/>
+    </row>
+    <row r="114" spans="1:11">
+      <c r="A114" s="1"/>
+      <c r="B114" s="1"/>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1"/>
+      <c r="H114" s="1"/>
+      <c r="I114" s="1"/>
+      <c r="J114" s="1"/>
+      <c r="K114" s="1"/>
+    </row>
+    <row r="115" spans="1:11">
+      <c r="A115" s="1"/>
+      <c r="B115" s="1"/>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1"/>
+      <c r="F115" s="1"/>
+      <c r="G115" s="1"/>
+      <c r="H115" s="1"/>
+      <c r="I115" s="1"/>
+      <c r="J115" s="1"/>
+      <c r="K115" s="1"/>
+    </row>
+    <row r="116" spans="1:11">
+      <c r="A116" s="1"/>
+      <c r="B116" s="1"/>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="1"/>
+      <c r="F116" s="1"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1"/>
+      <c r="I116" s="1"/>
+      <c r="J116" s="1"/>
+      <c r="K116" s="1"/>
+    </row>
+    <row r="117" spans="1:11">
+      <c r="A117" s="1"/>
+      <c r="B117" s="1"/>
+      <c r="C117" s="1"/>
+      <c r="D117" s="1"/>
+      <c r="E117" s="1"/>
+      <c r="F117" s="1"/>
+      <c r="G117" s="1"/>
+      <c r="H117" s="1"/>
+      <c r="I117" s="1"/>
+      <c r="J117" s="1"/>
+      <c r="K117" s="1"/>
+    </row>
+    <row r="118" spans="1:11">
+      <c r="A118" s="1"/>
+      <c r="B118" s="1"/>
+      <c r="C118" s="1"/>
+      <c r="D118" s="1"/>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
+      <c r="H118" s="1"/>
+      <c r="I118" s="1"/>
+      <c r="J118" s="1"/>
+      <c r="K118" s="1"/>
+    </row>
+    <row r="119" spans="1:11">
+      <c r="A119" s="1"/>
+      <c r="B119" s="1"/>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
+      <c r="H119" s="1"/>
+      <c r="I119" s="1"/>
+      <c r="J119" s="1"/>
+      <c r="K119" s="1"/>
+    </row>
+    <row r="120" spans="1:11">
+      <c r="A120" s="1"/>
+      <c r="B120" s="1"/>
+      <c r="C120" s="1"/>
+      <c r="D120" s="1"/>
+      <c r="E120" s="1"/>
+      <c r="F120" s="1"/>
+      <c r="G120" s="1"/>
+      <c r="H120" s="1"/>
+      <c r="I120" s="1"/>
+      <c r="J120" s="1"/>
+      <c r="K120" s="1"/>
+    </row>
+    <row r="121" spans="1:11">
+      <c r="A121" s="1"/>
+      <c r="B121" s="1"/>
+      <c r="C121" s="1"/>
+      <c r="D121" s="1"/>
+      <c r="E121" s="1"/>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
+      <c r="H121" s="1"/>
+      <c r="I121" s="1"/>
+      <c r="J121" s="1"/>
+      <c r="K121" s="1"/>
+    </row>
+    <row r="122" spans="1:11">
+      <c r="A122" s="1"/>
+      <c r="B122" s="1"/>
+      <c r="C122" s="1"/>
+      <c r="D122" s="1"/>
+      <c r="E122" s="1"/>
+      <c r="F122" s="1"/>
+      <c r="G122" s="1"/>
+      <c r="H122" s="1"/>
+      <c r="I122" s="1"/>
+      <c r="J122" s="1"/>
+      <c r="K122" s="1"/>
+    </row>
+    <row r="123" spans="1:11">
+      <c r="A123" s="1"/>
+      <c r="B123" s="1"/>
+      <c r="C123" s="1"/>
+      <c r="D123" s="1"/>
+      <c r="E123" s="1"/>
+      <c r="F123" s="1"/>
+      <c r="G123" s="1"/>
+      <c r="H123" s="1"/>
+      <c r="I123" s="1"/>
+      <c r="J123" s="1"/>
+      <c r="K123" s="1"/>
+    </row>
+    <row r="124" spans="1:11">
+      <c r="A124" s="1"/>
+      <c r="B124" s="1"/>
+      <c r="C124" s="1"/>
+      <c r="D124" s="1"/>
+      <c r="E124" s="1"/>
+      <c r="F124" s="1"/>
+      <c r="G124" s="1"/>
+      <c r="H124" s="1"/>
+      <c r="I124" s="1"/>
+      <c r="J124" s="1"/>
+      <c r="K124" s="1"/>
+    </row>
+    <row r="125" spans="1:11">
+      <c r="A125" s="1"/>
+      <c r="B125" s="1"/>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1"/>
+      <c r="H125" s="1"/>
+      <c r="I125" s="1"/>
+      <c r="J125" s="1"/>
+      <c r="K125" s="1"/>
+    </row>
+    <row r="126" spans="1:11">
+      <c r="A126" s="1"/>
+      <c r="B126" s="1"/>
+      <c r="C126" s="1"/>
+      <c r="D126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
+      <c r="H126" s="1"/>
+      <c r="I126" s="1"/>
+      <c r="J126" s="1"/>
+      <c r="K126" s="1"/>
+    </row>
+    <row r="127" spans="1:11">
+      <c r="A127" s="1"/>
+      <c r="B127" s="1"/>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+      <c r="E127" s="1"/>
+      <c r="F127" s="1"/>
+      <c r="G127" s="1"/>
+      <c r="H127" s="1"/>
+      <c r="I127" s="1"/>
+      <c r="J127" s="1"/>
+      <c r="K127" s="1"/>
+    </row>
+    <row r="128" spans="1:11">
+      <c r="A128" s="1"/>
+      <c r="B128" s="1"/>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+      <c r="E128" s="1"/>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1"/>
+      <c r="H128" s="1"/>
+      <c r="I128" s="1"/>
+      <c r="J128" s="1"/>
+      <c r="K128" s="1"/>
+    </row>
+    <row r="129" spans="1:11">
+      <c r="A129" s="1"/>
+      <c r="B129" s="1"/>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+      <c r="E129" s="1"/>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1"/>
+      <c r="H129" s="1"/>
+      <c r="I129" s="1"/>
+      <c r="J129" s="1"/>
+      <c r="K129" s="1"/>
+    </row>
+    <row r="130" spans="1:11">
+      <c r="A130" s="1"/>
+      <c r="B130" s="1"/>
+      <c r="C130" s="1"/>
+      <c r="D130" s="1"/>
+      <c r="E130" s="1"/>
+      <c r="F130" s="1"/>
+      <c r="G130" s="1"/>
+      <c r="H130" s="1"/>
+      <c r="I130" s="1"/>
+      <c r="J130" s="1"/>
+      <c r="K130" s="1"/>
+    </row>
+    <row r="131" spans="1:11">
+      <c r="A131" s="1"/>
+      <c r="B131" s="1"/>
+      <c r="C131" s="1"/>
+      <c r="D131" s="1"/>
+      <c r="E131" s="1"/>
+      <c r="F131" s="1"/>
+      <c r="G131" s="1"/>
+      <c r="H131" s="1"/>
+      <c r="I131" s="1"/>
+      <c r="J131" s="1"/>
+      <c r="K131" s="1"/>
+    </row>
+    <row r="132" spans="1:11">
+      <c r="A132" s="1"/>
+      <c r="B132" s="1"/>
+      <c r="C132" s="1"/>
+      <c r="D132" s="1"/>
+      <c r="E132" s="1"/>
+      <c r="F132" s="1"/>
+      <c r="G132" s="1"/>
+      <c r="H132" s="1"/>
+      <c r="I132" s="1"/>
+      <c r="J132" s="1"/>
+      <c r="K132" s="1"/>
+    </row>
+    <row r="133" spans="1:11">
+      <c r="A133" s="1"/>
+      <c r="B133" s="1"/>
+      <c r="C133" s="1"/>
+      <c r="D133" s="1"/>
+      <c r="E133" s="1"/>
+      <c r="F133" s="1"/>
+      <c r="G133" s="1"/>
+      <c r="H133" s="1"/>
+      <c r="I133" s="1"/>
+      <c r="J133" s="1"/>
+      <c r="K133" s="1"/>
+    </row>
+    <row r="134" spans="1:11">
+      <c r="A134" s="1"/>
+      <c r="B134" s="1"/>
+      <c r="C134" s="1"/>
+      <c r="D134" s="1"/>
+      <c r="E134" s="1"/>
+      <c r="F134" s="1"/>
+      <c r="G134" s="1"/>
+      <c r="H134" s="1"/>
+      <c r="I134" s="1"/>
+      <c r="J134" s="1"/>
+      <c r="K134" s="1"/>
+    </row>
+    <row r="135" spans="1:11">
+      <c r="A135" s="1"/>
+      <c r="B135" s="1"/>
+      <c r="C135" s="1"/>
+      <c r="D135" s="1"/>
+      <c r="E135" s="1"/>
+      <c r="F135" s="1"/>
+      <c r="G135" s="1"/>
+      <c r="H135" s="1"/>
+      <c r="I135" s="1"/>
+      <c r="J135" s="1"/>
+      <c r="K135" s="1"/>
+    </row>
+    <row r="136" spans="1:11">
+      <c r="A136" s="1"/>
+      <c r="B136" s="1"/>
+      <c r="C136" s="1"/>
+      <c r="D136" s="1"/>
+      <c r="E136" s="1"/>
+      <c r="F136" s="1"/>
+      <c r="G136" s="1"/>
+      <c r="H136" s="1"/>
+      <c r="I136" s="1"/>
+      <c r="J136" s="1"/>
+      <c r="K136" s="1"/>
+    </row>
+    <row r="137" spans="1:11">
+      <c r="A137" s="1"/>
+      <c r="B137" s="1"/>
+      <c r="C137" s="1"/>
+      <c r="D137" s="1"/>
+      <c r="E137" s="1"/>
+      <c r="F137" s="1"/>
+      <c r="G137" s="1"/>
+      <c r="H137" s="1"/>
+      <c r="I137" s="1"/>
+      <c r="J137" s="1"/>
+      <c r="K137" s="1"/>
+    </row>
+    <row r="138" spans="1:11">
+      <c r="A138" s="1"/>
+      <c r="B138" s="1"/>
+      <c r="C138" s="1"/>
+      <c r="D138" s="1"/>
+      <c r="E138" s="1"/>
+      <c r="F138" s="1"/>
+      <c r="G138" s="1"/>
+      <c r="H138" s="1"/>
+      <c r="I138" s="1"/>
+      <c r="J138" s="1"/>
+      <c r="K138" s="1"/>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" s="1"/>
+      <c r="B139" s="1"/>
+      <c r="C139" s="1"/>
+      <c r="D139" s="1"/>
+      <c r="E139" s="1"/>
+      <c r="F139" s="1"/>
+      <c r="G139" s="1"/>
+      <c r="H139" s="1"/>
+      <c r="I139" s="1"/>
+      <c r="J139" s="1"/>
+      <c r="K139" s="1"/>
+    </row>
+    <row r="140" spans="1:11">
+      <c r="A140" s="1"/>
+      <c r="B140" s="1"/>
+      <c r="C140" s="1"/>
+      <c r="D140" s="1"/>
+      <c r="E140" s="1"/>
+      <c r="F140" s="1"/>
+      <c r="G140" s="1"/>
+      <c r="H140" s="1"/>
+      <c r="I140" s="1"/>
+      <c r="J140" s="1"/>
+      <c r="K140" s="1"/>
+    </row>
+    <row r="141" spans="1:11">
+      <c r="A141" s="1"/>
+      <c r="B141" s="1"/>
+      <c r="C141" s="1"/>
+      <c r="D141" s="1"/>
+      <c r="E141" s="1"/>
+      <c r="F141" s="1"/>
+      <c r="G141" s="1"/>
+      <c r="H141" s="1"/>
+      <c r="I141" s="1"/>
+      <c r="J141" s="1"/>
+      <c r="K141" s="1"/>
+    </row>
+    <row r="142" spans="1:11">
+      <c r="A142" s="1"/>
+      <c r="B142" s="1"/>
+      <c r="C142" s="1"/>
+      <c r="D142" s="1"/>
+      <c r="E142" s="1"/>
+      <c r="F142" s="1"/>
+      <c r="G142" s="1"/>
+      <c r="H142" s="1"/>
+      <c r="I142" s="1"/>
+      <c r="J142" s="1"/>
+      <c r="K142" s="1"/>
+    </row>
+    <row r="143" spans="1:11">
+      <c r="A143" s="1"/>
+      <c r="B143" s="1"/>
+      <c r="C143" s="1"/>
+      <c r="D143" s="1"/>
+      <c r="E143" s="1"/>
+      <c r="F143" s="1"/>
+      <c r="G143" s="1"/>
+      <c r="H143" s="1"/>
+      <c r="I143" s="1"/>
+      <c r="J143" s="1"/>
+      <c r="K143" s="1"/>
+    </row>
+    <row r="144" spans="1:11">
+      <c r="A144" s="1"/>
+      <c r="B144" s="1"/>
+      <c r="C144" s="1"/>
+      <c r="D144" s="1"/>
+      <c r="E144" s="1"/>
+      <c r="F144" s="1"/>
+      <c r="G144" s="1"/>
+      <c r="H144" s="1"/>
+      <c r="I144" s="1"/>
+      <c r="J144" s="1"/>
+      <c r="K144" s="1"/>
+    </row>
+    <row r="145" spans="1:11">
+      <c r="A145" s="1"/>
+      <c r="B145" s="1"/>
+      <c r="C145" s="1"/>
+      <c r="D145" s="1"/>
+      <c r="E145" s="1"/>
+      <c r="F145" s="1"/>
+      <c r="G145" s="1"/>
+      <c r="H145" s="1"/>
+      <c r="I145" s="1"/>
+      <c r="J145" s="1"/>
+      <c r="K145" s="1"/>
+    </row>
+    <row r="146" spans="1:11">
+      <c r="A146" s="1"/>
+      <c r="B146" s="1"/>
+      <c r="C146" s="1"/>
+      <c r="D146" s="1"/>
+      <c r="E146" s="1"/>
+      <c r="F146" s="1"/>
+      <c r="G146" s="1"/>
+      <c r="H146" s="1"/>
+      <c r="I146" s="1"/>
+      <c r="J146" s="1"/>
+      <c r="K146" s="1"/>
+    </row>
+    <row r="147" spans="1:11">
+      <c r="A147" s="1"/>
+      <c r="B147" s="1"/>
+      <c r="C147" s="1"/>
+      <c r="D147" s="1"/>
+      <c r="E147" s="1"/>
+      <c r="F147" s="1"/>
+      <c r="G147" s="1"/>
+      <c r="H147" s="1"/>
+      <c r="I147" s="1"/>
+      <c r="J147" s="1"/>
+      <c r="K147" s="1"/>
+    </row>
+    <row r="148" spans="1:11">
+      <c r="A148" s="1"/>
+      <c r="B148" s="1"/>
+      <c r="C148" s="1"/>
+      <c r="D148" s="1"/>
+      <c r="E148" s="1"/>
+      <c r="F148" s="1"/>
+      <c r="G148" s="1"/>
+      <c r="H148" s="1"/>
+      <c r="I148" s="1"/>
+      <c r="J148" s="1"/>
+      <c r="K148" s="1"/>
+    </row>
+    <row r="149" spans="1:11">
+      <c r="A149" s="1"/>
+      <c r="B149" s="1"/>
+      <c r="C149" s="1"/>
+      <c r="D149" s="1"/>
+      <c r="E149" s="1"/>
+      <c r="F149" s="1"/>
+      <c r="G149" s="1"/>
+      <c r="H149" s="1"/>
+      <c r="I149" s="1"/>
+      <c r="J149" s="1"/>
+      <c r="K149" s="1"/>
+    </row>
+    <row r="150" spans="1:11">
+      <c r="A150" s="1"/>
+      <c r="B150" s="1"/>
+      <c r="C150" s="1"/>
+      <c r="D150" s="1"/>
+      <c r="E150" s="1"/>
+      <c r="F150" s="1"/>
+      <c r="G150" s="1"/>
+      <c r="H150" s="1"/>
+      <c r="I150" s="1"/>
+      <c r="J150" s="1"/>
+      <c r="K150" s="1"/>
+    </row>
+    <row r="151" spans="1:11">
+      <c r="A151" s="1"/>
+      <c r="B151" s="1"/>
+      <c r="C151" s="1"/>
+      <c r="D151" s="1"/>
+      <c r="E151" s="1"/>
+      <c r="F151" s="1"/>
+      <c r="G151" s="1"/>
+      <c r="H151" s="1"/>
+      <c r="I151" s="1"/>
+      <c r="J151" s="1"/>
+      <c r="K151" s="1"/>
+    </row>
+    <row r="152" spans="1:11">
+      <c r="A152" s="1"/>
+      <c r="B152" s="1"/>
+      <c r="C152" s="1"/>
+      <c r="D152" s="1"/>
+      <c r="E152" s="1"/>
+      <c r="F152" s="1"/>
+      <c r="G152" s="1"/>
+      <c r="H152" s="1"/>
+      <c r="I152" s="1"/>
+      <c r="J152" s="1"/>
+      <c r="K152" s="1"/>
+    </row>
+    <row r="153" spans="1:11">
+      <c r="A153" s="1"/>
+      <c r="B153" s="1"/>
+      <c r="C153" s="1"/>
+      <c r="D153" s="1"/>
+      <c r="E153" s="1"/>
+      <c r="F153" s="1"/>
+      <c r="G153" s="1"/>
+      <c r="H153" s="1"/>
+      <c r="I153" s="1"/>
+      <c r="J153" s="1"/>
+      <c r="K153" s="1"/>
+    </row>
+    <row r="154" spans="1:11">
+      <c r="A154" s="1"/>
+      <c r="B154" s="1"/>
+      <c r="C154" s="1"/>
+      <c r="D154" s="1"/>
+      <c r="E154" s="1"/>
+      <c r="F154" s="1"/>
+      <c r="G154" s="1"/>
+      <c r="H154" s="1"/>
+      <c r="I154" s="1"/>
+      <c r="J154" s="1"/>
+      <c r="K154" s="1"/>
+    </row>
+    <row r="155" spans="1:11">
+      <c r="A155" s="1"/>
+      <c r="B155" s="1"/>
+      <c r="C155" s="1"/>
+      <c r="D155" s="1"/>
+      <c r="E155" s="1"/>
+      <c r="F155" s="1"/>
+      <c r="G155" s="1"/>
+      <c r="H155" s="1"/>
+      <c r="I155" s="1"/>
+      <c r="J155" s="1"/>
+      <c r="K155" s="1"/>
+    </row>
+    <row r="156" spans="1:11">
+      <c r="A156" s="1"/>
+      <c r="B156" s="1"/>
+      <c r="C156" s="1"/>
+      <c r="D156" s="1"/>
+      <c r="E156" s="1"/>
+      <c r="F156" s="1"/>
+      <c r="G156" s="1"/>
+      <c r="H156" s="1"/>
+      <c r="I156" s="1"/>
+      <c r="J156" s="1"/>
+      <c r="K156" s="1"/>
+    </row>
+    <row r="157" spans="1:11">
+      <c r="A157" s="1"/>
+      <c r="B157" s="1"/>
+      <c r="C157" s="1"/>
+      <c r="D157" s="1"/>
+      <c r="E157" s="1"/>
+      <c r="F157" s="1"/>
+      <c r="G157" s="1"/>
+      <c r="H157" s="1"/>
+      <c r="I157" s="1"/>
+      <c r="J157" s="1"/>
+      <c r="K157" s="1"/>
+    </row>
+    <row r="158" spans="1:11">
+      <c r="A158" s="1"/>
+      <c r="B158" s="1"/>
+      <c r="C158" s="1"/>
+      <c r="D158" s="1"/>
+      <c r="E158" s="1"/>
+      <c r="F158" s="1"/>
+      <c r="G158" s="1"/>
+      <c r="H158" s="1"/>
+      <c r="I158" s="1"/>
+      <c r="J158" s="1"/>
+      <c r="K158" s="1"/>
+    </row>
+    <row r="159" spans="1:11">
+      <c r="A159" s="1"/>
+      <c r="B159" s="1"/>
+      <c r="C159" s="1"/>
+      <c r="D159" s="1"/>
+      <c r="E159" s="1"/>
+      <c r="F159" s="1"/>
+      <c r="G159" s="1"/>
+      <c r="H159" s="1"/>
+      <c r="I159" s="1"/>
+      <c r="J159" s="1"/>
+      <c r="K159" s="1"/>
+    </row>
+    <row r="160" spans="1:11">
+      <c r="A160" s="1"/>
+      <c r="B160" s="1"/>
+      <c r="C160" s="1"/>
+      <c r="D160" s="1"/>
+      <c r="E160" s="1"/>
+      <c r="F160" s="1"/>
+      <c r="G160" s="1"/>
+      <c r="H160" s="1"/>
+      <c r="I160" s="1"/>
+      <c r="J160" s="1"/>
+      <c r="K160" s="1"/>
+    </row>
+    <row r="161" spans="1:11">
+      <c r="A161" s="1"/>
+      <c r="B161" s="1"/>
+      <c r="C161" s="1"/>
+      <c r="D161" s="1"/>
+      <c r="E161" s="1"/>
+      <c r="F161" s="1"/>
+      <c r="G161" s="1"/>
+      <c r="H161" s="1"/>
+      <c r="I161" s="1"/>
+      <c r="J161" s="1"/>
+      <c r="K161" s="1"/>
+    </row>
+    <row r="162" spans="1:11">
+      <c r="A162" s="1"/>
+      <c r="B162" s="1"/>
+      <c r="C162" s="1"/>
+      <c r="D162" s="1"/>
+      <c r="E162" s="1"/>
+      <c r="F162" s="1"/>
+      <c r="G162" s="1"/>
+      <c r="H162" s="1"/>
+      <c r="I162" s="1"/>
+      <c r="J162" s="1"/>
+      <c r="K162" s="1"/>
+    </row>
+    <row r="163" spans="1:11">
+      <c r="A163" s="1"/>
+      <c r="B163" s="1"/>
+      <c r="C163" s="1"/>
+      <c r="D163" s="1"/>
+      <c r="E163" s="1"/>
+      <c r="F163" s="1"/>
+      <c r="G163" s="1"/>
+      <c r="H163" s="1"/>
+      <c r="I163" s="1"/>
+      <c r="J163" s="1"/>
+      <c r="K163" s="1"/>
+    </row>
+    <row r="164" spans="1:11">
+      <c r="A164" s="1"/>
+      <c r="B164" s="1"/>
+      <c r="C164" s="1"/>
+      <c r="D164" s="1"/>
+      <c r="E164" s="1"/>
+      <c r="F164" s="1"/>
+      <c r="G164" s="1"/>
+      <c r="H164" s="1"/>
+      <c r="I164" s="1"/>
+      <c r="J164" s="1"/>
+      <c r="K164" s="1"/>
+    </row>
+    <row r="165" spans="1:11">
+      <c r="A165" s="1"/>
+      <c r="B165" s="1"/>
+      <c r="C165" s="1"/>
+      <c r="D165" s="1"/>
+      <c r="E165" s="1"/>
+      <c r="F165" s="1"/>
+      <c r="G165" s="1"/>
+      <c r="H165" s="1"/>
+      <c r="I165" s="1"/>
+      <c r="J165" s="1"/>
+      <c r="K165" s="1"/>
+    </row>
+    <row r="166" spans="1:11">
+      <c r="A166" s="1"/>
+      <c r="B166" s="1"/>
+      <c r="C166" s="1"/>
+      <c r="D166" s="1"/>
+      <c r="E166" s="1"/>
+      <c r="F166" s="1"/>
+      <c r="G166" s="1"/>
+      <c r="H166" s="1"/>
+      <c r="I166" s="1"/>
+      <c r="J166" s="1"/>
+      <c r="K166" s="1"/>
+    </row>
+    <row r="167" spans="1:11">
+      <c r="A167" s="1"/>
+      <c r="B167" s="1"/>
+      <c r="C167" s="1"/>
+      <c r="D167" s="1"/>
+      <c r="E167" s="1"/>
+      <c r="F167" s="1"/>
+      <c r="G167" s="1"/>
+      <c r="H167" s="1"/>
+      <c r="I167" s="1"/>
+      <c r="J167" s="1"/>
+      <c r="K167" s="1"/>
+    </row>
+    <row r="168" spans="1:11">
+      <c r="A168" s="1"/>
+      <c r="B168" s="1"/>
+      <c r="C168" s="1"/>
+      <c r="D168" s="1"/>
+      <c r="E168" s="1"/>
+      <c r="F168" s="1"/>
+      <c r="G168" s="1"/>
+      <c r="H168" s="1"/>
+      <c r="I168" s="1"/>
+      <c r="J168" s="1"/>
+      <c r="K168" s="1"/>
+    </row>
+    <row r="169" spans="1:11">
+      <c r="A169" s="1"/>
+      <c r="B169" s="1"/>
+      <c r="C169" s="1"/>
+      <c r="D169" s="1"/>
+      <c r="E169" s="1"/>
+      <c r="F169" s="1"/>
+      <c r="G169" s="1"/>
+      <c r="H169" s="1"/>
+      <c r="I169" s="1"/>
+      <c r="J169" s="1"/>
+      <c r="K169" s="1"/>
+    </row>
+    <row r="170" spans="1:11">
+      <c r="A170" s="1"/>
+      <c r="B170" s="1"/>
+      <c r="C170" s="1"/>
+      <c r="D170" s="1"/>
+      <c r="E170" s="1"/>
+      <c r="F170" s="1"/>
+      <c r="G170" s="1"/>
+      <c r="H170" s="1"/>
+      <c r="I170" s="1"/>
+      <c r="J170" s="1"/>
+      <c r="K170" s="1"/>
+    </row>
+    <row r="171" spans="1:11">
+      <c r="A171" s="1"/>
+      <c r="B171" s="1"/>
+      <c r="C171" s="1"/>
+      <c r="D171" s="1"/>
+      <c r="E171" s="1"/>
+      <c r="F171" s="1"/>
+      <c r="G171" s="1"/>
+      <c r="H171" s="1"/>
+      <c r="I171" s="1"/>
+      <c r="J171" s="1"/>
+      <c r="K171" s="1"/>
+    </row>
+    <row r="172" spans="1:11">
+      <c r="A172" s="1"/>
+      <c r="B172" s="1"/>
+      <c r="C172" s="1"/>
+      <c r="D172" s="1"/>
+      <c r="E172" s="1"/>
+      <c r="F172" s="1"/>
+      <c r="G172" s="1"/>
+      <c r="H172" s="1"/>
+      <c r="I172" s="1"/>
+      <c r="J172" s="1"/>
+      <c r="K172" s="1"/>
+    </row>
+    <row r="173" spans="1:11">
+      <c r="A173" s="1"/>
+      <c r="B173" s="1"/>
+      <c r="C173" s="1"/>
+      <c r="D173" s="1"/>
+      <c r="E173" s="1"/>
+      <c r="F173" s="1"/>
+      <c r="G173" s="1"/>
+      <c r="H173" s="1"/>
+      <c r="I173" s="1"/>
+      <c r="J173" s="1"/>
+      <c r="K173" s="1"/>
+    </row>
+    <row r="174" spans="1:11">
+      <c r="A174" s="1"/>
+      <c r="B174" s="1"/>
+      <c r="C174" s="1"/>
+      <c r="D174" s="1"/>
+      <c r="E174" s="1"/>
+      <c r="F174" s="1"/>
+      <c r="G174" s="1"/>
+      <c r="H174" s="1"/>
+      <c r="I174" s="1"/>
+      <c r="J174" s="1"/>
+      <c r="K174" s="1"/>
+    </row>
+    <row r="175" spans="1:11">
+      <c r="A175" s="1"/>
+      <c r="B175" s="1"/>
+      <c r="C175" s="1"/>
+      <c r="D175" s="1"/>
+      <c r="E175" s="1"/>
+      <c r="F175" s="1"/>
+      <c r="G175" s="1"/>
+      <c r="H175" s="1"/>
+      <c r="I175" s="1"/>
+      <c r="J175" s="1"/>
+      <c r="K175" s="1"/>
+    </row>
+    <row r="176" spans="1:11">
+      <c r="A176" s="1"/>
+      <c r="B176" s="1"/>
+      <c r="C176" s="1"/>
+      <c r="D176" s="1"/>
+      <c r="E176" s="1"/>
+      <c r="F176" s="1"/>
+      <c r="G176" s="1"/>
+      <c r="H176" s="1"/>
+      <c r="I176" s="1"/>
+      <c r="J176" s="1"/>
+      <c r="K176" s="1"/>
+    </row>
+    <row r="177" spans="1:11">
+      <c r="A177" s="1"/>
+      <c r="B177" s="1"/>
+      <c r="C177" s="1"/>
+      <c r="D177" s="1"/>
+      <c r="E177" s="1"/>
+      <c r="F177" s="1"/>
+      <c r="G177" s="1"/>
+      <c r="H177" s="1"/>
+      <c r="I177" s="1"/>
+      <c r="J177" s="1"/>
+      <c r="K177" s="1"/>
+    </row>
+    <row r="178" spans="1:11">
+      <c r="A178" s="1"/>
+      <c r="B178" s="1"/>
+      <c r="C178" s="1"/>
+      <c r="D178" s="1"/>
+      <c r="E178" s="1"/>
+      <c r="F178" s="1"/>
+      <c r="G178" s="1"/>
+      <c r="H178" s="1"/>
+      <c r="I178" s="1"/>
+      <c r="J178" s="1"/>
+      <c r="K178" s="1"/>
+    </row>
+    <row r="179" spans="1:11">
+      <c r="A179" s="1"/>
+      <c r="B179" s="1"/>
+      <c r="C179" s="1"/>
+      <c r="D179" s="1"/>
+      <c r="E179" s="1"/>
+      <c r="F179" s="1"/>
+      <c r="G179" s="1"/>
+      <c r="H179" s="1"/>
+      <c r="I179" s="1"/>
+      <c r="J179" s="1"/>
+      <c r="K179" s="1"/>
+    </row>
+    <row r="180" spans="1:11">
+      <c r="A180" s="1"/>
+      <c r="B180" s="1"/>
+      <c r="C180" s="1"/>
+      <c r="D180" s="1"/>
+      <c r="E180" s="1"/>
+      <c r="F180" s="1"/>
+      <c r="G180" s="1"/>
+      <c r="H180" s="1"/>
+      <c r="I180" s="1"/>
+      <c r="J180" s="1"/>
+      <c r="K180" s="1"/>
+    </row>
+    <row r="181" spans="1:11">
+      <c r="A181" s="1"/>
+      <c r="B181" s="1"/>
+      <c r="C181" s="1"/>
+      <c r="D181" s="1"/>
+      <c r="E181" s="1"/>
+      <c r="F181" s="1"/>
+      <c r="G181" s="1"/>
+      <c r="H181" s="1"/>
+      <c r="I181" s="1"/>
+      <c r="J181" s="1"/>
+      <c r="K181" s="1"/>
+    </row>
+    <row r="182" spans="1:11">
+      <c r="A182" s="1"/>
+      <c r="B182" s="1"/>
+      <c r="C182" s="1"/>
+      <c r="D182" s="1"/>
+      <c r="E182" s="1"/>
+      <c r="F182" s="1"/>
+      <c r="G182" s="1"/>
+      <c r="H182" s="1"/>
+      <c r="I182" s="1"/>
+      <c r="J182" s="1"/>
+      <c r="K182" s="1"/>
+    </row>
+    <row r="183" spans="1:11">
+      <c r="A183" s="1"/>
+      <c r="B183" s="1"/>
+      <c r="C183" s="1"/>
+      <c r="D183" s="1"/>
+      <c r="E183" s="1"/>
+      <c r="F183" s="1"/>
+      <c r="G183" s="1"/>
+      <c r="H183" s="1"/>
+      <c r="I183" s="1"/>
+      <c r="J183" s="1"/>
+      <c r="K183" s="1"/>
+    </row>
+    <row r="184" spans="1:11">
+      <c r="A184" s="1"/>
+      <c r="B184" s="1"/>
+      <c r="C184" s="1"/>
+      <c r="D184" s="1"/>
+      <c r="E184" s="1"/>
+      <c r="F184" s="1"/>
+      <c r="G184" s="1"/>
+      <c r="H184" s="1"/>
+      <c r="I184" s="1"/>
+      <c r="J184" s="1"/>
+      <c r="K184" s="1"/>
+    </row>
+    <row r="185" spans="1:11">
+      <c r="A185" s="1"/>
+      <c r="B185" s="1"/>
+      <c r="C185" s="1"/>
+      <c r="D185" s="1"/>
+      <c r="E185" s="1"/>
+      <c r="F185" s="1"/>
+      <c r="G185" s="1"/>
+      <c r="H185" s="1"/>
+      <c r="I185" s="1"/>
+      <c r="J185" s="1"/>
+      <c r="K185" s="1"/>
+    </row>
+    <row r="186" spans="1:11">
+      <c r="A186" s="1"/>
+      <c r="B186" s="1"/>
+      <c r="C186" s="1"/>
+      <c r="D186" s="1"/>
+      <c r="E186" s="1"/>
+      <c r="F186" s="1"/>
+      <c r="G186" s="1"/>
+      <c r="H186" s="1"/>
+      <c r="I186" s="1"/>
+      <c r="J186" s="1"/>
+      <c r="K186" s="1"/>
+    </row>
+    <row r="187" spans="1:11">
+      <c r="A187" s="1"/>
+      <c r="B187" s="1"/>
+      <c r="C187" s="1"/>
+      <c r="D187" s="1"/>
+      <c r="E187" s="1"/>
+      <c r="F187" s="1"/>
+      <c r="G187" s="1"/>
+      <c r="H187" s="1"/>
+      <c r="I187" s="1"/>
+      <c r="J187" s="1"/>
+      <c r="K187" s="1"/>
+    </row>
+    <row r="188" spans="1:11">
+      <c r="A188" s="1"/>
+      <c r="B188" s="1"/>
+      <c r="C188" s="1"/>
+      <c r="D188" s="1"/>
+      <c r="E188" s="1"/>
+      <c r="F188" s="1"/>
+      <c r="G188" s="1"/>
+      <c r="H188" s="1"/>
+      <c r="I188" s="1"/>
+      <c r="J188" s="1"/>
+      <c r="K188" s="1"/>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" s="1"/>
+      <c r="B189" s="1"/>
+      <c r="C189" s="1"/>
+      <c r="D189" s="1"/>
+      <c r="E189" s="1"/>
+      <c r="F189" s="1"/>
+      <c r="G189" s="1"/>
+      <c r="H189" s="1"/>
+      <c r="I189" s="1"/>
+      <c r="J189" s="1"/>
+      <c r="K189" s="1"/>
+    </row>
+    <row r="190" spans="1:11">
+      <c r="A190" s="1"/>
+      <c r="B190" s="1"/>
+      <c r="C190" s="1"/>
+      <c r="D190" s="1"/>
+      <c r="E190" s="1"/>
+      <c r="F190" s="1"/>
+      <c r="G190" s="1"/>
+      <c r="H190" s="1"/>
+      <c r="I190" s="1"/>
+      <c r="J190" s="1"/>
+      <c r="K190" s="1"/>
+    </row>
+    <row r="191" spans="1:11">
+      <c r="A191" s="1"/>
+      <c r="B191" s="1"/>
+      <c r="C191" s="1"/>
+      <c r="D191" s="1"/>
+      <c r="E191" s="1"/>
+      <c r="F191" s="1"/>
+      <c r="G191" s="1"/>
+      <c r="H191" s="1"/>
+      <c r="I191" s="1"/>
+      <c r="J191" s="1"/>
+      <c r="K191" s="1"/>
+    </row>
+    <row r="192" spans="1:11">
+      <c r="A192" s="1"/>
+      <c r="B192" s="1"/>
+      <c r="C192" s="1"/>
+      <c r="D192" s="1"/>
+      <c r="E192" s="1"/>
+      <c r="F192" s="1"/>
+      <c r="G192" s="1"/>
+      <c r="H192" s="1"/>
+      <c r="I192" s="1"/>
+      <c r="J192" s="1"/>
+      <c r="K192" s="1"/>
+    </row>
+    <row r="193" spans="1:11">
+      <c r="A193" s="1"/>
+      <c r="B193" s="1"/>
+      <c r="C193" s="1"/>
+      <c r="D193" s="1"/>
+      <c r="E193" s="1"/>
+      <c r="F193" s="1"/>
+      <c r="G193" s="1"/>
+      <c r="H193" s="1"/>
+      <c r="I193" s="1"/>
+      <c r="J193" s="1"/>
+      <c r="K193" s="1"/>
+    </row>
+    <row r="194" spans="1:11">
+      <c r="A194" s="1"/>
+      <c r="B194" s="1"/>
+      <c r="C194" s="1"/>
+      <c r="D194" s="1"/>
+      <c r="E194" s="1"/>
+      <c r="F194" s="1"/>
+      <c r="G194" s="1"/>
+      <c r="H194" s="1"/>
+      <c r="I194" s="1"/>
+      <c r="J194" s="1"/>
+      <c r="K194" s="1"/>
+    </row>
+    <row r="195" spans="1:11">
+      <c r="A195" s="1"/>
+      <c r="B195" s="1"/>
+      <c r="C195" s="1"/>
+      <c r="D195" s="1"/>
+      <c r="E195" s="1"/>
+      <c r="F195" s="1"/>
+      <c r="G195" s="1"/>
+      <c r="H195" s="1"/>
+      <c r="I195" s="1"/>
+      <c r="J195" s="1"/>
+      <c r="K195" s="1"/>
+    </row>
+    <row r="196" spans="1:11">
+      <c r="A196" s="1"/>
+      <c r="B196" s="1"/>
+      <c r="C196" s="1"/>
+      <c r="D196" s="1"/>
+      <c r="E196" s="1"/>
+      <c r="F196" s="1"/>
+      <c r="G196" s="1"/>
+      <c r="H196" s="1"/>
+      <c r="I196" s="1"/>
+      <c r="J196" s="1"/>
+      <c r="K196" s="1"/>
+    </row>
+    <row r="197" spans="1:11">
+      <c r="A197" s="1"/>
+      <c r="B197" s="1"/>
+      <c r="C197" s="1"/>
+      <c r="D197" s="1"/>
+      <c r="E197" s="1"/>
+      <c r="F197" s="1"/>
+      <c r="G197" s="1"/>
+      <c r="H197" s="1"/>
+      <c r="I197" s="1"/>
+      <c r="J197" s="1"/>
+      <c r="K197" s="1"/>
+    </row>
+    <row r="198" spans="1:11">
+      <c r="A198" s="1"/>
+      <c r="B198" s="1"/>
+      <c r="C198" s="1"/>
+      <c r="D198" s="1"/>
+      <c r="E198" s="1"/>
+      <c r="F198" s="1"/>
+      <c r="G198" s="1"/>
+      <c r="H198" s="1"/>
+      <c r="I198" s="1"/>
+      <c r="J198" s="1"/>
+      <c r="K198" s="1"/>
+    </row>
+    <row r="199" spans="1:11">
+      <c r="A199" s="1"/>
+      <c r="B199" s="1"/>
+      <c r="C199" s="1"/>
+      <c r="D199" s="1"/>
+      <c r="E199" s="1"/>
+      <c r="F199" s="1"/>
+      <c r="G199" s="1"/>
+      <c r="H199" s="1"/>
+      <c r="I199" s="1"/>
+      <c r="J199" s="1"/>
+      <c r="K199" s="1"/>
+    </row>
+    <row r="200" spans="1:11">
+      <c r="A200" s="1"/>
+      <c r="B200" s="1"/>
+      <c r="C200" s="1"/>
+      <c r="D200" s="1"/>
+      <c r="E200" s="1"/>
+      <c r="F200" s="1"/>
+      <c r="G200" s="1"/>
+      <c r="H200" s="1"/>
+      <c r="I200" s="1"/>
+      <c r="J200" s="1"/>
+      <c r="K200" s="1"/>
+    </row>
+    <row r="201" spans="1:11">
+      <c r="A201" s="1"/>
+      <c r="B201" s="1"/>
+      <c r="C201" s="1"/>
+      <c r="D201" s="1"/>
+      <c r="E201" s="1"/>
+      <c r="F201" s="1"/>
+      <c r="G201" s="1"/>
+      <c r="H201" s="1"/>
+      <c r="I201" s="1"/>
+      <c r="J201" s="1"/>
+      <c r="K201" s="1"/>
+    </row>
+    <row r="202" spans="1:11">
+      <c r="A202" s="1"/>
+      <c r="B202" s="1"/>
+      <c r="C202" s="1"/>
+      <c r="D202" s="1"/>
+      <c r="E202" s="1"/>
+      <c r="F202" s="1"/>
+      <c r="G202" s="1"/>
+      <c r="H202" s="1"/>
+      <c r="I202" s="1"/>
+      <c r="J202" s="1"/>
+      <c r="K202" s="1"/>
+    </row>
+    <row r="203" spans="1:11">
+      <c r="A203" s="1"/>
+      <c r="B203" s="1"/>
+      <c r="C203" s="1"/>
+      <c r="D203" s="1"/>
+      <c r="E203" s="1"/>
+      <c r="F203" s="1"/>
+      <c r="G203" s="1"/>
+      <c r="H203" s="1"/>
+      <c r="I203" s="1"/>
+      <c r="J203" s="1"/>
+      <c r="K203" s="1"/>
+    </row>
+    <row r="204" spans="1:11">
+      <c r="A204" s="1"/>
+      <c r="B204" s="1"/>
+      <c r="C204" s="1"/>
+      <c r="D204" s="1"/>
+      <c r="E204" s="1"/>
+      <c r="F204" s="1"/>
+      <c r="G204" s="1"/>
+      <c r="H204" s="1"/>
+      <c r="I204" s="1"/>
+      <c r="J204" s="1"/>
+      <c r="K204" s="1"/>
+    </row>
+    <row r="205" spans="1:11">
+      <c r="A205" s="1"/>
+      <c r="B205" s="1"/>
+      <c r="C205" s="1"/>
+      <c r="D205" s="1"/>
+      <c r="E205" s="1"/>
+      <c r="F205" s="1"/>
+      <c r="G205" s="1"/>
+      <c r="H205" s="1"/>
+      <c r="I205" s="1"/>
+      <c r="J205" s="1"/>
+      <c r="K205" s="1"/>
+    </row>
+    <row r="206" spans="1:11">
+      <c r="A206" s="1"/>
+      <c r="B206" s="1"/>
+      <c r="C206" s="1"/>
+      <c r="D206" s="1"/>
+      <c r="E206" s="1"/>
+      <c r="F206" s="1"/>
+      <c r="G206" s="1"/>
+      <c r="H206" s="1"/>
+      <c r="I206" s="1"/>
+      <c r="J206" s="1"/>
+      <c r="K206" s="1"/>
+    </row>
+    <row r="207" spans="1:11">
+      <c r="A207" s="1"/>
+      <c r="B207" s="1"/>
+      <c r="C207" s="1"/>
+      <c r="D207" s="1"/>
+      <c r="E207" s="1"/>
+      <c r="F207" s="1"/>
+      <c r="G207" s="1"/>
+      <c r="H207" s="1"/>
+      <c r="I207" s="1"/>
+      <c r="J207" s="1"/>
+      <c r="K207" s="1"/>
+    </row>
+    <row r="208" spans="1:11">
+      <c r="A208" s="1"/>
+      <c r="B208" s="1"/>
+      <c r="C208" s="1"/>
+      <c r="D208" s="1"/>
+      <c r="E208" s="1"/>
+      <c r="F208" s="1"/>
+      <c r="G208" s="1"/>
+      <c r="H208" s="1"/>
+      <c r="I208" s="1"/>
+      <c r="J208" s="1"/>
+      <c r="K208" s="1"/>
+    </row>
+    <row r="209" spans="1:11">
+      <c r="A209" s="1"/>
+      <c r="B209" s="1"/>
+      <c r="C209" s="1"/>
+      <c r="D209" s="1"/>
+      <c r="E209" s="1"/>
+      <c r="F209" s="1"/>
+      <c r="G209" s="1"/>
+      <c r="H209" s="1"/>
+      <c r="I209" s="1"/>
+      <c r="J209" s="1"/>
+      <c r="K209" s="1"/>
+    </row>
+    <row r="210" spans="1:11">
+      <c r="A210" s="1"/>
+      <c r="B210" s="1"/>
+      <c r="C210" s="1"/>
+      <c r="D210" s="1"/>
+      <c r="E210" s="1"/>
+      <c r="F210" s="1"/>
+      <c r="G210" s="1"/>
+      <c r="H210" s="1"/>
+      <c r="I210" s="1"/>
+      <c r="J210" s="1"/>
+      <c r="K210" s="1"/>
+    </row>
+    <row r="211" spans="1:11">
+      <c r="A211" s="1"/>
+      <c r="B211" s="1"/>
+      <c r="C211" s="1"/>
+      <c r="D211" s="1"/>
+      <c r="E211" s="1"/>
+      <c r="F211" s="1"/>
+      <c r="G211" s="1"/>
+      <c r="H211" s="1"/>
+      <c r="I211" s="1"/>
+      <c r="J211" s="1"/>
+      <c r="K211" s="1"/>
+    </row>
+    <row r="212" spans="1:11">
+      <c r="A212" s="1"/>
+      <c r="B212" s="1"/>
+      <c r="C212" s="1"/>
+      <c r="D212" s="1"/>
+      <c r="E212" s="1"/>
+      <c r="F212" s="1"/>
+      <c r="G212" s="1"/>
+      <c r="H212" s="1"/>
+      <c r="I212" s="1"/>
+      <c r="J212" s="1"/>
+      <c r="K212" s="1"/>
+    </row>
+    <row r="213" spans="1:11">
+      <c r="A213" s="1"/>
+      <c r="B213" s="1"/>
+      <c r="C213" s="1"/>
+      <c r="D213" s="1"/>
+      <c r="E213" s="1"/>
+      <c r="F213" s="1"/>
+      <c r="G213" s="1"/>
+      <c r="H213" s="1"/>
+      <c r="I213" s="1"/>
+      <c r="J213" s="1"/>
+      <c r="K213" s="1"/>
+    </row>
+    <row r="214" spans="1:11">
+      <c r="A214" s="1"/>
+      <c r="B214" s="1"/>
+      <c r="C214" s="1"/>
+      <c r="D214" s="1"/>
+      <c r="E214" s="1"/>
+      <c r="F214" s="1"/>
+      <c r="G214" s="1"/>
+      <c r="H214" s="1"/>
+      <c r="I214" s="1"/>
+      <c r="J214" s="1"/>
+      <c r="K214" s="1"/>
+    </row>
+    <row r="215" spans="1:11">
+      <c r="A215" s="1"/>
+      <c r="B215" s="1"/>
+      <c r="C215" s="1"/>
+      <c r="D215" s="1"/>
+      <c r="E215" s="1"/>
+      <c r="F215" s="1"/>
+      <c r="G215" s="1"/>
+      <c r="H215" s="1"/>
+      <c r="I215" s="1"/>
+      <c r="J215" s="1"/>
+      <c r="K215" s="1"/>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" s="1"/>
+      <c r="B216" s="1"/>
+      <c r="C216" s="1"/>
+      <c r="D216" s="1"/>
+      <c r="E216" s="1"/>
+      <c r="F216" s="1"/>
+      <c r="G216" s="1"/>
+      <c r="H216" s="1"/>
+      <c r="I216" s="1"/>
+      <c r="J216" s="1"/>
+      <c r="K216" s="1"/>
+    </row>
+    <row r="217" spans="1:11">
+      <c r="A217" s="1"/>
+      <c r="B217" s="1"/>
+      <c r="C217" s="1"/>
+      <c r="D217" s="1"/>
+      <c r="E217" s="1"/>
+      <c r="F217" s="1"/>
+      <c r="G217" s="1"/>
+      <c r="H217" s="1"/>
+      <c r="I217" s="1"/>
+      <c r="J217" s="1"/>
+      <c r="K217" s="1"/>
+    </row>
+    <row r="218" spans="1:11">
+      <c r="A218" s="1"/>
+      <c r="B218" s="1"/>
+      <c r="C218" s="1"/>
+      <c r="D218" s="1"/>
+      <c r="E218" s="1"/>
+      <c r="F218" s="1"/>
+      <c r="G218" s="1"/>
+      <c r="H218" s="1"/>
+      <c r="I218" s="1"/>
+      <c r="J218" s="1"/>
+      <c r="K218" s="1"/>
+    </row>
+    <row r="219" spans="1:11">
+      <c r="A219" s="1"/>
+      <c r="B219" s="1"/>
+      <c r="C219" s="1"/>
+      <c r="D219" s="1"/>
+      <c r="E219" s="1"/>
+      <c r="F219" s="1"/>
+      <c r="G219" s="1"/>
+      <c r="H219" s="1"/>
+      <c r="I219" s="1"/>
+      <c r="J219" s="1"/>
+      <c r="K219" s="1"/>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220" s="1"/>
+      <c r="B220" s="1"/>
+      <c r="C220" s="1"/>
+      <c r="D220" s="1"/>
+      <c r="E220" s="1"/>
+      <c r="F220" s="1"/>
+      <c r="G220" s="1"/>
+      <c r="H220" s="1"/>
+      <c r="I220" s="1"/>
+      <c r="J220" s="1"/>
+      <c r="K220" s="1"/>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" s="1"/>
+      <c r="B221" s="1"/>
+      <c r="C221" s="1"/>
+      <c r="D221" s="1"/>
+      <c r="E221" s="1"/>
+      <c r="F221" s="1"/>
+      <c r="G221" s="1"/>
+      <c r="H221" s="1"/>
+      <c r="I221" s="1"/>
+      <c r="J221" s="1"/>
+      <c r="K221" s="1"/>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" s="1"/>
+      <c r="B222" s="1"/>
+      <c r="C222" s="1"/>
+      <c r="D222" s="1"/>
+      <c r="E222" s="1"/>
+      <c r="F222" s="1"/>
+      <c r="G222" s="1"/>
+      <c r="H222" s="1"/>
+      <c r="I222" s="1"/>
+      <c r="J222" s="1"/>
+      <c r="K222" s="1"/>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" s="1"/>
+      <c r="B223" s="1"/>
+      <c r="C223" s="1"/>
+      <c r="D223" s="1"/>
+      <c r="E223" s="1"/>
+      <c r="F223" s="1"/>
+      <c r="G223" s="1"/>
+      <c r="H223" s="1"/>
+      <c r="I223" s="1"/>
+      <c r="J223" s="1"/>
+      <c r="K223" s="1"/>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224" s="1"/>
+      <c r="B224" s="1"/>
+      <c r="C224" s="1"/>
+      <c r="D224" s="1"/>
+      <c r="E224" s="1"/>
+      <c r="F224" s="1"/>
+      <c r="G224" s="1"/>
+      <c r="H224" s="1"/>
+      <c r="I224" s="1"/>
+      <c r="J224" s="1"/>
+      <c r="K224" s="1"/>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225" s="1"/>
+      <c r="B225" s="1"/>
+      <c r="C225" s="1"/>
+      <c r="D225" s="1"/>
+      <c r="E225" s="1"/>
+      <c r="F225" s="1"/>
+      <c r="G225" s="1"/>
+      <c r="H225" s="1"/>
+      <c r="I225" s="1"/>
+      <c r="J225" s="1"/>
+      <c r="K225" s="1"/>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226" s="1"/>
+      <c r="B226" s="1"/>
+      <c r="C226" s="1"/>
+      <c r="D226" s="1"/>
+      <c r="E226" s="1"/>
+      <c r="F226" s="1"/>
+      <c r="G226" s="1"/>
+      <c r="H226" s="1"/>
+      <c r="I226" s="1"/>
+      <c r="J226" s="1"/>
+      <c r="K226" s="1"/>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227" s="1"/>
+      <c r="B227" s="1"/>
+      <c r="C227" s="1"/>
+      <c r="D227" s="1"/>
+      <c r="E227" s="1"/>
+      <c r="F227" s="1"/>
+      <c r="G227" s="1"/>
+      <c r="H227" s="1"/>
+      <c r="I227" s="1"/>
+      <c r="J227" s="1"/>
+      <c r="K227" s="1"/>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228" s="1"/>
+      <c r="B228" s="1"/>
+      <c r="C228" s="1"/>
+      <c r="D228" s="1"/>
+      <c r="E228" s="1"/>
+      <c r="F228" s="1"/>
+      <c r="G228" s="1"/>
+      <c r="H228" s="1"/>
+      <c r="I228" s="1"/>
+      <c r="J228" s="1"/>
+      <c r="K228" s="1"/>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229" s="1"/>
+      <c r="B229" s="1"/>
+      <c r="C229" s="1"/>
+      <c r="D229" s="1"/>
+      <c r="E229" s="1"/>
+      <c r="F229" s="1"/>
+      <c r="G229" s="1"/>
+      <c r="H229" s="1"/>
+      <c r="I229" s="1"/>
+      <c r="J229" s="1"/>
+      <c r="K229" s="1"/>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230" s="1"/>
+      <c r="B230" s="1"/>
+      <c r="C230" s="1"/>
+      <c r="D230" s="1"/>
+      <c r="E230" s="1"/>
+      <c r="F230" s="1"/>
+      <c r="G230" s="1"/>
+      <c r="H230" s="1"/>
+      <c r="I230" s="1"/>
+      <c r="J230" s="1"/>
+      <c r="K230" s="1"/>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231" s="1"/>
+      <c r="B231" s="1"/>
+      <c r="C231" s="1"/>
+      <c r="D231" s="1"/>
+      <c r="E231" s="1"/>
+      <c r="F231" s="1"/>
+      <c r="G231" s="1"/>
+      <c r="H231" s="1"/>
+      <c r="I231" s="1"/>
+      <c r="J231" s="1"/>
+      <c r="K231" s="1"/>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232" s="1"/>
+      <c r="B232" s="1"/>
+      <c r="C232" s="1"/>
+      <c r="D232" s="1"/>
+      <c r="E232" s="1"/>
+      <c r="F232" s="1"/>
+      <c r="G232" s="1"/>
+      <c r="H232" s="1"/>
+      <c r="I232" s="1"/>
+      <c r="J232" s="1"/>
+      <c r="K232" s="1"/>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233" s="1"/>
+      <c r="B233" s="1"/>
+      <c r="C233" s="1"/>
+      <c r="D233" s="1"/>
+      <c r="E233" s="1"/>
+      <c r="F233" s="1"/>
+      <c r="G233" s="1"/>
+      <c r="H233" s="1"/>
+      <c r="I233" s="1"/>
+      <c r="J233" s="1"/>
+      <c r="K233" s="1"/>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234" s="1"/>
+      <c r="B234" s="1"/>
+      <c r="C234" s="1"/>
+      <c r="D234" s="1"/>
+      <c r="E234" s="1"/>
+      <c r="F234" s="1"/>
+      <c r="G234" s="1"/>
+      <c r="H234" s="1"/>
+      <c r="I234" s="1"/>
+      <c r="J234" s="1"/>
+      <c r="K234" s="1"/>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" s="1"/>
+      <c r="B235" s="1"/>
+      <c r="C235" s="1"/>
+      <c r="D235" s="1"/>
+      <c r="E235" s="1"/>
+      <c r="F235" s="1"/>
+      <c r="G235" s="1"/>
+      <c r="H235" s="1"/>
+      <c r="I235" s="1"/>
+      <c r="J235" s="1"/>
+      <c r="K235" s="1"/>
+    </row>
+    <row r="236" spans="1:11">
+      <c r="A236" s="1"/>
+      <c r="B236" s="1"/>
+      <c r="C236" s="1"/>
+      <c r="D236" s="1"/>
+      <c r="E236" s="1"/>
+      <c r="F236" s="1"/>
+      <c r="G236" s="1"/>
+      <c r="H236" s="1"/>
+      <c r="I236" s="1"/>
+      <c r="J236" s="1"/>
+      <c r="K236" s="1"/>
+    </row>
+    <row r="237" spans="1:11">
+      <c r="A237" s="1"/>
+      <c r="B237" s="1"/>
+      <c r="C237" s="1"/>
+      <c r="D237" s="1"/>
+      <c r="E237" s="1"/>
+      <c r="F237" s="1"/>
+      <c r="G237" s="1"/>
+      <c r="H237" s="1"/>
+      <c r="I237" s="1"/>
+      <c r="J237" s="1"/>
+      <c r="K237" s="1"/>
+    </row>
+    <row r="238" spans="1:11">
+      <c r="A238" s="1"/>
+      <c r="B238" s="1"/>
+      <c r="C238" s="1"/>
+      <c r="D238" s="1"/>
+      <c r="E238" s="1"/>
+      <c r="F238" s="1"/>
+      <c r="G238" s="1"/>
+      <c r="H238" s="1"/>
+      <c r="I238" s="1"/>
+      <c r="J238" s="1"/>
+      <c r="K238" s="1"/>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239" s="1"/>
+      <c r="B239" s="1"/>
+      <c r="C239" s="1"/>
+      <c r="D239" s="1"/>
+      <c r="E239" s="1"/>
+      <c r="F239" s="1"/>
+      <c r="G239" s="1"/>
+      <c r="H239" s="1"/>
+      <c r="I239" s="1"/>
+      <c r="J239" s="1"/>
+      <c r="K239" s="1"/>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" s="1"/>
+      <c r="B240" s="1"/>
+      <c r="C240" s="1"/>
+      <c r="D240" s="1"/>
+      <c r="E240" s="1"/>
+      <c r="F240" s="1"/>
+      <c r="G240" s="1"/>
+      <c r="H240" s="1"/>
+      <c r="I240" s="1"/>
+      <c r="J240" s="1"/>
+      <c r="K240" s="1"/>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" s="1"/>
+      <c r="B241" s="1"/>
+      <c r="C241" s="1"/>
+      <c r="D241" s="1"/>
+      <c r="E241" s="1"/>
+      <c r="F241" s="1"/>
+      <c r="G241" s="1"/>
+      <c r="H241" s="1"/>
+      <c r="I241" s="1"/>
+      <c r="J241" s="1"/>
+      <c r="K241" s="1"/>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242" s="1"/>
+      <c r="B242" s="1"/>
+      <c r="C242" s="1"/>
+      <c r="D242" s="1"/>
+      <c r="E242" s="1"/>
+      <c r="F242" s="1"/>
+      <c r="G242" s="1"/>
+      <c r="H242" s="1"/>
+      <c r="I242" s="1"/>
+      <c r="J242" s="1"/>
+      <c r="K242" s="1"/>
+    </row>
+    <row r="243" spans="1:11">
+      <c r="A243" s="1"/>
+      <c r="B243" s="1"/>
+      <c r="C243" s="1"/>
+      <c r="D243" s="1"/>
+      <c r="E243" s="1"/>
+      <c r="F243" s="1"/>
+      <c r="G243" s="1"/>
+      <c r="H243" s="1"/>
+      <c r="I243" s="1"/>
+      <c r="J243" s="1"/>
+      <c r="K243" s="1"/>
+    </row>
+    <row r="244" spans="1:11">
+      <c r="A244" s="1"/>
+      <c r="B244" s="1"/>
+      <c r="C244" s="1"/>
+      <c r="D244" s="1"/>
+      <c r="E244" s="1"/>
+      <c r="F244" s="1"/>
+      <c r="G244" s="1"/>
+      <c r="H244" s="1"/>
+      <c r="I244" s="1"/>
+      <c r="J244" s="1"/>
+      <c r="K244" s="1"/>
+    </row>
+    <row r="245" spans="1:11">
+      <c r="A245" s="1"/>
+      <c r="B245" s="1"/>
+      <c r="C245" s="1"/>
+      <c r="D245" s="1"/>
+      <c r="E245" s="1"/>
+      <c r="F245" s="1"/>
+      <c r="G245" s="1"/>
+      <c r="H245" s="1"/>
+      <c r="I245" s="1"/>
+      <c r="J245" s="1"/>
+      <c r="K245" s="1"/>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246" s="1"/>
+      <c r="B246" s="1"/>
+      <c r="C246" s="1"/>
+      <c r="D246" s="1"/>
+      <c r="E246" s="1"/>
+      <c r="F246" s="1"/>
+      <c r="G246" s="1"/>
+      <c r="H246" s="1"/>
+      <c r="I246" s="1"/>
+      <c r="J246" s="1"/>
+      <c r="K246" s="1"/>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" s="1"/>
+      <c r="B247" s="1"/>
+      <c r="C247" s="1"/>
+      <c r="D247" s="1"/>
+      <c r="E247" s="1"/>
+      <c r="F247" s="1"/>
+      <c r="G247" s="1"/>
+      <c r="H247" s="1"/>
+      <c r="I247" s="1"/>
+      <c r="J247" s="1"/>
+      <c r="K247" s="1"/>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248" s="1"/>
+      <c r="B248" s="1"/>
+      <c r="C248" s="1"/>
+      <c r="D248" s="1"/>
+      <c r="E248" s="1"/>
+      <c r="F248" s="1"/>
+      <c r="G248" s="1"/>
+      <c r="H248" s="1"/>
+      <c r="I248" s="1"/>
+      <c r="J248" s="1"/>
+      <c r="K248" s="1"/>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249" s="1"/>
+      <c r="B249" s="1"/>
+      <c r="C249" s="1"/>
+      <c r="D249" s="1"/>
+      <c r="E249" s="1"/>
+      <c r="F249" s="1"/>
+      <c r="G249" s="1"/>
+      <c r="H249" s="1"/>
+      <c r="I249" s="1"/>
+      <c r="J249" s="1"/>
+      <c r="K249" s="1"/>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" s="1"/>
+      <c r="B250" s="1"/>
+      <c r="C250" s="1"/>
+      <c r="D250" s="1"/>
+      <c r="E250" s="1"/>
+      <c r="F250" s="1"/>
+      <c r="G250" s="1"/>
+      <c r="H250" s="1"/>
+      <c r="I250" s="1"/>
+      <c r="J250" s="1"/>
+      <c r="K250" s="1"/>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251" s="1"/>
+      <c r="B251" s="1"/>
+      <c r="C251" s="1"/>
+      <c r="D251" s="1"/>
+      <c r="E251" s="1"/>
+      <c r="F251" s="1"/>
+      <c r="G251" s="1"/>
+      <c r="H251" s="1"/>
+      <c r="I251" s="1"/>
+      <c r="J251" s="1"/>
+      <c r="K251" s="1"/>
+    </row>
+    <row r="252" spans="1:11">
+      <c r="A252" s="1"/>
+      <c r="B252" s="1"/>
+      <c r="C252" s="1"/>
+      <c r="D252" s="1"/>
+      <c r="E252" s="1"/>
+      <c r="F252" s="1"/>
+      <c r="G252" s="1"/>
+      <c r="H252" s="1"/>
+      <c r="I252" s="1"/>
+      <c r="J252" s="1"/>
+      <c r="K252" s="1"/>
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253" s="1"/>
+      <c r="B253" s="1"/>
+      <c r="C253" s="1"/>
+      <c r="D253" s="1"/>
+      <c r="E253" s="1"/>
+      <c r="F253" s="1"/>
+      <c r="G253" s="1"/>
+      <c r="H253" s="1"/>
+      <c r="I253" s="1"/>
+      <c r="J253" s="1"/>
+      <c r="K253" s="1"/>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" s="1"/>
+      <c r="B254" s="1"/>
+      <c r="C254" s="1"/>
+      <c r="D254" s="1"/>
+      <c r="E254" s="1"/>
+      <c r="F254" s="1"/>
+      <c r="G254" s="1"/>
+      <c r="H254" s="1"/>
+      <c r="I254" s="1"/>
+      <c r="J254" s="1"/>
+      <c r="K254" s="1"/>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255" s="1"/>
+      <c r="B255" s="1"/>
+      <c r="C255" s="1"/>
+      <c r="D255" s="1"/>
+      <c r="E255" s="1"/>
+      <c r="F255" s="1"/>
+      <c r="G255" s="1"/>
+      <c r="H255" s="1"/>
+      <c r="I255" s="1"/>
+      <c r="J255" s="1"/>
+      <c r="K255" s="1"/>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256" s="1"/>
+      <c r="B256" s="1"/>
+      <c r="C256" s="1"/>
+      <c r="D256" s="1"/>
+      <c r="E256" s="1"/>
+      <c r="F256" s="1"/>
+      <c r="G256" s="1"/>
+      <c r="H256" s="1"/>
+      <c r="I256" s="1"/>
+      <c r="J256" s="1"/>
+      <c r="K256" s="1"/>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257" s="1"/>
+      <c r="B257" s="1"/>
+      <c r="C257" s="1"/>
+      <c r="D257" s="1"/>
+      <c r="E257" s="1"/>
+      <c r="F257" s="1"/>
+      <c r="G257" s="1"/>
+      <c r="H257" s="1"/>
+      <c r="I257" s="1"/>
+      <c r="J257" s="1"/>
+      <c r="K257" s="1"/>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258" s="1"/>
+      <c r="B258" s="1"/>
+      <c r="C258" s="1"/>
+      <c r="D258" s="1"/>
+      <c r="E258" s="1"/>
+      <c r="F258" s="1"/>
+      <c r="G258" s="1"/>
+      <c r="H258" s="1"/>
+      <c r="I258" s="1"/>
+      <c r="J258" s="1"/>
+      <c r="K258" s="1"/>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259" s="1"/>
+      <c r="B259" s="1"/>
+      <c r="C259" s="1"/>
+      <c r="D259" s="1"/>
+      <c r="E259" s="1"/>
+      <c r="F259" s="1"/>
+      <c r="G259" s="1"/>
+      <c r="H259" s="1"/>
+      <c r="I259" s="1"/>
+      <c r="J259" s="1"/>
+      <c r="K259" s="1"/>
+    </row>
+    <row r="260" spans="1:11">
+      <c r="A260" s="1"/>
+      <c r="B260" s="1"/>
+      <c r="C260" s="1"/>
+      <c r="D260" s="1"/>
+      <c r="E260" s="1"/>
+      <c r="F260" s="1"/>
+      <c r="G260" s="1"/>
+      <c r="H260" s="1"/>
+      <c r="I260" s="1"/>
+      <c r="J260" s="1"/>
+      <c r="K260" s="1"/>
+    </row>
+    <row r="261" spans="1:11">
+      <c r="A261" s="1"/>
+      <c r="B261" s="1"/>
+      <c r="C261" s="1"/>
+      <c r="D261" s="1"/>
+      <c r="E261" s="1"/>
+      <c r="F261" s="1"/>
+      <c r="G261" s="1"/>
+      <c r="H261" s="1"/>
+      <c r="I261" s="1"/>
+      <c r="J261" s="1"/>
+      <c r="K261" s="1"/>
+    </row>
+    <row r="262" spans="1:11">
+      <c r="A262" s="1"/>
+      <c r="B262" s="1"/>
+      <c r="C262" s="1"/>
+      <c r="D262" s="1"/>
+      <c r="E262" s="1"/>
+      <c r="F262" s="1"/>
+      <c r="G262" s="1"/>
+      <c r="H262" s="1"/>
+      <c r="I262" s="1"/>
+      <c r="J262" s="1"/>
+      <c r="K262" s="1"/>
+    </row>
+    <row r="263" spans="1:11">
+      <c r="A263" s="1"/>
+      <c r="B263" s="1"/>
+      <c r="C263" s="1"/>
+      <c r="D263" s="1"/>
+      <c r="E263" s="1"/>
+      <c r="F263" s="1"/>
+      <c r="G263" s="1"/>
+      <c r="H263" s="1"/>
+      <c r="I263" s="1"/>
+      <c r="J263" s="1"/>
+      <c r="K263" s="1"/>
+    </row>
+    <row r="264" spans="1:11">
+      <c r="A264" s="1"/>
+      <c r="B264" s="1"/>
+      <c r="C264" s="1"/>
+      <c r="D264" s="1"/>
+      <c r="E264" s="1"/>
+      <c r="F264" s="1"/>
+      <c r="G264" s="1"/>
+      <c r="H264" s="1"/>
+      <c r="I264" s="1"/>
+      <c r="J264" s="1"/>
+      <c r="K264" s="1"/>
+    </row>
+    <row r="265" spans="1:11">
+      <c r="A265" s="1"/>
+      <c r="B265" s="1"/>
+      <c r="C265" s="1"/>
+      <c r="D265" s="1"/>
+      <c r="E265" s="1"/>
+      <c r="F265" s="1"/>
+      <c r="G265" s="1"/>
+      <c r="H265" s="1"/>
+      <c r="I265" s="1"/>
+      <c r="J265" s="1"/>
+      <c r="K265" s="1"/>
+    </row>
+    <row r="266" spans="1:11">
+      <c r="A266" s="1"/>
+      <c r="B266" s="1"/>
+      <c r="C266" s="1"/>
+      <c r="D266" s="1"/>
+      <c r="E266" s="1"/>
+      <c r="F266" s="1"/>
+      <c r="G266" s="1"/>
+      <c r="H266" s="1"/>
+      <c r="I266" s="1"/>
+      <c r="J266" s="1"/>
+      <c r="K266" s="1"/>
+    </row>
+    <row r="267" spans="1:11">
+      <c r="A267" s="1"/>
+      <c r="B267" s="1"/>
+      <c r="C267" s="1"/>
+      <c r="D267" s="1"/>
+      <c r="E267" s="1"/>
+      <c r="F267" s="1"/>
+      <c r="G267" s="1"/>
+      <c r="H267" s="1"/>
+      <c r="I267" s="1"/>
+      <c r="J267" s="1"/>
+      <c r="K267" s="1"/>
+    </row>
+    <row r="268" spans="1:11">
+      <c r="A268" s="1"/>
+      <c r="B268" s="1"/>
+      <c r="C268" s="1"/>
+      <c r="D268" s="1"/>
+      <c r="E268" s="1"/>
+      <c r="F268" s="1"/>
+      <c r="G268" s="1"/>
+      <c r="H268" s="1"/>
+      <c r="I268" s="1"/>
+      <c r="J268" s="1"/>
+      <c r="K268" s="1"/>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" s="1"/>
+      <c r="B269" s="1"/>
+      <c r="C269" s="1"/>
+      <c r="D269" s="1"/>
+      <c r="E269" s="1"/>
+      <c r="F269" s="1"/>
+      <c r="G269" s="1"/>
+      <c r="H269" s="1"/>
+      <c r="I269" s="1"/>
+      <c r="J269" s="1"/>
+      <c r="K269" s="1"/>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" s="1"/>
+      <c r="B270" s="1"/>
+      <c r="C270" s="1"/>
+      <c r="D270" s="1"/>
+      <c r="E270" s="1"/>
+      <c r="F270" s="1"/>
+      <c r="G270" s="1"/>
+      <c r="H270" s="1"/>
+      <c r="I270" s="1"/>
+      <c r="J270" s="1"/>
+      <c r="K270" s="1"/>
+    </row>
+    <row r="271" spans="1:11">
+      <c r="A271" s="1"/>
+      <c r="B271" s="1"/>
+      <c r="C271" s="1"/>
+      <c r="D271" s="1"/>
+      <c r="E271" s="1"/>
+      <c r="F271" s="1"/>
+      <c r="G271" s="1"/>
+      <c r="H271" s="1"/>
+      <c r="I271" s="1"/>
+      <c r="J271" s="1"/>
+      <c r="K271" s="1"/>
+    </row>
+    <row r="272" spans="1:11">
+      <c r="A272" s="1"/>
+      <c r="B272" s="1"/>
+      <c r="C272" s="1"/>
+      <c r="D272" s="1"/>
+      <c r="E272" s="1"/>
+      <c r="F272" s="1"/>
+      <c r="G272" s="1"/>
+      <c r="H272" s="1"/>
+      <c r="I272" s="1"/>
+      <c r="J272" s="1"/>
+      <c r="K272" s="1"/>
+    </row>
+    <row r="273" spans="1:11">
+      <c r="A273" s="1"/>
+      <c r="B273" s="1"/>
+      <c r="C273" s="1"/>
+      <c r="D273" s="1"/>
+      <c r="E273" s="1"/>
+      <c r="F273" s="1"/>
+      <c r="G273" s="1"/>
+      <c r="H273" s="1"/>
+      <c r="I273" s="1"/>
+      <c r="J273" s="1"/>
+      <c r="K273" s="1"/>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" s="1"/>
+      <c r="B274" s="1"/>
+      <c r="C274" s="1"/>
+      <c r="D274" s="1"/>
+      <c r="E274" s="1"/>
+      <c r="F274" s="1"/>
+      <c r="G274" s="1"/>
+      <c r="H274" s="1"/>
+      <c r="I274" s="1"/>
+      <c r="J274" s="1"/>
+      <c r="K274" s="1"/>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" s="1"/>
+      <c r="B275" s="1"/>
+      <c r="C275" s="1"/>
+      <c r="D275" s="1"/>
+      <c r="E275" s="1"/>
+      <c r="F275" s="1"/>
+      <c r="G275" s="1"/>
+      <c r="H275" s="1"/>
+      <c r="I275" s="1"/>
+      <c r="J275" s="1"/>
+      <c r="K275" s="1"/>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" s="1"/>
+      <c r="B276" s="1"/>
+      <c r="C276" s="1"/>
+      <c r="D276" s="1"/>
+      <c r="E276" s="1"/>
+      <c r="F276" s="1"/>
+      <c r="G276" s="1"/>
+      <c r="H276" s="1"/>
+      <c r="I276" s="1"/>
+      <c r="J276" s="1"/>
+      <c r="K276" s="1"/>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" s="1"/>
+      <c r="B277" s="1"/>
+      <c r="C277" s="1"/>
+      <c r="D277" s="1"/>
+      <c r="E277" s="1"/>
+      <c r="F277" s="1"/>
+      <c r="G277" s="1"/>
+      <c r="H277" s="1"/>
+      <c r="I277" s="1"/>
+      <c r="J277" s="1"/>
+      <c r="K277" s="1"/>
+    </row>
+    <row r="278" spans="1:11">
+      <c r="A278" s="1"/>
+      <c r="B278" s="1"/>
+      <c r="C278" s="1"/>
+      <c r="D278" s="1"/>
+      <c r="E278" s="1"/>
+      <c r="F278" s="1"/>
+      <c r="G278" s="1"/>
+      <c r="H278" s="1"/>
+      <c r="I278" s="1"/>
+      <c r="J278" s="1"/>
+      <c r="K278" s="1"/>
+    </row>
+    <row r="279" spans="1:11">
+      <c r="A279" s="1"/>
+      <c r="B279" s="1"/>
+      <c r="C279" s="1"/>
+      <c r="D279" s="1"/>
+      <c r="E279" s="1"/>
+      <c r="F279" s="1"/>
+      <c r="G279" s="1"/>
+      <c r="H279" s="1"/>
+      <c r="I279" s="1"/>
+      <c r="J279" s="1"/>
+      <c r="K279" s="1"/>
+    </row>
+    <row r="280" spans="1:11">
+      <c r="A280" s="1"/>
+      <c r="B280" s="1"/>
+      <c r="C280" s="1"/>
+      <c r="D280" s="1"/>
+      <c r="E280" s="1"/>
+      <c r="F280" s="1"/>
+      <c r="G280" s="1"/>
+      <c r="H280" s="1"/>
+      <c r="I280" s="1"/>
+      <c r="J280" s="1"/>
+      <c r="K280" s="1"/>
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" s="1"/>
+      <c r="B281" s="1"/>
+      <c r="C281" s="1"/>
+      <c r="D281" s="1"/>
+      <c r="E281" s="1"/>
+      <c r="F281" s="1"/>
+      <c r="G281" s="1"/>
+      <c r="H281" s="1"/>
+      <c r="I281" s="1"/>
+      <c r="J281" s="1"/>
+      <c r="K281" s="1"/>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" s="1"/>
+      <c r="B282" s="1"/>
+      <c r="C282" s="1"/>
+      <c r="D282" s="1"/>
+      <c r="E282" s="1"/>
+      <c r="F282" s="1"/>
+      <c r="G282" s="1"/>
+      <c r="H282" s="1"/>
+      <c r="I282" s="1"/>
+      <c r="J282" s="1"/>
+      <c r="K282" s="1"/>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" s="1"/>
+      <c r="B283" s="1"/>
+      <c r="C283" s="1"/>
+      <c r="D283" s="1"/>
+      <c r="E283" s="1"/>
+      <c r="F283" s="1"/>
+      <c r="G283" s="1"/>
+      <c r="H283" s="1"/>
+      <c r="I283" s="1"/>
+      <c r="J283" s="1"/>
+      <c r="K283" s="1"/>
+    </row>
+    <row r="284" spans="1:11">
+      <c r="A284" s="1"/>
+      <c r="B284" s="1"/>
+      <c r="C284" s="1"/>
+      <c r="D284" s="1"/>
+      <c r="E284" s="1"/>
+      <c r="F284" s="1"/>
+      <c r="G284" s="1"/>
+      <c r="H284" s="1"/>
+      <c r="I284" s="1"/>
+      <c r="J284" s="1"/>
+      <c r="K284" s="1"/>
+    </row>
+    <row r="285" spans="1:11">
+      <c r="A285" s="1"/>
+      <c r="B285" s="1"/>
+      <c r="C285" s="1"/>
+      <c r="D285" s="1"/>
+      <c r="E285" s="1"/>
+      <c r="F285" s="1"/>
+      <c r="G285" s="1"/>
+      <c r="H285" s="1"/>
+      <c r="I285" s="1"/>
+      <c r="J285" s="1"/>
+      <c r="K285" s="1"/>
+    </row>
+    <row r="286" spans="1:11">
+      <c r="A286" s="1"/>
+      <c r="B286" s="1"/>
+      <c r="C286" s="1"/>
+      <c r="D286" s="1"/>
+      <c r="E286" s="1"/>
+      <c r="F286" s="1"/>
+      <c r="G286" s="1"/>
+      <c r="H286" s="1"/>
+      <c r="I286" s="1"/>
+      <c r="J286" s="1"/>
+      <c r="K286" s="1"/>
+    </row>
+    <row r="287" spans="1:11">
+      <c r="A287" s="1"/>
+      <c r="B287" s="1"/>
+      <c r="C287" s="1"/>
+      <c r="D287" s="1"/>
+      <c r="E287" s="1"/>
+      <c r="F287" s="1"/>
+      <c r="G287" s="1"/>
+      <c r="H287" s="1"/>
+      <c r="I287" s="1"/>
+      <c r="J287" s="1"/>
+      <c r="K287" s="1"/>
+    </row>
+    <row r="288" spans="1:11">
+      <c r="A288" s="1"/>
+      <c r="B288" s="1"/>
+      <c r="C288" s="1"/>
+      <c r="D288" s="1"/>
+      <c r="E288" s="1"/>
+      <c r="F288" s="1"/>
+      <c r="G288" s="1"/>
+      <c r="H288" s="1"/>
+      <c r="I288" s="1"/>
+      <c r="J288" s="1"/>
+      <c r="K288" s="1"/>
+    </row>
+    <row r="289" spans="1:11">
+      <c r="A289" s="1"/>
+      <c r="B289" s="1"/>
+      <c r="C289" s="1"/>
+      <c r="D289" s="1"/>
+      <c r="E289" s="1"/>
+      <c r="F289" s="1"/>
+      <c r="G289" s="1"/>
+      <c r="H289" s="1"/>
+      <c r="I289" s="1"/>
+      <c r="J289" s="1"/>
+      <c r="K289" s="1"/>
+    </row>
+    <row r="290" spans="1:11">
+      <c r="A290" s="1"/>
+      <c r="B290" s="1"/>
+      <c r="C290" s="1"/>
+      <c r="D290" s="1"/>
+      <c r="E290" s="1"/>
+      <c r="F290" s="1"/>
+      <c r="G290" s="1"/>
+      <c r="H290" s="1"/>
+      <c r="I290" s="1"/>
+      <c r="J290" s="1"/>
+      <c r="K290" s="1"/>
+    </row>
+    <row r="291" spans="1:11">
+      <c r="A291" s="1"/>
+      <c r="B291" s="1"/>
+      <c r="C291" s="1"/>
+      <c r="D291" s="1"/>
+      <c r="E291" s="1"/>
+      <c r="F291" s="1"/>
+      <c r="G291" s="1"/>
+      <c r="H291" s="1"/>
+      <c r="I291" s="1"/>
+      <c r="J291" s="1"/>
+      <c r="K291" s="1"/>
+    </row>
+    <row r="292" spans="1:11">
+      <c r="A292" s="1"/>
+      <c r="B292" s="1"/>
+      <c r="C292" s="1"/>
+      <c r="D292" s="1"/>
+      <c r="E292" s="1"/>
+      <c r="F292" s="1"/>
+      <c r="G292" s="1"/>
+      <c r="H292" s="1"/>
+      <c r="I292" s="1"/>
+      <c r="J292" s="1"/>
+      <c r="K292" s="1"/>
+    </row>
+    <row r="293" spans="1:11">
+      <c r="A293" s="1"/>
+      <c r="B293" s="1"/>
+      <c r="C293" s="1"/>
+      <c r="D293" s="1"/>
+      <c r="E293" s="1"/>
+      <c r="F293" s="1"/>
+      <c r="G293" s="1"/>
+      <c r="H293" s="1"/>
+      <c r="I293" s="1"/>
+      <c r="J293" s="1"/>
+      <c r="K293" s="1"/>
+    </row>
+    <row r="294" spans="1:11">
+      <c r="A294" s="1"/>
+      <c r="B294" s="1"/>
+      <c r="C294" s="1"/>
+      <c r="D294" s="1"/>
+      <c r="E294" s="1"/>
+      <c r="F294" s="1"/>
+      <c r="G294" s="1"/>
+      <c r="H294" s="1"/>
+      <c r="I294" s="1"/>
+      <c r="J294" s="1"/>
+      <c r="K294" s="1"/>
+    </row>
+    <row r="295" spans="1:11">
+      <c r="A295" s="1"/>
+      <c r="B295" s="1"/>
+      <c r="C295" s="1"/>
+      <c r="D295" s="1"/>
+      <c r="E295" s="1"/>
+      <c r="F295" s="1"/>
+      <c r="G295" s="1"/>
+      <c r="H295" s="1"/>
+      <c r="I295" s="1"/>
+      <c r="J295" s="1"/>
+      <c r="K295" s="1"/>
+    </row>
+    <row r="296" spans="1:11">
+      <c r="A296" s="1"/>
+      <c r="B296" s="1"/>
+      <c r="C296" s="1"/>
+      <c r="D296" s="1"/>
+      <c r="E296" s="1"/>
+      <c r="F296" s="1"/>
+      <c r="G296" s="1"/>
+      <c r="H296" s="1"/>
+      <c r="I296" s="1"/>
+      <c r="J296" s="1"/>
+      <c r="K296" s="1"/>
+    </row>
+    <row r="297" spans="1:11">
+      <c r="A297" s="1"/>
+      <c r="B297" s="1"/>
+      <c r="C297" s="1"/>
+      <c r="D297" s="1"/>
+      <c r="E297" s="1"/>
+      <c r="F297" s="1"/>
+      <c r="G297" s="1"/>
+      <c r="H297" s="1"/>
+      <c r="I297" s="1"/>
+      <c r="J297" s="1"/>
+      <c r="K297" s="1"/>
+    </row>
+    <row r="298" spans="1:11">
+      <c r="A298" s="1"/>
+      <c r="B298" s="1"/>
+      <c r="C298" s="1"/>
+      <c r="D298" s="1"/>
+      <c r="E298" s="1"/>
+      <c r="F298" s="1"/>
+      <c r="G298" s="1"/>
+      <c r="H298" s="1"/>
+      <c r="I298" s="1"/>
+      <c r="J298" s="1"/>
+      <c r="K298" s="1"/>
+    </row>
+    <row r="299" spans="1:11">
+      <c r="A299" s="1"/>
+      <c r="B299" s="1"/>
+      <c r="C299" s="1"/>
+      <c r="D299" s="1"/>
+      <c r="E299" s="1"/>
+      <c r="F299" s="1"/>
+      <c r="G299" s="1"/>
+      <c r="H299" s="1"/>
+      <c r="I299" s="1"/>
+      <c r="J299" s="1"/>
+      <c r="K299" s="1"/>
+    </row>
+    <row r="300" spans="1:11">
+      <c r="A300" s="1"/>
+      <c r="B300" s="1"/>
+      <c r="C300" s="1"/>
+      <c r="D300" s="1"/>
+      <c r="E300" s="1"/>
+      <c r="F300" s="1"/>
+      <c r="G300" s="1"/>
+      <c r="H300" s="1"/>
+      <c r="I300" s="1"/>
+      <c r="J300" s="1"/>
+      <c r="K300" s="1"/>
+    </row>
+    <row r="301" spans="1:11">
+      <c r="A301" s="1"/>
+      <c r="B301" s="1"/>
+      <c r="C301" s="1"/>
+      <c r="D301" s="1"/>
+      <c r="E301" s="1"/>
+      <c r="F301" s="1"/>
+      <c r="G301" s="1"/>
+      <c r="H301" s="1"/>
+      <c r="I301" s="1"/>
+      <c r="J301" s="1"/>
+      <c r="K301" s="1"/>
+    </row>
+    <row r="302" spans="1:11">
+      <c r="A302" s="1"/>
+      <c r="B302" s="1"/>
+      <c r="C302" s="1"/>
+      <c r="D302" s="1"/>
+      <c r="E302" s="1"/>
+      <c r="F302" s="1"/>
+      <c r="G302" s="1"/>
+      <c r="H302" s="1"/>
+      <c r="I302" s="1"/>
+      <c r="J302" s="1"/>
+      <c r="K302" s="1"/>
+    </row>
+    <row r="303" spans="1:11">
+      <c r="A303" s="1"/>
+      <c r="B303" s="1"/>
+      <c r="C303" s="1"/>
+      <c r="D303" s="1"/>
+      <c r="E303" s="1"/>
+      <c r="F303" s="1"/>
+      <c r="G303" s="1"/>
+      <c r="H303" s="1"/>
+      <c r="I303" s="1"/>
+      <c r="J303" s="1"/>
+      <c r="K303" s="1"/>
+    </row>
+    <row r="304" spans="1:11">
+      <c r="A304" s="1"/>
+      <c r="B304" s="1"/>
+      <c r="C304" s="1"/>
+      <c r="D304" s="1"/>
+      <c r="E304" s="1"/>
+      <c r="F304" s="1"/>
+      <c r="G304" s="1"/>
+      <c r="H304" s="1"/>
+      <c r="I304" s="1"/>
+      <c r="J304" s="1"/>
+      <c r="K304" s="1"/>
+    </row>
+    <row r="305" spans="1:11">
+      <c r="A305" s="1"/>
+      <c r="B305" s="1"/>
+      <c r="C305" s="1"/>
+      <c r="D305" s="1"/>
+      <c r="E305" s="1"/>
+      <c r="F305" s="1"/>
+      <c r="G305" s="1"/>
+      <c r="H305" s="1"/>
+      <c r="I305" s="1"/>
+      <c r="J305" s="1"/>
+      <c r="K305" s="1"/>
+    </row>
+    <row r="306" spans="1:11">
+      <c r="A306" s="1"/>
+      <c r="B306" s="1"/>
+      <c r="C306" s="1"/>
+      <c r="D306" s="1"/>
+      <c r="E306" s="1"/>
+      <c r="F306" s="1"/>
+      <c r="G306" s="1"/>
+      <c r="H306" s="1"/>
+      <c r="I306" s="1"/>
+      <c r="J306" s="1"/>
+      <c r="K306" s="1"/>
+    </row>
+    <row r="307" spans="1:11">
+      <c r="A307" s="1"/>
+      <c r="B307" s="1"/>
+      <c r="C307" s="1"/>
+      <c r="D307" s="1"/>
+      <c r="E307" s="1"/>
+      <c r="F307" s="1"/>
+      <c r="G307" s="1"/>
+      <c r="H307" s="1"/>
+      <c r="I307" s="1"/>
+      <c r="J307" s="1"/>
+      <c r="K307" s="1"/>
+    </row>
+    <row r="308" spans="1:11">
+      <c r="A308" s="1"/>
+      <c r="B308" s="1"/>
+      <c r="C308" s="1"/>
+      <c r="D308" s="1"/>
+      <c r="E308" s="1"/>
+      <c r="F308" s="1"/>
+      <c r="G308" s="1"/>
+      <c r="H308" s="1"/>
+      <c r="I308" s="1"/>
+      <c r="J308" s="1"/>
+      <c r="K308" s="1"/>
+    </row>
+    <row r="309" spans="1:11">
+      <c r="A309" s="1"/>
+      <c r="B309" s="1"/>
+      <c r="C309" s="1"/>
+      <c r="D309" s="1"/>
+      <c r="E309" s="1"/>
+      <c r="F309" s="1"/>
+      <c r="G309" s="1"/>
+      <c r="H309" s="1"/>
+      <c r="I309" s="1"/>
+      <c r="J309" s="1"/>
+      <c r="K309" s="1"/>
+    </row>
+    <row r="310" spans="1:11">
+      <c r="A310" s="1"/>
+      <c r="B310" s="1"/>
+      <c r="C310" s="1"/>
+      <c r="D310" s="1"/>
+      <c r="E310" s="1"/>
+      <c r="F310" s="1"/>
+      <c r="G310" s="1"/>
+      <c r="H310" s="1"/>
+      <c r="I310" s="1"/>
+      <c r="J310" s="1"/>
+      <c r="K310" s="1"/>
+    </row>
+    <row r="311" spans="1:11">
+      <c r="A311" s="1"/>
+      <c r="B311" s="1"/>
+      <c r="C311" s="1"/>
+      <c r="D311" s="1"/>
+      <c r="E311" s="1"/>
+      <c r="F311" s="1"/>
+      <c r="G311" s="1"/>
+      <c r="H311" s="1"/>
+      <c r="I311" s="1"/>
+      <c r="J311" s="1"/>
+      <c r="K311" s="1"/>
+    </row>
+    <row r="312" spans="1:11">
+      <c r="A312" s="1"/>
+      <c r="B312" s="1"/>
+      <c r="C312" s="1"/>
+      <c r="D312" s="1"/>
+      <c r="E312" s="1"/>
+      <c r="F312" s="1"/>
+      <c r="G312" s="1"/>
+      <c r="H312" s="1"/>
+      <c r="I312" s="1"/>
+      <c r="J312" s="1"/>
+      <c r="K312" s="1"/>
+    </row>
+    <row r="313" spans="1:11">
+      <c r="A313" s="1"/>
+      <c r="B313" s="1"/>
+      <c r="C313" s="1"/>
+      <c r="D313" s="1"/>
+      <c r="E313" s="1"/>
+      <c r="F313" s="1"/>
+      <c r="G313" s="1"/>
+      <c r="H313" s="1"/>
+      <c r="I313" s="1"/>
+      <c r="J313" s="1"/>
+      <c r="K313" s="1"/>
+    </row>
+    <row r="314" spans="1:11">
+      <c r="A314" s="1"/>
+      <c r="B314" s="1"/>
+      <c r="C314" s="1"/>
+      <c r="D314" s="1"/>
+      <c r="E314" s="1"/>
+      <c r="F314" s="1"/>
+      <c r="G314" s="1"/>
+      <c r="H314" s="1"/>
+      <c r="I314" s="1"/>
+      <c r="J314" s="1"/>
+      <c r="K314" s="1"/>
+    </row>
+    <row r="315" spans="1:11">
+      <c r="A315" s="1"/>
+      <c r="B315" s="1"/>
+      <c r="C315" s="1"/>
+      <c r="D315" s="1"/>
+      <c r="E315" s="1"/>
+      <c r="F315" s="1"/>
+      <c r="G315" s="1"/>
+      <c r="H315" s="1"/>
+      <c r="I315" s="1"/>
+      <c r="J315" s="1"/>
+      <c r="K315" s="1"/>
+    </row>
+    <row r="316" spans="1:11">
+      <c r="A316" s="1"/>
+      <c r="B316" s="1"/>
+      <c r="C316" s="1"/>
+      <c r="D316" s="1"/>
+      <c r="E316" s="1"/>
+      <c r="F316" s="1"/>
+      <c r="G316" s="1"/>
+      <c r="H316" s="1"/>
+      <c r="I316" s="1"/>
+      <c r="J316" s="1"/>
+      <c r="K316" s="1"/>
+    </row>
+    <row r="317" spans="1:11">
+      <c r="A317" s="1"/>
+      <c r="B317" s="1"/>
+      <c r="C317" s="1"/>
+      <c r="D317" s="1"/>
+      <c r="E317" s="1"/>
+      <c r="F317" s="1"/>
+      <c r="G317" s="1"/>
+      <c r="H317" s="1"/>
+      <c r="I317" s="1"/>
+      <c r="J317" s="1"/>
+      <c r="K317" s="1"/>
+    </row>
+    <row r="318" spans="1:11">
+      <c r="A318" s="1"/>
+      <c r="B318" s="1"/>
+      <c r="C318" s="1"/>
+      <c r="D318" s="1"/>
+      <c r="E318" s="1"/>
+      <c r="F318" s="1"/>
+      <c r="G318" s="1"/>
+      <c r="H318" s="1"/>
+      <c r="I318" s="1"/>
+      <c r="J318" s="1"/>
+      <c r="K318" s="1"/>
+    </row>
+    <row r="319" spans="1:11">
+      <c r="A319" s="1"/>
+      <c r="B319" s="1"/>
+      <c r="C319" s="1"/>
+      <c r="D319" s="1"/>
+      <c r="E319" s="1"/>
+      <c r="F319" s="1"/>
+      <c r="G319" s="1"/>
+      <c r="H319" s="1"/>
+      <c r="I319" s="1"/>
+      <c r="J319" s="1"/>
+      <c r="K319" s="1"/>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" s="1"/>
+      <c r="B320" s="1"/>
+      <c r="C320" s="1"/>
+      <c r="D320" s="1"/>
+      <c r="E320" s="1"/>
+      <c r="F320" s="1"/>
+      <c r="G320" s="1"/>
+      <c r="H320" s="1"/>
+      <c r="I320" s="1"/>
+      <c r="J320" s="1"/>
+      <c r="K320" s="1"/>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" s="1"/>
+      <c r="B321" s="1"/>
+      <c r="C321" s="1"/>
+      <c r="D321" s="1"/>
+      <c r="E321" s="1"/>
+      <c r="F321" s="1"/>
+      <c r="G321" s="1"/>
+      <c r="H321" s="1"/>
+      <c r="I321" s="1"/>
+      <c r="J321" s="1"/>
+      <c r="K321" s="1"/>
+    </row>
+    <row r="322" spans="1:11">
+      <c r="A322" s="1"/>
+      <c r="B322" s="1"/>
+      <c r="C322" s="1"/>
+      <c r="D322" s="1"/>
+      <c r="E322" s="1"/>
+      <c r="F322" s="1"/>
+      <c r="G322" s="1"/>
+      <c r="H322" s="1"/>
+      <c r="I322" s="1"/>
+      <c r="J322" s="1"/>
+      <c r="K322" s="1"/>
+    </row>
+    <row r="323" spans="1:11">
+      <c r="A323" s="1"/>
+      <c r="B323" s="1"/>
+      <c r="C323" s="1"/>
+      <c r="D323" s="1"/>
+      <c r="E323" s="1"/>
+      <c r="F323" s="1"/>
+      <c r="G323" s="1"/>
+      <c r="H323" s="1"/>
+      <c r="I323" s="1"/>
+      <c r="J323" s="1"/>
+      <c r="K323" s="1"/>
+    </row>
+    <row r="324" spans="1:11">
+      <c r="A324" s="1"/>
+      <c r="B324" s="1"/>
+      <c r="C324" s="1"/>
+      <c r="D324" s="1"/>
+      <c r="E324" s="1"/>
+      <c r="F324" s="1"/>
+      <c r="G324" s="1"/>
+      <c r="H324" s="1"/>
+      <c r="I324" s="1"/>
+      <c r="J324" s="1"/>
+      <c r="K324" s="1"/>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" s="1"/>
+      <c r="B325" s="1"/>
+      <c r="C325" s="1"/>
+      <c r="D325" s="1"/>
+      <c r="E325" s="1"/>
+      <c r="F325" s="1"/>
+      <c r="G325" s="1"/>
+      <c r="H325" s="1"/>
+      <c r="I325" s="1"/>
+      <c r="J325" s="1"/>
+      <c r="K325" s="1"/>
+    </row>
+    <row r="326" spans="1:11">
+      <c r="A326" s="1"/>
+      <c r="B326" s="1"/>
+      <c r="C326" s="1"/>
+      <c r="D326" s="1"/>
+      <c r="E326" s="1"/>
+      <c r="F326" s="1"/>
+      <c r="G326" s="1"/>
+      <c r="H326" s="1"/>
+      <c r="I326" s="1"/>
+      <c r="J326" s="1"/>
+      <c r="K326" s="1"/>
+    </row>
+    <row r="327" spans="1:11">
+      <c r="A327" s="1"/>
+      <c r="B327" s="1"/>
+      <c r="C327" s="1"/>
+      <c r="D327" s="1"/>
+      <c r="E327" s="1"/>
+      <c r="F327" s="1"/>
+      <c r="G327" s="1"/>
+      <c r="H327" s="1"/>
+      <c r="I327" s="1"/>
+      <c r="J327" s="1"/>
+      <c r="K327" s="1"/>
+    </row>
+    <row r="328" spans="1:11">
+      <c r="A328" s="1"/>
+      <c r="B328" s="1"/>
+      <c r="C328" s="1"/>
+      <c r="D328" s="1"/>
+      <c r="E328" s="1"/>
+      <c r="F328" s="1"/>
+      <c r="G328" s="1"/>
+      <c r="H328" s="1"/>
+      <c r="I328" s="1"/>
+      <c r="J328" s="1"/>
+      <c r="K328" s="1"/>
+    </row>
+    <row r="329" spans="1:11">
+      <c r="A329" s="1"/>
+      <c r="B329" s="1"/>
+      <c r="C329" s="1"/>
+      <c r="D329" s="1"/>
+      <c r="E329" s="1"/>
+      <c r="F329" s="1"/>
+      <c r="G329" s="1"/>
+      <c r="H329" s="1"/>
+      <c r="I329" s="1"/>
+      <c r="J329" s="1"/>
+      <c r="K329" s="1"/>
+    </row>
+    <row r="330" spans="1:11">
+      <c r="A330" s="1"/>
+      <c r="B330" s="1"/>
+      <c r="C330" s="1"/>
+      <c r="D330" s="1"/>
+      <c r="E330" s="1"/>
+      <c r="F330" s="1"/>
+      <c r="G330" s="1"/>
+      <c r="H330" s="1"/>
+      <c r="I330" s="1"/>
+      <c r="J330" s="1"/>
+      <c r="K330" s="1"/>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" s="1"/>
+      <c r="B331" s="1"/>
+      <c r="C331" s="1"/>
+      <c r="D331" s="1"/>
+      <c r="E331" s="1"/>
+      <c r="F331" s="1"/>
+      <c r="G331" s="1"/>
+      <c r="H331" s="1"/>
+      <c r="I331" s="1"/>
+      <c r="J331" s="1"/>
+      <c r="K331" s="1"/>
+    </row>
+    <row r="332" spans="1:11">
+      <c r="A332" s="1"/>
+      <c r="B332" s="1"/>
+      <c r="C332" s="1"/>
+      <c r="D332" s="1"/>
+      <c r="E332" s="1"/>
+      <c r="F332" s="1"/>
+      <c r="G332" s="1"/>
+      <c r="H332" s="1"/>
+      <c r="I332" s="1"/>
+      <c r="J332" s="1"/>
+      <c r="K332" s="1"/>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" s="1"/>
+      <c r="B333" s="1"/>
+      <c r="C333" s="1"/>
+      <c r="D333" s="1"/>
+      <c r="E333" s="1"/>
+      <c r="F333" s="1"/>
+      <c r="G333" s="1"/>
+      <c r="H333" s="1"/>
+      <c r="I333" s="1"/>
+      <c r="J333" s="1"/>
+      <c r="K333" s="1"/>
+    </row>
+    <row r="334" spans="1:11">
+      <c r="A334" s="1"/>
+      <c r="B334" s="1"/>
+      <c r="C334" s="1"/>
+      <c r="D334" s="1"/>
+      <c r="E334" s="1"/>
+      <c r="F334" s="1"/>
+      <c r="G334" s="1"/>
+      <c r="H334" s="1"/>
+      <c r="I334" s="1"/>
+      <c r="J334" s="1"/>
+      <c r="K334" s="1"/>
+    </row>
+    <row r="335" spans="1:11">
+      <c r="A335" s="1"/>
+      <c r="B335" s="1"/>
+      <c r="C335" s="1"/>
+      <c r="D335" s="1"/>
+      <c r="E335" s="1"/>
+      <c r="F335" s="1"/>
+      <c r="G335" s="1"/>
+      <c r="H335" s="1"/>
+      <c r="I335" s="1"/>
+      <c r="J335" s="1"/>
+      <c r="K335" s="1"/>
+    </row>
+    <row r="336" spans="1:11">
+      <c r="A336" s="1"/>
+      <c r="B336" s="1"/>
+      <c r="C336" s="1"/>
+      <c r="D336" s="1"/>
+      <c r="E336" s="1"/>
+      <c r="F336" s="1"/>
+      <c r="G336" s="1"/>
+      <c r="H336" s="1"/>
+      <c r="I336" s="1"/>
+      <c r="J336" s="1"/>
+      <c r="K336" s="1"/>
+    </row>
+    <row r="337" spans="1:11">
+      <c r="A337" s="1"/>
+      <c r="B337" s="1"/>
+      <c r="C337" s="1"/>
+      <c r="D337" s="1"/>
+      <c r="E337" s="1"/>
+      <c r="F337" s="1"/>
+      <c r="G337" s="1"/>
+      <c r="H337" s="1"/>
+      <c r="I337" s="1"/>
+      <c r="J337" s="1"/>
+      <c r="K337" s="1"/>
+    </row>
+    <row r="338" spans="1:11">
+      <c r="A338" s="1"/>
+      <c r="B338" s="1"/>
+      <c r="C338" s="1"/>
+      <c r="D338" s="1"/>
+      <c r="E338" s="1"/>
+      <c r="F338" s="1"/>
+      <c r="G338" s="1"/>
+      <c r="H338" s="1"/>
+      <c r="I338" s="1"/>
+      <c r="J338" s="1"/>
+      <c r="K338" s="1"/>
+    </row>
+    <row r="339" spans="1:11">
+      <c r="A339" s="1"/>
+      <c r="B339" s="1"/>
+      <c r="C339" s="1"/>
+      <c r="D339" s="1"/>
+      <c r="E339" s="1"/>
+      <c r="F339" s="1"/>
+      <c r="G339" s="1"/>
+      <c r="H339" s="1"/>
+      <c r="I339" s="1"/>
+      <c r="J339" s="1"/>
+      <c r="K339" s="1"/>
+    </row>
+    <row r="340" spans="1:11">
+      <c r="A340" s="1"/>
+      <c r="B340" s="1"/>
+      <c r="C340" s="1"/>
+      <c r="D340" s="1"/>
+      <c r="E340" s="1"/>
+      <c r="F340" s="1"/>
+      <c r="G340" s="1"/>
+      <c r="H340" s="1"/>
+      <c r="I340" s="1"/>
+      <c r="J340" s="1"/>
+      <c r="K340" s="1"/>
+    </row>
+    <row r="341" spans="1:11">
+      <c r="A341" s="1"/>
+      <c r="B341" s="1"/>
+      <c r="C341" s="1"/>
+      <c r="D341" s="1"/>
+      <c r="E341" s="1"/>
+      <c r="F341" s="1"/>
+      <c r="G341" s="1"/>
+      <c r="H341" s="1"/>
+      <c r="I341" s="1"/>
+      <c r="J341" s="1"/>
+      <c r="K341" s="1"/>
+    </row>
+    <row r="342" spans="1:11">
+      <c r="A342" s="1"/>
+      <c r="B342" s="1"/>
+      <c r="C342" s="1"/>
+      <c r="D342" s="1"/>
+      <c r="E342" s="1"/>
+      <c r="F342" s="1"/>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1"/>
+      <c r="I342" s="1"/>
+      <c r="J342" s="1"/>
+      <c r="K342" s="1"/>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" s="1"/>
+      <c r="B343" s="1"/>
+      <c r="C343" s="1"/>
+      <c r="D343" s="1"/>
+      <c r="E343" s="1"/>
+      <c r="F343" s="1"/>
+      <c r="G343" s="1"/>
+      <c r="H343" s="1"/>
+      <c r="I343" s="1"/>
+      <c r="J343" s="1"/>
+      <c r="K343" s="1"/>
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" s="1"/>
+      <c r="B344" s="1"/>
+      <c r="C344" s="1"/>
+      <c r="D344" s="1"/>
+      <c r="E344" s="1"/>
+      <c r="F344" s="1"/>
+      <c r="G344" s="1"/>
+      <c r="H344" s="1"/>
+      <c r="I344" s="1"/>
+      <c r="J344" s="1"/>
+      <c r="K344" s="1"/>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" s="1"/>
+      <c r="B345" s="1"/>
+      <c r="C345" s="1"/>
+      <c r="D345" s="1"/>
+      <c r="E345" s="1"/>
+      <c r="F345" s="1"/>
+      <c r="G345" s="1"/>
+      <c r="H345" s="1"/>
+      <c r="I345" s="1"/>
+      <c r="J345" s="1"/>
+      <c r="K345" s="1"/>
+    </row>
+    <row r="346" spans="1:11">
+      <c r="A346" s="1"/>
+      <c r="B346" s="1"/>
+      <c r="C346" s="1"/>
+      <c r="D346" s="1"/>
+      <c r="E346" s="1"/>
+      <c r="F346" s="1"/>
+      <c r="G346" s="1"/>
+      <c r="H346" s="1"/>
+      <c r="I346" s="1"/>
+      <c r="J346" s="1"/>
+      <c r="K346" s="1"/>
+    </row>
+    <row r="347" spans="1:11">
+      <c r="A347" s="1"/>
+      <c r="B347" s="1"/>
+      <c r="C347" s="1"/>
+      <c r="D347" s="1"/>
+      <c r="E347" s="1"/>
+      <c r="F347" s="1"/>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1"/>
+      <c r="I347" s="1"/>
+      <c r="J347" s="1"/>
+      <c r="K347" s="1"/>
+    </row>
+    <row r="348" spans="1:11">
+      <c r="A348" s="1"/>
+      <c r="B348" s="1"/>
+      <c r="C348" s="1"/>
+      <c r="D348" s="1"/>
+      <c r="E348" s="1"/>
+      <c r="F348" s="1"/>
+      <c r="G348" s="1"/>
+      <c r="H348" s="1"/>
+      <c r="I348" s="1"/>
+      <c r="J348" s="1"/>
+      <c r="K348" s="1"/>
+    </row>
+    <row r="349" spans="1:11">
+      <c r="A349" s="1"/>
+      <c r="B349" s="1"/>
+      <c r="C349" s="1"/>
+      <c r="D349" s="1"/>
+      <c r="E349" s="1"/>
+      <c r="F349" s="1"/>
+      <c r="G349" s="1"/>
+      <c r="H349" s="1"/>
+      <c r="I349" s="1"/>
+      <c r="J349" s="1"/>
+      <c r="K349" s="1"/>
+    </row>
+    <row r="350" spans="1:11">
+      <c r="A350" s="1"/>
+      <c r="B350" s="1"/>
+      <c r="C350" s="1"/>
+      <c r="D350" s="1"/>
+      <c r="E350" s="1"/>
+      <c r="F350" s="1"/>
+      <c r="G350" s="1"/>
+      <c r="H350" s="1"/>
+      <c r="I350" s="1"/>
+      <c r="J350" s="1"/>
+      <c r="K350" s="1"/>
+    </row>
+    <row r="351" spans="1:11">
+      <c r="A351" s="1"/>
+      <c r="B351" s="1"/>
+      <c r="C351" s="1"/>
+      <c r="D351" s="1"/>
+      <c r="E351" s="1"/>
+      <c r="F351" s="1"/>
+      <c r="G351" s="1"/>
+      <c r="H351" s="1"/>
+      <c r="I351" s="1"/>
+      <c r="J351" s="1"/>
+      <c r="K351" s="1"/>
+    </row>
+    <row r="352" spans="1:11">
+      <c r="A352" s="1"/>
+      <c r="B352" s="1"/>
+      <c r="C352" s="1"/>
+      <c r="D352" s="1"/>
+      <c r="E352" s="1"/>
+      <c r="F352" s="1"/>
+      <c r="G352" s="1"/>
+      <c r="H352" s="1"/>
+      <c r="I352" s="1"/>
+      <c r="J352" s="1"/>
+      <c r="K352" s="1"/>
+    </row>
+    <row r="353" spans="1:11">
+      <c r="A353" s="1"/>
+      <c r="B353" s="1"/>
+      <c r="C353" s="1"/>
+      <c r="D353" s="1"/>
+      <c r="E353" s="1"/>
+      <c r="F353" s="1"/>
+      <c r="G353" s="1"/>
+      <c r="H353" s="1"/>
+      <c r="I353" s="1"/>
+      <c r="J353" s="1"/>
+      <c r="K353" s="1"/>
+    </row>
+    <row r="354" spans="1:11">
+      <c r="A354" s="1"/>
+      <c r="B354" s="1"/>
+      <c r="C354" s="1"/>
+      <c r="D354" s="1"/>
+      <c r="E354" s="1"/>
+      <c r="F354" s="1"/>
+      <c r="G354" s="1"/>
+      <c r="H354" s="1"/>
+      <c r="I354" s="1"/>
+      <c r="J354" s="1"/>
+      <c r="K354" s="1"/>
+    </row>
+    <row r="355" spans="1:11">
+      <c r="A355" s="1"/>
+      <c r="B355" s="1"/>
+      <c r="C355" s="1"/>
+      <c r="D355" s="1"/>
+      <c r="E355" s="1"/>
+      <c r="F355" s="1"/>
+      <c r="G355" s="1"/>
+      <c r="H355" s="1"/>
+      <c r="I355" s="1"/>
+      <c r="J355" s="1"/>
+      <c r="K355" s="1"/>
+    </row>
+    <row r="356" spans="1:11">
+      <c r="A356" s="1"/>
+      <c r="B356" s="1"/>
+      <c r="C356" s="1"/>
+      <c r="D356" s="1"/>
+      <c r="E356" s="1"/>
+      <c r="F356" s="1"/>
+      <c r="G356" s="1"/>
+      <c r="H356" s="1"/>
+      <c r="I356" s="1"/>
+      <c r="J356" s="1"/>
+      <c r="K356" s="1"/>
+    </row>
+    <row r="357" spans="1:11">
+      <c r="A357" s="1"/>
+      <c r="B357" s="1"/>
+      <c r="C357" s="1"/>
+      <c r="D357" s="1"/>
+      <c r="E357" s="1"/>
+      <c r="F357" s="1"/>
+      <c r="G357" s="1"/>
+      <c r="H357" s="1"/>
+      <c r="I357" s="1"/>
+      <c r="J357" s="1"/>
+      <c r="K357" s="1"/>
+    </row>
+    <row r="358" spans="1:11">
+      <c r="A358" s="1"/>
+      <c r="B358" s="1"/>
+      <c r="C358" s="1"/>
+      <c r="D358" s="1"/>
+      <c r="E358" s="1"/>
+      <c r="F358" s="1"/>
+      <c r="G358" s="1"/>
+      <c r="H358" s="1"/>
+      <c r="I358" s="1"/>
+      <c r="J358" s="1"/>
+      <c r="K358" s="1"/>
+    </row>
+    <row r="359" spans="1:11">
+      <c r="A359" s="1"/>
+      <c r="B359" s="1"/>
+      <c r="C359" s="1"/>
+      <c r="D359" s="1"/>
+      <c r="E359" s="1"/>
+      <c r="F359" s="1"/>
+      <c r="G359" s="1"/>
+      <c r="H359" s="1"/>
+      <c r="I359" s="1"/>
+      <c r="J359" s="1"/>
+      <c r="K359" s="1"/>
+    </row>
+    <row r="360" spans="1:11">
+      <c r="A360" s="1"/>
+      <c r="B360" s="1"/>
+      <c r="C360" s="1"/>
+      <c r="D360" s="1"/>
+      <c r="E360" s="1"/>
+      <c r="F360" s="1"/>
+      <c r="G360" s="1"/>
+      <c r="H360" s="1"/>
+      <c r="I360" s="1"/>
+      <c r="J360" s="1"/>
+      <c r="K360" s="1"/>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" s="1"/>
+      <c r="B361" s="1"/>
+      <c r="C361" s="1"/>
+      <c r="D361" s="1"/>
+      <c r="E361" s="1"/>
+      <c r="F361" s="1"/>
+      <c r="G361" s="1"/>
+      <c r="H361" s="1"/>
+      <c r="I361" s="1"/>
+      <c r="J361" s="1"/>
+      <c r="K361" s="1"/>
+    </row>
+    <row r="362" spans="1:11">
+      <c r="A362" s="1"/>
+      <c r="B362" s="1"/>
+      <c r="C362" s="1"/>
+      <c r="D362" s="1"/>
+      <c r="E362" s="1"/>
+      <c r="F362" s="1"/>
+      <c r="G362" s="1"/>
+      <c r="H362" s="1"/>
+      <c r="I362" s="1"/>
+      <c r="J362" s="1"/>
+      <c r="K362" s="1"/>
+    </row>
+    <row r="363" spans="1:11">
+      <c r="A363" s="1"/>
+      <c r="B363" s="1"/>
+      <c r="C363" s="1"/>
+      <c r="D363" s="1"/>
+      <c r="E363" s="1"/>
+      <c r="F363" s="1"/>
+      <c r="G363" s="1"/>
+      <c r="H363" s="1"/>
+      <c r="I363" s="1"/>
+      <c r="J363" s="1"/>
+      <c r="K363" s="1"/>
+    </row>
+    <row r="364" spans="1:11">
+      <c r="A364" s="1"/>
+      <c r="B364" s="1"/>
+      <c r="C364" s="1"/>
+      <c r="D364" s="1"/>
+      <c r="E364" s="1"/>
+      <c r="F364" s="1"/>
+      <c r="G364" s="1"/>
+      <c r="H364" s="1"/>
+      <c r="I364" s="1"/>
+      <c r="J364" s="1"/>
+      <c r="K364" s="1"/>
+    </row>
+    <row r="365" spans="1:11">
+      <c r="A365" s="1"/>
+      <c r="B365" s="1"/>
+      <c r="C365" s="1"/>
+      <c r="D365" s="1"/>
+      <c r="E365" s="1"/>
+      <c r="F365" s="1"/>
+      <c r="G365" s="1"/>
+      <c r="H365" s="1"/>
+      <c r="I365" s="1"/>
+      <c r="J365" s="1"/>
+      <c r="K365" s="1"/>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" s="1"/>
+      <c r="B366" s="1"/>
+      <c r="C366" s="1"/>
+      <c r="D366" s="1"/>
+      <c r="E366" s="1"/>
+      <c r="F366" s="1"/>
+      <c r="G366" s="1"/>
+      <c r="H366" s="1"/>
+      <c r="I366" s="1"/>
+      <c r="J366" s="1"/>
+      <c r="K366" s="1"/>
+    </row>
+    <row r="367" spans="1:11">
+      <c r="A367" s="1"/>
+      <c r="B367" s="1"/>
+      <c r="C367" s="1"/>
+      <c r="D367" s="1"/>
+      <c r="E367" s="1"/>
+      <c r="F367" s="1"/>
+      <c r="G367" s="1"/>
+      <c r="H367" s="1"/>
+      <c r="I367" s="1"/>
+      <c r="J367" s="1"/>
+      <c r="K367" s="1"/>
+    </row>
+    <row r="368" spans="1:11">
+      <c r="A368" s="1"/>
+      <c r="B368" s="1"/>
+      <c r="C368" s="1"/>
+      <c r="D368" s="1"/>
+      <c r="E368" s="1"/>
+      <c r="F368" s="1"/>
+      <c r="G368" s="1"/>
+      <c r="H368" s="1"/>
+      <c r="I368" s="1"/>
+      <c r="J368" s="1"/>
+      <c r="K368" s="1"/>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" s="1"/>
+      <c r="B369" s="1"/>
+      <c r="C369" s="1"/>
+      <c r="D369" s="1"/>
+      <c r="E369" s="1"/>
+      <c r="F369" s="1"/>
+      <c r="G369" s="1"/>
+      <c r="H369" s="1"/>
+      <c r="I369" s="1"/>
+      <c r="J369" s="1"/>
+      <c r="K369" s="1"/>
+    </row>
+    <row r="370" spans="1:11">
+      <c r="A370" s="1"/>
+      <c r="B370" s="1"/>
+      <c r="C370" s="1"/>
+      <c r="D370" s="1"/>
+      <c r="E370" s="1"/>
+      <c r="F370" s="1"/>
+      <c r="G370" s="1"/>
+      <c r="H370" s="1"/>
+      <c r="I370" s="1"/>
+      <c r="J370" s="1"/>
+      <c r="K370" s="1"/>
+    </row>
+    <row r="371" spans="1:11">
+      <c r="A371" s="1"/>
+      <c r="B371" s="1"/>
+      <c r="C371" s="1"/>
+      <c r="D371" s="1"/>
+      <c r="E371" s="1"/>
+      <c r="F371" s="1"/>
+      <c r="G371" s="1"/>
+      <c r="H371" s="1"/>
+      <c r="I371" s="1"/>
+      <c r="J371" s="1"/>
+      <c r="K371" s="1"/>
+    </row>
+    <row r="372" spans="1:11">
+      <c r="A372" s="1"/>
+      <c r="B372" s="1"/>
+      <c r="C372" s="1"/>
+      <c r="D372" s="1"/>
+      <c r="E372" s="1"/>
+      <c r="F372" s="1"/>
+      <c r="G372" s="1"/>
+      <c r="H372" s="1"/>
+      <c r="I372" s="1"/>
+      <c r="J372" s="1"/>
+      <c r="K372" s="1"/>
+    </row>
+    <row r="373" spans="1:11">
+      <c r="A373" s="1"/>
+      <c r="B373" s="1"/>
+      <c r="C373" s="1"/>
+      <c r="D373" s="1"/>
+      <c r="E373" s="1"/>
+      <c r="F373" s="1"/>
+      <c r="G373" s="1"/>
+      <c r="H373" s="1"/>
+      <c r="I373" s="1"/>
+      <c r="J373" s="1"/>
+      <c r="K373" s="1"/>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" s="1"/>
+      <c r="B374" s="1"/>
+      <c r="C374" s="1"/>
+      <c r="D374" s="1"/>
+      <c r="E374" s="1"/>
+      <c r="F374" s="1"/>
+      <c r="G374" s="1"/>
+      <c r="H374" s="1"/>
+      <c r="I374" s="1"/>
+      <c r="J374" s="1"/>
+      <c r="K374" s="1"/>
+    </row>
+    <row r="375" spans="1:11">
+      <c r="A375" s="1"/>
+      <c r="B375" s="1"/>
+      <c r="C375" s="1"/>
+      <c r="D375" s="1"/>
+      <c r="E375" s="1"/>
+      <c r="F375" s="1"/>
+      <c r="G375" s="1"/>
+      <c r="H375" s="1"/>
+      <c r="I375" s="1"/>
+      <c r="J375" s="1"/>
+      <c r="K375" s="1"/>
+    </row>
+    <row r="376" spans="1:11">
+      <c r="A376" s="1"/>
+      <c r="B376" s="1"/>
+      <c r="C376" s="1"/>
+      <c r="D376" s="1"/>
+      <c r="E376" s="1"/>
+      <c r="F376" s="1"/>
+      <c r="G376" s="1"/>
+      <c r="H376" s="1"/>
+      <c r="I376" s="1"/>
+      <c r="J376" s="1"/>
+      <c r="K376" s="1"/>
+    </row>
+    <row r="377" spans="1:11">
+      <c r="A377" s="1"/>
+      <c r="B377" s="1"/>
+      <c r="C377" s="1"/>
+      <c r="D377" s="1"/>
+      <c r="E377" s="1"/>
+      <c r="F377" s="1"/>
+      <c r="G377" s="1"/>
+      <c r="H377" s="1"/>
+      <c r="I377" s="1"/>
+      <c r="J377" s="1"/>
+      <c r="K377" s="1"/>
+    </row>
+    <row r="378" spans="1:11">
+      <c r="A378" s="1"/>
+      <c r="B378" s="1"/>
+      <c r="C378" s="1"/>
+      <c r="D378" s="1"/>
+      <c r="E378" s="1"/>
+      <c r="F378" s="1"/>
+      <c r="G378" s="1"/>
+      <c r="H378" s="1"/>
+      <c r="I378" s="1"/>
+      <c r="J378" s="1"/>
+      <c r="K378" s="1"/>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" s="1"/>
+      <c r="B379" s="1"/>
+      <c r="C379" s="1"/>
+      <c r="D379" s="1"/>
+      <c r="E379" s="1"/>
+      <c r="F379" s="1"/>
+      <c r="G379" s="1"/>
+      <c r="H379" s="1"/>
+      <c r="I379" s="1"/>
+      <c r="J379" s="1"/>
+      <c r="K379" s="1"/>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="A380" s="1"/>
+      <c r="B380" s="1"/>
+      <c r="C380" s="1"/>
+      <c r="D380" s="1"/>
+      <c r="E380" s="1"/>
+      <c r="F380" s="1"/>
+      <c r="G380" s="1"/>
+      <c r="H380" s="1"/>
+      <c r="I380" s="1"/>
+      <c r="J380" s="1"/>
+      <c r="K380" s="1"/>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="A381" s="1"/>
+      <c r="B381" s="1"/>
+      <c r="C381" s="1"/>
+      <c r="D381" s="1"/>
+      <c r="E381" s="1"/>
+      <c r="F381" s="1"/>
+      <c r="G381" s="1"/>
+      <c r="H381" s="1"/>
+      <c r="I381" s="1"/>
+      <c r="J381" s="1"/>
+      <c r="K381" s="1"/>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" s="1"/>
+      <c r="B382" s="1"/>
+      <c r="C382" s="1"/>
+      <c r="D382" s="1"/>
+      <c r="E382" s="1"/>
+      <c r="F382" s="1"/>
+      <c r="G382" s="1"/>
+      <c r="H382" s="1"/>
+      <c r="I382" s="1"/>
+      <c r="J382" s="1"/>
+      <c r="K382" s="1"/>
+    </row>
+    <row r="383" spans="1:11">
+      <c r="A383" s="1"/>
+      <c r="B383" s="1"/>
+      <c r="C383" s="1"/>
+      <c r="D383" s="1"/>
+      <c r="E383" s="1"/>
+      <c r="F383" s="1"/>
+      <c r="G383" s="1"/>
+      <c r="H383" s="1"/>
+      <c r="I383" s="1"/>
+      <c r="J383" s="1"/>
+      <c r="K383" s="1"/>
+    </row>
+    <row r="384" spans="1:11">
+      <c r="A384" s="1"/>
+      <c r="B384" s="1"/>
+      <c r="C384" s="1"/>
+      <c r="D384" s="1"/>
+      <c r="E384" s="1"/>
+      <c r="F384" s="1"/>
+      <c r="G384" s="1"/>
+      <c r="H384" s="1"/>
+      <c r="I384" s="1"/>
+      <c r="J384" s="1"/>
+      <c r="K384" s="1"/>
+    </row>
+    <row r="385" spans="1:11">
+      <c r="A385" s="1"/>
+      <c r="B385" s="1"/>
+      <c r="C385" s="1"/>
+      <c r="D385" s="1"/>
+      <c r="E385" s="1"/>
+      <c r="F385" s="1"/>
+      <c r="G385" s="1"/>
+      <c r="H385" s="1"/>
+      <c r="I385" s="1"/>
+      <c r="J385" s="1"/>
+      <c r="K385" s="1"/>
+    </row>
+    <row r="386" spans="1:11">
+      <c r="A386" s="1"/>
+      <c r="B386" s="1"/>
+      <c r="C386" s="1"/>
+      <c r="D386" s="1"/>
+      <c r="E386" s="1"/>
+      <c r="F386" s="1"/>
+      <c r="G386" s="1"/>
+      <c r="H386" s="1"/>
+      <c r="I386" s="1"/>
+      <c r="J386" s="1"/>
+      <c r="K386" s="1"/>
+    </row>
+    <row r="387" spans="1:11">
+      <c r="A387" s="1"/>
+      <c r="B387" s="1"/>
+      <c r="C387" s="1"/>
+      <c r="D387" s="1"/>
+      <c r="E387" s="1"/>
+      <c r="F387" s="1"/>
+      <c r="G387" s="1"/>
+      <c r="H387" s="1"/>
+      <c r="I387" s="1"/>
+      <c r="J387" s="1"/>
+      <c r="K387" s="1"/>
+    </row>
+    <row r="388" spans="1:11">
+      <c r="A388" s="1"/>
+      <c r="B388" s="1"/>
+      <c r="C388" s="1"/>
+      <c r="D388" s="1"/>
+      <c r="E388" s="1"/>
+      <c r="F388" s="1"/>
+      <c r="G388" s="1"/>
+      <c r="H388" s="1"/>
+      <c r="I388" s="1"/>
+      <c r="J388" s="1"/>
+      <c r="K388" s="1"/>
+    </row>
+    <row r="389" spans="1:11">
+      <c r="A389" s="1"/>
+      <c r="B389" s="1"/>
+      <c r="C389" s="1"/>
+      <c r="D389" s="1"/>
+      <c r="E389" s="1"/>
+      <c r="F389" s="1"/>
+      <c r="G389" s="1"/>
+      <c r="H389" s="1"/>
+      <c r="I389" s="1"/>
+      <c r="J389" s="1"/>
+      <c r="K389" s="1"/>
+    </row>
+    <row r="390" spans="1:11">
+      <c r="A390" s="1"/>
+      <c r="B390" s="1"/>
+      <c r="C390" s="1"/>
+      <c r="D390" s="1"/>
+      <c r="E390" s="1"/>
+      <c r="F390" s="1"/>
+      <c r="G390" s="1"/>
+      <c r="H390" s="1"/>
+      <c r="I390" s="1"/>
+      <c r="J390" s="1"/>
+      <c r="K390" s="1"/>
+    </row>
+    <row r="391" spans="1:11">
+      <c r="A391" s="1"/>
+      <c r="B391" s="1"/>
+      <c r="C391" s="1"/>
+      <c r="D391" s="1"/>
+      <c r="E391" s="1"/>
+      <c r="F391" s="1"/>
+      <c r="G391" s="1"/>
+      <c r="H391" s="1"/>
+      <c r="I391" s="1"/>
+      <c r="J391" s="1"/>
+      <c r="K391" s="1"/>
+    </row>
+    <row r="392" spans="1:11">
+      <c r="A392" s="1"/>
+      <c r="B392" s="1"/>
+      <c r="C392" s="1"/>
+      <c r="D392" s="1"/>
+      <c r="E392" s="1"/>
+      <c r="F392" s="1"/>
+      <c r="G392" s="1"/>
+      <c r="H392" s="1"/>
+      <c r="I392" s="1"/>
+      <c r="J392" s="1"/>
+      <c r="K392" s="1"/>
+    </row>
+    <row r="393" spans="1:11">
+      <c r="A393" s="1"/>
+      <c r="B393" s="1"/>
+      <c r="C393" s="1"/>
+      <c r="D393" s="1"/>
+      <c r="E393" s="1"/>
+      <c r="F393" s="1"/>
+      <c r="G393" s="1"/>
+      <c r="H393" s="1"/>
+      <c r="I393" s="1"/>
+      <c r="J393" s="1"/>
+      <c r="K393" s="1"/>
+    </row>
+    <row r="394" spans="1:11">
+      <c r="A394" s="1"/>
+      <c r="B394" s="1"/>
+      <c r="C394" s="1"/>
+      <c r="D394" s="1"/>
+      <c r="E394" s="1"/>
+      <c r="F394" s="1"/>
+      <c r="G394" s="1"/>
+      <c r="H394" s="1"/>
+      <c r="I394" s="1"/>
+      <c r="J394" s="1"/>
+      <c r="K394" s="1"/>
+    </row>
+    <row r="395" spans="1:11">
+      <c r="A395" s="1"/>
+      <c r="B395" s="1"/>
+      <c r="C395" s="1"/>
+      <c r="D395" s="1"/>
+      <c r="E395" s="1"/>
+      <c r="F395" s="1"/>
+      <c r="G395" s="1"/>
+      <c r="H395" s="1"/>
+      <c r="I395" s="1"/>
+      <c r="J395" s="1"/>
+      <c r="K395" s="1"/>
+    </row>
+    <row r="396" spans="1:11">
+      <c r="A396" s="1"/>
+      <c r="B396" s="1"/>
+      <c r="C396" s="1"/>
+      <c r="D396" s="1"/>
+      <c r="E396" s="1"/>
+      <c r="F396" s="1"/>
+      <c r="G396" s="1"/>
+      <c r="H396" s="1"/>
+      <c r="I396" s="1"/>
+      <c r="J396" s="1"/>
+      <c r="K396" s="1"/>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" s="1"/>
+      <c r="B397" s="1"/>
+      <c r="C397" s="1"/>
+      <c r="D397" s="1"/>
+      <c r="E397" s="1"/>
+      <c r="F397" s="1"/>
+      <c r="G397" s="1"/>
+      <c r="H397" s="1"/>
+      <c r="I397" s="1"/>
+      <c r="J397" s="1"/>
+      <c r="K397" s="1"/>
+    </row>
+    <row r="398" spans="1:11">
+      <c r="A398" s="1"/>
+      <c r="B398" s="1"/>
+      <c r="C398" s="1"/>
+      <c r="D398" s="1"/>
+      <c r="E398" s="1"/>
+      <c r="F398" s="1"/>
+      <c r="G398" s="1"/>
+      <c r="H398" s="1"/>
+      <c r="I398" s="1"/>
+      <c r="J398" s="1"/>
+      <c r="K398" s="1"/>
+    </row>
+    <row r="399" spans="1:11">
+      <c r="A399" s="1"/>
+      <c r="B399" s="1"/>
+      <c r="C399" s="1"/>
+      <c r="D399" s="1"/>
+      <c r="E399" s="1"/>
+      <c r="F399" s="1"/>
+      <c r="G399" s="1"/>
+      <c r="H399" s="1"/>
+      <c r="I399" s="1"/>
+      <c r="J399" s="1"/>
+      <c r="K399" s="1"/>
+    </row>
+    <row r="400" spans="1:11">
+      <c r="A400" s="1"/>
+      <c r="B400" s="1"/>
+      <c r="C400" s="1"/>
+      <c r="D400" s="1"/>
+      <c r="E400" s="1"/>
+      <c r="F400" s="1"/>
+      <c r="G400" s="1"/>
+      <c r="H400" s="1"/>
+      <c r="I400" s="1"/>
+      <c r="J400" s="1"/>
+      <c r="K400" s="1"/>
+    </row>
+    <row r="401" spans="1:11">
+      <c r="A401" s="1"/>
+      <c r="B401" s="1"/>
+      <c r="C401" s="1"/>
+      <c r="D401" s="1"/>
+      <c r="E401" s="1"/>
+      <c r="F401" s="1"/>
+      <c r="G401" s="1"/>
+      <c r="H401" s="1"/>
+      <c r="I401" s="1"/>
+      <c r="J401" s="1"/>
+      <c r="K401" s="1"/>
+    </row>
+    <row r="402" spans="1:11">
+      <c r="A402" s="1"/>
+      <c r="B402" s="1"/>
+      <c r="C402" s="1"/>
+      <c r="D402" s="1"/>
+      <c r="E402" s="1"/>
+      <c r="F402" s="1"/>
+      <c r="G402" s="1"/>
+      <c r="H402" s="1"/>
+      <c r="I402" s="1"/>
+      <c r="J402" s="1"/>
+      <c r="K402" s="1"/>
+    </row>
+    <row r="403" spans="1:11">
+      <c r="A403" s="1"/>
+      <c r="B403" s="1"/>
+      <c r="C403" s="1"/>
+      <c r="D403" s="1"/>
+      <c r="E403" s="1"/>
+      <c r="F403" s="1"/>
+      <c r="G403" s="1"/>
+      <c r="H403" s="1"/>
+      <c r="I403" s="1"/>
+      <c r="J403" s="1"/>
+      <c r="K403" s="1"/>
+    </row>
+    <row r="404" spans="1:11">
+      <c r="A404" s="1"/>
+      <c r="B404" s="1"/>
+      <c r="C404" s="1"/>
+      <c r="D404" s="1"/>
+      <c r="E404" s="1"/>
+      <c r="F404" s="1"/>
+      <c r="G404" s="1"/>
+      <c r="H404" s="1"/>
+      <c r="I404" s="1"/>
+      <c r="J404" s="1"/>
+      <c r="K404" s="1"/>
+    </row>
+    <row r="405" spans="1:11">
+      <c r="A405" s="1"/>
+      <c r="B405" s="1"/>
+      <c r="C405" s="1"/>
+      <c r="D405" s="1"/>
+      <c r="E405" s="1"/>
+      <c r="F405" s="1"/>
+      <c r="G405" s="1"/>
+      <c r="H405" s="1"/>
+      <c r="I405" s="1"/>
+      <c r="J405" s="1"/>
+      <c r="K405" s="1"/>
+    </row>
+    <row r="406" spans="1:11">
+      <c r="A406" s="1"/>
+      <c r="B406" s="1"/>
+      <c r="C406" s="1"/>
+      <c r="D406" s="1"/>
+      <c r="E406" s="1"/>
+      <c r="F406" s="1"/>
+      <c r="G406" s="1"/>
+      <c r="H406" s="1"/>
+      <c r="I406" s="1"/>
+      <c r="J406" s="1"/>
+      <c r="K406" s="1"/>
+    </row>
+    <row r="407" spans="1:11">
+      <c r="A407" s="1"/>
+      <c r="B407" s="1"/>
+      <c r="C407" s="1"/>
+      <c r="D407" s="1"/>
+      <c r="E407" s="1"/>
+      <c r="F407" s="1"/>
+      <c r="G407" s="1"/>
+      <c r="H407" s="1"/>
+      <c r="I407" s="1"/>
+      <c r="J407" s="1"/>
+      <c r="K407" s="1"/>
+    </row>
+    <row r="408" spans="1:11">
+      <c r="A408" s="1"/>
+      <c r="B408" s="1"/>
+      <c r="C408" s="1"/>
+      <c r="D408" s="1"/>
+      <c r="E408" s="1"/>
+      <c r="F408" s="1"/>
+      <c r="G408" s="1"/>
+      <c r="H408" s="1"/>
+      <c r="I408" s="1"/>
+      <c r="J408" s="1"/>
+      <c r="K408" s="1"/>
+    </row>
+    <row r="409" spans="1:11">
+      <c r="A409" s="1"/>
+      <c r="B409" s="1"/>
+      <c r="C409" s="1"/>
+      <c r="D409" s="1"/>
+      <c r="E409" s="1"/>
+      <c r="F409" s="1"/>
+      <c r="G409" s="1"/>
+      <c r="H409" s="1"/>
+      <c r="I409" s="1"/>
+      <c r="J409" s="1"/>
+      <c r="K409" s="1"/>
+    </row>
+    <row r="410" spans="1:11">
+      <c r="A410" s="1"/>
+      <c r="B410" s="1"/>
+      <c r="C410" s="1"/>
+      <c r="D410" s="1"/>
+      <c r="E410" s="1"/>
+      <c r="F410" s="1"/>
+      <c r="G410" s="1"/>
+      <c r="H410" s="1"/>
+      <c r="I410" s="1"/>
+      <c r="J410" s="1"/>
+      <c r="K410" s="1"/>
+    </row>
+    <row r="411" spans="1:11">
+      <c r="A411" s="1"/>
+      <c r="B411" s="1"/>
+      <c r="C411" s="1"/>
+      <c r="D411" s="1"/>
+      <c r="E411" s="1"/>
+      <c r="F411" s="1"/>
+      <c r="G411" s="1"/>
+      <c r="H411" s="1"/>
+      <c r="I411" s="1"/>
+      <c r="J411" s="1"/>
+      <c r="K411" s="1"/>
+    </row>
+    <row r="412" spans="1:11">
+      <c r="A412" s="1"/>
+      <c r="B412" s="1"/>
+      <c r="C412" s="1"/>
+      <c r="D412" s="1"/>
+      <c r="E412" s="1"/>
+      <c r="F412" s="1"/>
+      <c r="G412" s="1"/>
+      <c r="H412" s="1"/>
+      <c r="I412" s="1"/>
+      <c r="J412" s="1"/>
+      <c r="K412" s="1"/>
+    </row>
+    <row r="413" spans="1:11">
+      <c r="A413" s="1"/>
+      <c r="B413" s="1"/>
+      <c r="C413" s="1"/>
+      <c r="D413" s="1"/>
+      <c r="E413" s="1"/>
+      <c r="F413" s="1"/>
+      <c r="G413" s="1"/>
+      <c r="H413" s="1"/>
+      <c r="I413" s="1"/>
+      <c r="J413" s="1"/>
+      <c r="K413" s="1"/>
+    </row>
+    <row r="414" spans="1:11">
+      <c r="A414" s="1"/>
+      <c r="B414" s="1"/>
+      <c r="C414" s="1"/>
+      <c r="D414" s="1"/>
+      <c r="E414" s="1"/>
+      <c r="F414" s="1"/>
+      <c r="G414" s="1"/>
+      <c r="H414" s="1"/>
+      <c r="I414" s="1"/>
+      <c r="J414" s="1"/>
+      <c r="K414" s="1"/>
+    </row>
+    <row r="415" spans="1:11">
+      <c r="A415" s="1"/>
+      <c r="B415" s="1"/>
+      <c r="C415" s="1"/>
+      <c r="D415" s="1"/>
+      <c r="E415" s="1"/>
+      <c r="F415" s="1"/>
+      <c r="G415" s="1"/>
+      <c r="H415" s="1"/>
+      <c r="I415" s="1"/>
+      <c r="J415" s="1"/>
+      <c r="K415" s="1"/>
+    </row>
+    <row r="416" spans="1:11">
+      <c r="A416" s="1"/>
+      <c r="B416" s="1"/>
+      <c r="C416" s="1"/>
+      <c r="D416" s="1"/>
+      <c r="E416" s="1"/>
+      <c r="F416" s="1"/>
+      <c r="G416" s="1"/>
+      <c r="H416" s="1"/>
+      <c r="I416" s="1"/>
+      <c r="J416" s="1"/>
+      <c r="K416" s="1"/>
+    </row>
+    <row r="417" spans="1:11">
+      <c r="A417" s="1"/>
+      <c r="B417" s="1"/>
+      <c r="C417" s="1"/>
+      <c r="D417" s="1"/>
+      <c r="E417" s="1"/>
+      <c r="F417" s="1"/>
+      <c r="G417" s="1"/>
+      <c r="H417" s="1"/>
+      <c r="I417" s="1"/>
+      <c r="J417" s="1"/>
+      <c r="K417" s="1"/>
+    </row>
+    <row r="418" spans="1:11">
+      <c r="A418" s="1"/>
+      <c r="B418" s="1"/>
+      <c r="C418" s="1"/>
+      <c r="D418" s="1"/>
+      <c r="E418" s="1"/>
+      <c r="F418" s="1"/>
+      <c r="G418" s="1"/>
+      <c r="H418" s="1"/>
+      <c r="I418" s="1"/>
+      <c r="J418" s="1"/>
+      <c r="K418" s="1"/>
+    </row>
+    <row r="419" spans="1:11">
+      <c r="A419" s="1"/>
+      <c r="B419" s="1"/>
+      <c r="C419" s="1"/>
+      <c r="D419" s="1"/>
+      <c r="E419" s="1"/>
+      <c r="F419" s="1"/>
+      <c r="G419" s="1"/>
+      <c r="H419" s="1"/>
+      <c r="I419" s="1"/>
+      <c r="J419" s="1"/>
+      <c r="K419" s="1"/>
+    </row>
+    <row r="420" spans="1:11">
+      <c r="A420" s="1"/>
+      <c r="B420" s="1"/>
+      <c r="C420" s="1"/>
+      <c r="D420" s="1"/>
+      <c r="E420" s="1"/>
+      <c r="F420" s="1"/>
+      <c r="G420" s="1"/>
+      <c r="H420" s="1"/>
+      <c r="I420" s="1"/>
+      <c r="J420" s="1"/>
+      <c r="K420" s="1"/>
+    </row>
+    <row r="421" spans="1:11">
+      <c r="A421" s="1"/>
+      <c r="B421" s="1"/>
+      <c r="C421" s="1"/>
+      <c r="D421" s="1"/>
+      <c r="E421" s="1"/>
+      <c r="F421" s="1"/>
+      <c r="G421" s="1"/>
+      <c r="H421" s="1"/>
+      <c r="I421" s="1"/>
+      <c r="J421" s="1"/>
+      <c r="K421" s="1"/>
+    </row>
+    <row r="422" spans="1:11">
+      <c r="A422" s="1"/>
+      <c r="B422" s="1"/>
+      <c r="C422" s="1"/>
+      <c r="D422" s="1"/>
+      <c r="E422" s="1"/>
+      <c r="F422" s="1"/>
+      <c r="G422" s="1"/>
+      <c r="H422" s="1"/>
+      <c r="I422" s="1"/>
+      <c r="J422" s="1"/>
+      <c r="K422" s="1"/>
+    </row>
+    <row r="423" spans="1:11">
+      <c r="A423" s="1"/>
+      <c r="B423" s="1"/>
+      <c r="C423" s="1"/>
+      <c r="D423" s="1"/>
+      <c r="E423" s="1"/>
+      <c r="F423" s="1"/>
+      <c r="G423" s="1"/>
+      <c r="H423" s="1"/>
+      <c r="I423" s="1"/>
+      <c r="J423" s="1"/>
+      <c r="K423" s="1"/>
+    </row>
+    <row r="424" spans="1:11">
+      <c r="A424" s="1"/>
+      <c r="B424" s="1"/>
+      <c r="C424" s="1"/>
+      <c r="D424" s="1"/>
+      <c r="E424" s="1"/>
+      <c r="F424" s="1"/>
+      <c r="G424" s="1"/>
+      <c r="H424" s="1"/>
+      <c r="I424" s="1"/>
+      <c r="J424" s="1"/>
+      <c r="K424" s="1"/>
+    </row>
+    <row r="425" spans="1:11">
+      <c r="A425" s="1"/>
+      <c r="B425" s="1"/>
+      <c r="C425" s="1"/>
+      <c r="D425" s="1"/>
+      <c r="E425" s="1"/>
+      <c r="F425" s="1"/>
+      <c r="G425" s="1"/>
+      <c r="H425" s="1"/>
+      <c r="I425" s="1"/>
+      <c r="J425" s="1"/>
+      <c r="K425" s="1"/>
+    </row>
+    <row r="426" spans="1:11">
+      <c r="A426" s="1"/>
+      <c r="B426" s="1"/>
+      <c r="C426" s="1"/>
+      <c r="D426" s="1"/>
+      <c r="E426" s="1"/>
+      <c r="F426" s="1"/>
+      <c r="G426" s="1"/>
+      <c r="H426" s="1"/>
+      <c r="I426" s="1"/>
+      <c r="J426" s="1"/>
+      <c r="K426" s="1"/>
+    </row>
+    <row r="427" spans="1:11">
+      <c r="A427" s="1"/>
+      <c r="B427" s="1"/>
+      <c r="C427" s="1"/>
+      <c r="D427" s="1"/>
+      <c r="E427" s="1"/>
+      <c r="F427" s="1"/>
+      <c r="G427" s="1"/>
+      <c r="H427" s="1"/>
+      <c r="I427" s="1"/>
+      <c r="J427" s="1"/>
+      <c r="K427" s="1"/>
+    </row>
+    <row r="428" spans="1:11">
+      <c r="A428" s="1"/>
+      <c r="B428" s="1"/>
+      <c r="C428" s="1"/>
+      <c r="D428" s="1"/>
+      <c r="E428" s="1"/>
+      <c r="F428" s="1"/>
+      <c r="G428" s="1"/>
+      <c r="H428" s="1"/>
+      <c r="I428" s="1"/>
+      <c r="J428" s="1"/>
+      <c r="K428" s="1"/>
+    </row>
+    <row r="429" spans="1:11">
+      <c r="A429" s="1"/>
+      <c r="B429" s="1"/>
+      <c r="C429" s="1"/>
+      <c r="D429" s="1"/>
+      <c r="E429" s="1"/>
+      <c r="F429" s="1"/>
+      <c r="G429" s="1"/>
+      <c r="H429" s="1"/>
+      <c r="I429" s="1"/>
+      <c r="J429" s="1"/>
+      <c r="K429" s="1"/>
+    </row>
+    <row r="430" spans="1:11">
+      <c r="A430" s="1"/>
+      <c r="B430" s="1"/>
+      <c r="C430" s="1"/>
+      <c r="D430" s="1"/>
+      <c r="E430" s="1"/>
+      <c r="F430" s="1"/>
+      <c r="G430" s="1"/>
+      <c r="H430" s="1"/>
+      <c r="I430" s="1"/>
+      <c r="J430" s="1"/>
+      <c r="K430" s="1"/>
+    </row>
+    <row r="431" spans="1:11">
+      <c r="A431" s="1"/>
+      <c r="B431" s="1"/>
+      <c r="C431" s="1"/>
+      <c r="D431" s="1"/>
+      <c r="E431" s="1"/>
+      <c r="F431" s="1"/>
+      <c r="G431" s="1"/>
+      <c r="H431" s="1"/>
+      <c r="I431" s="1"/>
+      <c r="J431" s="1"/>
+      <c r="K431" s="1"/>
+    </row>
+    <row r="432" spans="1:11">
+      <c r="A432" s="1"/>
+      <c r="B432" s="1"/>
+      <c r="C432" s="1"/>
+      <c r="D432" s="1"/>
+      <c r="E432" s="1"/>
+      <c r="F432" s="1"/>
+      <c r="G432" s="1"/>
+      <c r="H432" s="1"/>
+      <c r="I432" s="1"/>
+      <c r="J432" s="1"/>
+      <c r="K432" s="1"/>
+    </row>
+    <row r="433" spans="1:11">
+      <c r="A433" s="1"/>
+      <c r="B433" s="1"/>
+      <c r="C433" s="1"/>
+      <c r="D433" s="1"/>
+      <c r="E433" s="1"/>
+      <c r="F433" s="1"/>
+      <c r="G433" s="1"/>
+      <c r="H433" s="1"/>
+      <c r="I433" s="1"/>
+      <c r="J433" s="1"/>
+      <c r="K433" s="1"/>
+    </row>
+    <row r="434" spans="1:11">
+      <c r="A434" s="1"/>
+      <c r="B434" s="1"/>
+      <c r="C434" s="1"/>
+      <c r="D434" s="1"/>
+      <c r="E434" s="1"/>
+      <c r="F434" s="1"/>
+      <c r="G434" s="1"/>
+      <c r="H434" s="1"/>
+      <c r="I434" s="1"/>
+      <c r="J434" s="1"/>
+      <c r="K434" s="1"/>
+    </row>
+    <row r="435" spans="1:11">
+      <c r="A435" s="1"/>
+      <c r="B435" s="1"/>
+      <c r="C435" s="1"/>
+      <c r="D435" s="1"/>
+      <c r="E435" s="1"/>
+      <c r="F435" s="1"/>
+      <c r="G435" s="1"/>
+      <c r="H435" s="1"/>
+      <c r="I435" s="1"/>
+      <c r="J435" s="1"/>
+      <c r="K435" s="1"/>
+    </row>
+    <row r="436" spans="1:11">
+      <c r="A436" s="1"/>
+      <c r="B436" s="1"/>
+      <c r="C436" s="1"/>
+      <c r="D436" s="1"/>
+      <c r="E436" s="1"/>
+      <c r="F436" s="1"/>
+      <c r="G436" s="1"/>
+      <c r="H436" s="1"/>
+      <c r="I436" s="1"/>
+      <c r="J436" s="1"/>
+      <c r="K436" s="1"/>
+    </row>
+    <row r="437" spans="1:11">
+      <c r="A437" s="1"/>
+      <c r="B437" s="1"/>
+      <c r="C437" s="1"/>
+      <c r="D437" s="1"/>
+      <c r="E437" s="1"/>
+      <c r="F437" s="1"/>
+      <c r="G437" s="1"/>
+      <c r="H437" s="1"/>
+      <c r="I437" s="1"/>
+      <c r="J437" s="1"/>
+      <c r="K437" s="1"/>
+    </row>
+    <row r="438" spans="1:11">
+      <c r="A438" s="1"/>
+      <c r="B438" s="1"/>
+      <c r="C438" s="1"/>
+      <c r="D438" s="1"/>
+      <c r="E438" s="1"/>
+      <c r="F438" s="1"/>
+      <c r="G438" s="1"/>
+      <c r="H438" s="1"/>
+      <c r="I438" s="1"/>
+      <c r="J438" s="1"/>
+      <c r="K438" s="1"/>
+    </row>
+    <row r="439" spans="1:11">
+      <c r="A439" s="1"/>
+      <c r="B439" s="1"/>
+      <c r="C439" s="1"/>
+      <c r="D439" s="1"/>
+      <c r="E439" s="1"/>
+      <c r="F439" s="1"/>
+      <c r="G439" s="1"/>
+      <c r="H439" s="1"/>
+      <c r="I439" s="1"/>
+      <c r="J439" s="1"/>
+      <c r="K439" s="1"/>
+    </row>
+    <row r="440" spans="1:11">
+      <c r="A440" s="1"/>
+      <c r="B440" s="1"/>
+      <c r="C440" s="1"/>
+      <c r="D440" s="1"/>
+      <c r="E440" s="1"/>
+      <c r="F440" s="1"/>
+      <c r="G440" s="1"/>
+      <c r="H440" s="1"/>
+      <c r="I440" s="1"/>
+      <c r="J440" s="1"/>
+      <c r="K440" s="1"/>
+    </row>
+    <row r="441" spans="1:11">
+      <c r="A441" s="1"/>
+      <c r="B441" s="1"/>
+      <c r="C441" s="1"/>
+      <c r="D441" s="1"/>
+      <c r="E441" s="1"/>
+      <c r="F441" s="1"/>
+      <c r="G441" s="1"/>
+      <c r="H441" s="1"/>
+      <c r="I441" s="1"/>
+      <c r="J441" s="1"/>
+      <c r="K441" s="1"/>
+    </row>
+    <row r="442" spans="1:11">
+      <c r="A442" s="1"/>
+      <c r="B442" s="1"/>
+      <c r="C442" s="1"/>
+      <c r="D442" s="1"/>
+      <c r="E442" s="1"/>
+      <c r="F442" s="1"/>
+      <c r="G442" s="1"/>
+      <c r="H442" s="1"/>
+      <c r="I442" s="1"/>
+      <c r="J442" s="1"/>
+      <c r="K442" s="1"/>
+    </row>
+    <row r="443" spans="1:11">
+      <c r="A443" s="1"/>
+      <c r="B443" s="1"/>
+      <c r="C443" s="1"/>
+      <c r="D443" s="1"/>
+      <c r="E443" s="1"/>
+      <c r="F443" s="1"/>
+      <c r="G443" s="1"/>
+      <c r="H443" s="1"/>
+      <c r="I443" s="1"/>
+      <c r="J443" s="1"/>
+      <c r="K443" s="1"/>
+    </row>
+    <row r="444" spans="1:11">
+      <c r="A444" s="1"/>
+      <c r="B444" s="1"/>
+      <c r="C444" s="1"/>
+      <c r="D444" s="1"/>
+      <c r="E444" s="1"/>
+      <c r="F444" s="1"/>
+      <c r="G444" s="1"/>
+      <c r="H444" s="1"/>
+      <c r="I444" s="1"/>
+      <c r="J444" s="1"/>
+      <c r="K444" s="1"/>
+    </row>
+    <row r="445" spans="1:11">
+      <c r="A445" s="1"/>
+      <c r="B445" s="1"/>
+      <c r="C445" s="1"/>
+      <c r="D445" s="1"/>
+      <c r="E445" s="1"/>
+      <c r="F445" s="1"/>
+      <c r="G445" s="1"/>
+      <c r="H445" s="1"/>
+      <c r="I445" s="1"/>
+      <c r="J445" s="1"/>
+      <c r="K445" s="1"/>
+    </row>
+    <row r="446" spans="1:11">
+      <c r="A446" s="1"/>
+      <c r="B446" s="1"/>
+      <c r="C446" s="1"/>
+      <c r="D446" s="1"/>
+      <c r="E446" s="1"/>
+      <c r="F446" s="1"/>
+      <c r="G446" s="1"/>
+      <c r="H446" s="1"/>
+      <c r="I446" s="1"/>
+      <c r="J446" s="1"/>
+      <c r="K446" s="1"/>
+    </row>
+    <row r="447" spans="1:11">
+      <c r="A447" s="1"/>
+      <c r="B447" s="1"/>
+      <c r="C447" s="1"/>
+      <c r="D447" s="1"/>
+      <c r="E447" s="1"/>
+      <c r="F447" s="1"/>
+      <c r="G447" s="1"/>
+      <c r="H447" s="1"/>
+      <c r="I447" s="1"/>
+      <c r="J447" s="1"/>
+      <c r="K447" s="1"/>
+    </row>
+    <row r="448" spans="1:11">
+      <c r="A448" s="1"/>
+      <c r="B448" s="1"/>
+      <c r="C448" s="1"/>
+      <c r="D448" s="1"/>
+      <c r="E448" s="1"/>
+      <c r="F448" s="1"/>
+      <c r="G448" s="1"/>
+      <c r="H448" s="1"/>
+      <c r="I448" s="1"/>
+      <c r="J448" s="1"/>
+      <c r="K448" s="1"/>
+    </row>
+    <row r="449" spans="1:11">
+      <c r="A449" s="1"/>
+      <c r="B449" s="1"/>
+      <c r="C449" s="1"/>
+      <c r="D449" s="1"/>
+      <c r="E449" s="1"/>
+      <c r="F449" s="1"/>
+      <c r="G449" s="1"/>
+      <c r="H449" s="1"/>
+      <c r="I449" s="1"/>
+      <c r="J449" s="1"/>
+      <c r="K449" s="1"/>
+    </row>
+    <row r="450" spans="1:11">
+      <c r="A450" s="1"/>
+      <c r="B450" s="1"/>
+      <c r="C450" s="1"/>
+      <c r="D450" s="1"/>
+      <c r="E450" s="1"/>
+      <c r="F450" s="1"/>
+      <c r="G450" s="1"/>
+      <c r="H450" s="1"/>
+      <c r="I450" s="1"/>
+      <c r="J450" s="1"/>
+      <c r="K450" s="1"/>
+    </row>
+    <row r="451" spans="1:11">
+      <c r="A451" s="1"/>
+      <c r="B451" s="1"/>
+      <c r="C451" s="1"/>
+      <c r="D451" s="1"/>
+      <c r="E451" s="1"/>
+      <c r="F451" s="1"/>
+      <c r="G451" s="1"/>
+      <c r="H451" s="1"/>
+      <c r="I451" s="1"/>
+      <c r="J451" s="1"/>
+      <c r="K451" s="1"/>
+    </row>
+    <row r="452" spans="1:11">
+      <c r="A452" s="1"/>
+      <c r="B452" s="1"/>
+      <c r="C452" s="1"/>
+      <c r="D452" s="1"/>
+      <c r="E452" s="1"/>
+      <c r="F452" s="1"/>
+      <c r="G452" s="1"/>
+      <c r="H452" s="1"/>
+      <c r="I452" s="1"/>
+      <c r="J452" s="1"/>
+      <c r="K452" s="1"/>
+    </row>
+    <row r="453" spans="1:11">
+      <c r="A453" s="1"/>
+      <c r="B453" s="1"/>
+      <c r="C453" s="1"/>
+      <c r="D453" s="1"/>
+      <c r="E453" s="1"/>
+      <c r="F453" s="1"/>
+      <c r="G453" s="1"/>
+      <c r="H453" s="1"/>
+      <c r="I453" s="1"/>
+      <c r="J453" s="1"/>
+      <c r="K453" s="1"/>
+    </row>
+    <row r="454" spans="1:11">
+      <c r="A454" s="1"/>
+      <c r="B454" s="1"/>
+      <c r="C454" s="1"/>
+      <c r="D454" s="1"/>
+      <c r="E454" s="1"/>
+      <c r="F454" s="1"/>
+      <c r="G454" s="1"/>
+      <c r="H454" s="1"/>
+      <c r="I454" s="1"/>
+      <c r="J454" s="1"/>
+      <c r="K454" s="1"/>
+    </row>
+    <row r="455" spans="1:11">
+      <c r="A455" s="1"/>
+      <c r="B455" s="1"/>
+      <c r="C455" s="1"/>
+      <c r="D455" s="1"/>
+      <c r="E455" s="1"/>
+      <c r="F455" s="1"/>
+      <c r="G455" s="1"/>
+      <c r="H455" s="1"/>
+      <c r="I455" s="1"/>
+      <c r="J455" s="1"/>
+      <c r="K455" s="1"/>
+    </row>
+    <row r="456" spans="1:11">
+      <c r="A456" s="1"/>
+      <c r="B456" s="1"/>
+      <c r="C456" s="1"/>
+      <c r="D456" s="1"/>
+      <c r="E456" s="1"/>
+      <c r="F456" s="1"/>
+      <c r="G456" s="1"/>
+      <c r="H456" s="1"/>
+      <c r="I456" s="1"/>
+      <c r="J456" s="1"/>
+      <c r="K456" s="1"/>
+    </row>
+    <row r="457" spans="1:11">
+      <c r="A457" s="1"/>
+      <c r="B457" s="1"/>
+      <c r="C457" s="1"/>
+      <c r="D457" s="1"/>
+      <c r="E457" s="1"/>
+      <c r="F457" s="1"/>
+      <c r="G457" s="1"/>
+      <c r="H457" s="1"/>
+      <c r="I457" s="1"/>
+      <c r="J457" s="1"/>
+      <c r="K457" s="1"/>
+    </row>
+    <row r="458" spans="1:11">
+      <c r="A458" s="1"/>
+      <c r="B458" s="1"/>
+      <c r="C458" s="1"/>
+      <c r="D458" s="1"/>
+      <c r="E458" s="1"/>
+      <c r="F458" s="1"/>
+      <c r="G458" s="1"/>
+      <c r="H458" s="1"/>
+      <c r="I458" s="1"/>
+      <c r="J458" s="1"/>
+      <c r="K458" s="1"/>
+    </row>
+    <row r="459" spans="1:11">
+      <c r="A459" s="1"/>
+      <c r="B459" s="1"/>
+      <c r="C459" s="1"/>
+      <c r="D459" s="1"/>
+      <c r="E459" s="1"/>
+      <c r="F459" s="1"/>
+      <c r="G459" s="1"/>
+      <c r="H459" s="1"/>
+      <c r="I459" s="1"/>
+      <c r="J459" s="1"/>
+      <c r="K459" s="1"/>
+    </row>
+    <row r="460" spans="1:11">
+      <c r="A460" s="1"/>
+      <c r="B460" s="1"/>
+      <c r="C460" s="1"/>
+      <c r="D460" s="1"/>
+      <c r="E460" s="1"/>
+      <c r="F460" s="1"/>
+      <c r="G460" s="1"/>
+      <c r="H460" s="1"/>
+      <c r="I460" s="1"/>
+      <c r="J460" s="1"/>
+      <c r="K460" s="1"/>
+    </row>
+    <row r="461" spans="1:11">
+      <c r="A461" s="1"/>
+      <c r="B461" s="1"/>
+      <c r="C461" s="1"/>
+      <c r="D461" s="1"/>
+      <c r="E461" s="1"/>
+      <c r="F461" s="1"/>
+      <c r="G461" s="1"/>
+      <c r="H461" s="1"/>
+      <c r="I461" s="1"/>
+      <c r="J461" s="1"/>
+      <c r="K461" s="1"/>
+    </row>
+    <row r="462" spans="1:11">
+      <c r="A462" s="1"/>
+      <c r="B462" s="1"/>
+      <c r="C462" s="1"/>
+      <c r="D462" s="1"/>
+      <c r="E462" s="1"/>
+      <c r="F462" s="1"/>
+      <c r="G462" s="1"/>
+      <c r="H462" s="1"/>
+      <c r="I462" s="1"/>
+      <c r="J462" s="1"/>
+      <c r="K462" s="1"/>
+    </row>
+    <row r="463" spans="1:11">
+      <c r="A463" s="1"/>
+      <c r="B463" s="1"/>
+      <c r="C463" s="1"/>
+      <c r="D463" s="1"/>
+      <c r="E463" s="1"/>
+      <c r="F463" s="1"/>
+      <c r="G463" s="1"/>
+      <c r="H463" s="1"/>
+      <c r="I463" s="1"/>
+      <c r="J463" s="1"/>
+      <c r="K463" s="1"/>
+    </row>
+    <row r="464" spans="1:11">
+      <c r="A464" s="1"/>
+      <c r="B464" s="1"/>
+      <c r="C464" s="1"/>
+      <c r="D464" s="1"/>
+      <c r="E464" s="1"/>
+      <c r="F464" s="1"/>
+      <c r="G464" s="1"/>
+      <c r="H464" s="1"/>
+      <c r="I464" s="1"/>
+      <c r="J464" s="1"/>
+      <c r="K464" s="1"/>
+    </row>
+    <row r="465" spans="1:11">
+      <c r="A465" s="1"/>
+      <c r="B465" s="1"/>
+      <c r="C465" s="1"/>
+      <c r="D465" s="1"/>
+      <c r="E465" s="1"/>
+      <c r="F465" s="1"/>
+      <c r="G465" s="1"/>
+      <c r="H465" s="1"/>
+      <c r="I465" s="1"/>
+      <c r="J465" s="1"/>
+      <c r="K465" s="1"/>
+    </row>
+    <row r="466" spans="1:11">
+      <c r="A466" s="1"/>
+      <c r="B466" s="1"/>
+      <c r="C466" s="1"/>
+      <c r="D466" s="1"/>
+      <c r="E466" s="1"/>
+      <c r="F466" s="1"/>
+      <c r="G466" s="1"/>
+      <c r="H466" s="1"/>
+      <c r="I466" s="1"/>
+      <c r="J466" s="1"/>
+      <c r="K466" s="1"/>
+    </row>
+    <row r="467" spans="1:11">
+      <c r="A467" s="1"/>
+      <c r="B467" s="1"/>
+      <c r="C467" s="1"/>
+      <c r="D467" s="1"/>
+      <c r="E467" s="1"/>
+      <c r="F467" s="1"/>
+      <c r="G467" s="1"/>
+      <c r="H467" s="1"/>
+      <c r="I467" s="1"/>
+      <c r="J467" s="1"/>
+      <c r="K467" s="1"/>
+    </row>
+    <row r="468" spans="1:11">
+      <c r="A468" s="1"/>
+      <c r="B468" s="1"/>
+      <c r="C468" s="1"/>
+      <c r="D468" s="1"/>
+      <c r="E468" s="1"/>
+      <c r="F468" s="1"/>
+      <c r="G468" s="1"/>
+      <c r="H468" s="1"/>
+      <c r="I468" s="1"/>
+      <c r="J468" s="1"/>
+      <c r="K468" s="1"/>
+    </row>
+    <row r="469" spans="1:11">
+      <c r="A469" s="1"/>
+      <c r="B469" s="1"/>
+      <c r="C469" s="1"/>
+      <c r="D469" s="1"/>
+      <c r="E469" s="1"/>
+      <c r="F469" s="1"/>
+      <c r="G469" s="1"/>
+      <c r="H469" s="1"/>
+      <c r="I469" s="1"/>
+      <c r="J469" s="1"/>
+      <c r="K469" s="1"/>
+    </row>
+    <row r="470" spans="1:11">
+      <c r="A470" s="1"/>
+      <c r="B470" s="1"/>
+      <c r="C470" s="1"/>
+      <c r="D470" s="1"/>
+      <c r="E470" s="1"/>
+      <c r="F470" s="1"/>
+      <c r="G470" s="1"/>
+      <c r="H470" s="1"/>
+      <c r="I470" s="1"/>
+      <c r="J470" s="1"/>
+      <c r="K470" s="1"/>
+    </row>
+    <row r="471" spans="1:11">
+      <c r="A471" s="1"/>
+      <c r="B471" s="1"/>
+      <c r="C471" s="1"/>
+      <c r="D471" s="1"/>
+      <c r="E471" s="1"/>
+      <c r="F471" s="1"/>
+      <c r="G471" s="1"/>
+      <c r="H471" s="1"/>
+      <c r="I471" s="1"/>
+      <c r="J471" s="1"/>
+      <c r="K471" s="1"/>
+    </row>
+    <row r="472" spans="1:11">
+      <c r="A472" s="1"/>
+      <c r="B472" s="1"/>
+      <c r="C472" s="1"/>
+      <c r="D472" s="1"/>
+      <c r="E472" s="1"/>
+      <c r="F472" s="1"/>
+      <c r="G472" s="1"/>
+      <c r="H472" s="1"/>
+      <c r="I472" s="1"/>
+      <c r="J472" s="1"/>
+      <c r="K472" s="1"/>
+    </row>
+    <row r="473" spans="1:11">
+      <c r="A473" s="1"/>
+      <c r="B473" s="1"/>
+      <c r="C473" s="1"/>
+      <c r="D473" s="1"/>
+      <c r="E473" s="1"/>
+      <c r="F473" s="1"/>
+      <c r="G473" s="1"/>
+      <c r="H473" s="1"/>
+      <c r="I473" s="1"/>
+      <c r="J473" s="1"/>
+      <c r="K473" s="1"/>
+    </row>
+    <row r="474" spans="1:11">
+      <c r="A474" s="1"/>
+      <c r="B474" s="1"/>
+      <c r="C474" s="1"/>
+      <c r="D474" s="1"/>
+      <c r="E474" s="1"/>
+      <c r="F474" s="1"/>
+      <c r="G474" s="1"/>
+      <c r="H474" s="1"/>
+      <c r="I474" s="1"/>
+      <c r="J474" s="1"/>
+      <c r="K474" s="1"/>
+    </row>
+    <row r="475" spans="1:11">
+      <c r="A475" s="1"/>
+      <c r="B475" s="1"/>
+      <c r="C475" s="1"/>
+      <c r="D475" s="1"/>
+      <c r="E475" s="1"/>
+      <c r="F475" s="1"/>
+      <c r="G475" s="1"/>
+      <c r="H475" s="1"/>
+      <c r="I475" s="1"/>
+      <c r="J475" s="1"/>
+      <c r="K475" s="1"/>
+    </row>
+    <row r="476" spans="1:11">
+      <c r="A476" s="1"/>
+      <c r="B476" s="1"/>
+      <c r="C476" s="1"/>
+      <c r="D476" s="1"/>
+      <c r="E476" s="1"/>
+      <c r="F476" s="1"/>
+      <c r="G476" s="1"/>
+      <c r="H476" s="1"/>
+      <c r="I476" s="1"/>
+      <c r="J476" s="1"/>
+      <c r="K476" s="1"/>
+    </row>
+    <row r="477" spans="1:11">
+      <c r="A477" s="1"/>
+      <c r="B477" s="1"/>
+      <c r="C477" s="1"/>
+      <c r="D477" s="1"/>
+      <c r="E477" s="1"/>
+      <c r="F477" s="1"/>
+      <c r="G477" s="1"/>
+      <c r="H477" s="1"/>
+      <c r="I477" s="1"/>
+      <c r="J477" s="1"/>
+      <c r="K477" s="1"/>
+    </row>
+    <row r="478" spans="1:11">
+      <c r="A478" s="1"/>
+      <c r="B478" s="1"/>
+      <c r="C478" s="1"/>
+      <c r="D478" s="1"/>
+      <c r="E478" s="1"/>
+      <c r="F478" s="1"/>
+      <c r="G478" s="1"/>
+      <c r="H478" s="1"/>
+      <c r="I478" s="1"/>
+      <c r="J478" s="1"/>
+      <c r="K478" s="1"/>
+    </row>
+    <row r="479" spans="1:11">
+      <c r="A479" s="1"/>
+      <c r="B479" s="1"/>
+      <c r="C479" s="1"/>
+      <c r="D479" s="1"/>
+      <c r="E479" s="1"/>
+      <c r="F479" s="1"/>
+      <c r="G479" s="1"/>
+      <c r="H479" s="1"/>
+      <c r="I479" s="1"/>
+      <c r="J479" s="1"/>
+      <c r="K479" s="1"/>
+    </row>
+    <row r="480" spans="1:11">
+      <c r="A480" s="1"/>
+      <c r="B480" s="1"/>
+      <c r="C480" s="1"/>
+      <c r="D480" s="1"/>
+      <c r="E480" s="1"/>
+      <c r="F480" s="1"/>
+      <c r="G480" s="1"/>
+      <c r="H480" s="1"/>
+      <c r="I480" s="1"/>
+      <c r="J480" s="1"/>
+      <c r="K480" s="1"/>
+    </row>
+    <row r="481" spans="1:11">
+      <c r="A481" s="1"/>
+      <c r="B481" s="1"/>
+      <c r="C481" s="1"/>
+      <c r="D481" s="1"/>
+      <c r="E481" s="1"/>
+      <c r="F481" s="1"/>
+      <c r="G481" s="1"/>
+      <c r="H481" s="1"/>
+      <c r="I481" s="1"/>
+      <c r="J481" s="1"/>
+      <c r="K481" s="1"/>
+    </row>
+    <row r="482" spans="1:11">
+      <c r="A482" s="1"/>
+      <c r="B482" s="1"/>
+      <c r="C482" s="1"/>
+      <c r="D482" s="1"/>
+      <c r="E482" s="1"/>
+      <c r="F482" s="1"/>
+      <c r="G482" s="1"/>
+      <c r="H482" s="1"/>
+      <c r="I482" s="1"/>
+      <c r="J482" s="1"/>
+      <c r="K482" s="1"/>
+    </row>
+    <row r="483" spans="1:11">
+      <c r="A483" s="1"/>
+      <c r="B483" s="1"/>
+      <c r="C483" s="1"/>
+      <c r="D483" s="1"/>
+      <c r="E483" s="1"/>
+      <c r="F483" s="1"/>
+      <c r="G483" s="1"/>
+      <c r="H483" s="1"/>
+      <c r="I483" s="1"/>
+      <c r="J483" s="1"/>
+      <c r="K483" s="1"/>
+    </row>
+    <row r="484" spans="1:11">
+      <c r="A484" s="1"/>
+      <c r="B484" s="1"/>
+      <c r="C484" s="1"/>
+      <c r="D484" s="1"/>
+      <c r="E484" s="1"/>
+      <c r="F484" s="1"/>
+      <c r="G484" s="1"/>
+      <c r="H484" s="1"/>
+      <c r="I484" s="1"/>
+      <c r="J484" s="1"/>
+      <c r="K484" s="1"/>
+    </row>
+    <row r="485" spans="1:11">
+      <c r="A485" s="1"/>
+      <c r="B485" s="1"/>
+      <c r="C485" s="1"/>
+      <c r="D485" s="1"/>
+      <c r="E485" s="1"/>
+      <c r="F485" s="1"/>
+      <c r="G485" s="1"/>
+      <c r="H485" s="1"/>
+      <c r="I485" s="1"/>
+      <c r="J485" s="1"/>
+      <c r="K485" s="1"/>
+    </row>
+    <row r="486" spans="1:11">
+      <c r="A486" s="1"/>
+      <c r="B486" s="1"/>
+      <c r="C486" s="1"/>
+      <c r="D486" s="1"/>
+      <c r="E486" s="1"/>
+      <c r="F486" s="1"/>
+      <c r="G486" s="1"/>
+      <c r="H486" s="1"/>
+      <c r="I486" s="1"/>
+      <c r="J486" s="1"/>
+      <c r="K486" s="1"/>
+    </row>
+    <row r="487" spans="1:11">
+      <c r="A487" s="1"/>
+      <c r="B487" s="1"/>
+      <c r="C487" s="1"/>
+      <c r="D487" s="1"/>
+      <c r="E487" s="1"/>
+      <c r="F487" s="1"/>
+      <c r="G487" s="1"/>
+      <c r="H487" s="1"/>
+      <c r="I487" s="1"/>
+      <c r="J487" s="1"/>
+      <c r="K487" s="1"/>
+    </row>
+    <row r="488" spans="1:11">
+      <c r="A488" s="1"/>
+      <c r="B488" s="1"/>
+      <c r="C488" s="1"/>
+      <c r="D488" s="1"/>
+      <c r="E488" s="1"/>
+      <c r="F488" s="1"/>
+      <c r="G488" s="1"/>
+      <c r="H488" s="1"/>
+      <c r="I488" s="1"/>
+      <c r="J488" s="1"/>
+      <c r="K488" s="1"/>
+    </row>
+    <row r="489" spans="1:11">
+      <c r="A489" s="1"/>
+      <c r="B489" s="1"/>
+      <c r="C489" s="1"/>
+      <c r="D489" s="1"/>
+      <c r="E489" s="1"/>
+      <c r="F489" s="1"/>
+      <c r="G489" s="1"/>
+      <c r="H489" s="1"/>
+      <c r="I489" s="1"/>
+      <c r="J489" s="1"/>
+      <c r="K489" s="1"/>
+    </row>
+    <row r="490" spans="1:11">
+      <c r="A490" s="1"/>
+      <c r="B490" s="1"/>
+      <c r="C490" s="1"/>
+      <c r="D490" s="1"/>
+      <c r="E490" s="1"/>
+      <c r="F490" s="1"/>
+      <c r="G490" s="1"/>
+      <c r="H490" s="1"/>
+      <c r="I490" s="1"/>
+      <c r="J490" s="1"/>
+      <c r="K490" s="1"/>
+    </row>
+    <row r="491" spans="1:11">
+      <c r="A491" s="1"/>
+      <c r="B491" s="1"/>
+      <c r="C491" s="1"/>
+      <c r="D491" s="1"/>
+      <c r="E491" s="1"/>
+      <c r="F491" s="1"/>
+      <c r="G491" s="1"/>
+      <c r="H491" s="1"/>
+      <c r="I491" s="1"/>
+      <c r="J491" s="1"/>
+      <c r="K491" s="1"/>
+    </row>
+    <row r="492" spans="1:11">
+      <c r="A492" s="1"/>
+      <c r="B492" s="1"/>
+      <c r="C492" s="1"/>
+      <c r="D492" s="1"/>
+      <c r="E492" s="1"/>
+      <c r="F492" s="1"/>
+      <c r="G492" s="1"/>
+      <c r="H492" s="1"/>
+      <c r="I492" s="1"/>
+      <c r="J492" s="1"/>
+      <c r="K492" s="1"/>
+    </row>
+    <row r="493" spans="1:11">
+      <c r="A493" s="1"/>
+      <c r="B493" s="1"/>
+      <c r="C493" s="1"/>
+      <c r="D493" s="1"/>
+      <c r="E493" s="1"/>
+      <c r="F493" s="1"/>
+      <c r="G493" s="1"/>
+      <c r="H493" s="1"/>
+      <c r="I493" s="1"/>
+      <c r="J493" s="1"/>
+      <c r="K493" s="1"/>
+    </row>
+    <row r="494" spans="1:11">
+      <c r="A494" s="1"/>
+      <c r="B494" s="1"/>
+      <c r="C494" s="1"/>
+      <c r="D494" s="1"/>
+      <c r="E494" s="1"/>
+      <c r="F494" s="1"/>
+      <c r="G494" s="1"/>
+      <c r="H494" s="1"/>
+      <c r="I494" s="1"/>
+      <c r="J494" s="1"/>
+      <c r="K494" s="1"/>
+    </row>
+    <row r="495" spans="1:11">
+      <c r="A495" s="1"/>
+      <c r="B495" s="1"/>
+      <c r="C495" s="1"/>
+      <c r="D495" s="1"/>
+      <c r="E495" s="1"/>
+      <c r="F495" s="1"/>
+      <c r="G495" s="1"/>
+      <c r="H495" s="1"/>
+      <c r="I495" s="1"/>
+      <c r="J495" s="1"/>
+      <c r="K495" s="1"/>
+    </row>
+    <row r="496" spans="1:11">
+      <c r="A496" s="1"/>
+      <c r="B496" s="1"/>
+      <c r="C496" s="1"/>
+      <c r="D496" s="1"/>
+      <c r="E496" s="1"/>
+      <c r="F496" s="1"/>
+      <c r="G496" s="1"/>
+      <c r="H496" s="1"/>
+      <c r="I496" s="1"/>
+      <c r="J496" s="1"/>
+      <c r="K496" s="1"/>
+    </row>
+    <row r="497" spans="1:11">
+      <c r="A497" s="1"/>
+      <c r="B497" s="1"/>
+      <c r="C497" s="1"/>
+      <c r="D497" s="1"/>
+      <c r="E497" s="1"/>
+      <c r="F497" s="1"/>
+      <c r="G497" s="1"/>
+      <c r="H497" s="1"/>
+      <c r="I497" s="1"/>
+      <c r="J497" s="1"/>
+      <c r="K497" s="1"/>
+    </row>
+    <row r="498" spans="1:11">
+      <c r="A498" s="1"/>
+      <c r="B498" s="1"/>
+      <c r="C498" s="1"/>
+      <c r="D498" s="1"/>
+      <c r="E498" s="1"/>
+      <c r="F498" s="1"/>
+      <c r="G498" s="1"/>
+      <c r="H498" s="1"/>
+      <c r="I498" s="1"/>
+      <c r="J498" s="1"/>
+      <c r="K498" s="1"/>
+    </row>
+    <row r="499" spans="1:11">
+      <c r="A499" s="1"/>
+      <c r="B499" s="1"/>
+      <c r="C499" s="1"/>
+      <c r="D499" s="1"/>
+      <c r="E499" s="1"/>
+      <c r="F499" s="1"/>
+      <c r="G499" s="1"/>
+      <c r="H499" s="1"/>
+      <c r="I499" s="1"/>
+      <c r="J499" s="1"/>
+      <c r="K499" s="1"/>
+    </row>
+    <row r="500" spans="1:11">
+      <c r="A500" s="1"/>
+      <c r="B500" s="1"/>
+      <c r="C500" s="1"/>
+      <c r="D500" s="1"/>
+      <c r="E500" s="1"/>
+      <c r="F500" s="1"/>
+      <c r="G500" s="1"/>
+      <c r="H500" s="1"/>
+      <c r="I500" s="1"/>
+      <c r="J500" s="1"/>
+      <c r="K500" s="1"/>
+    </row>
+    <row r="501" spans="1:11">
+      <c r="A501" s="1"/>
+      <c r="B501" s="1"/>
+      <c r="C501" s="1"/>
+      <c r="D501" s="1"/>
+      <c r="E501" s="1"/>
+      <c r="F501" s="1"/>
+      <c r="G501" s="1"/>
+      <c r="H501" s="1"/>
+      <c r="I501" s="1"/>
+      <c r="J501" s="1"/>
+      <c r="K501" s="1"/>
+    </row>
+    <row r="502" spans="1:11">
+      <c r="A502" s="1"/>
+      <c r="B502" s="1"/>
+      <c r="C502" s="1"/>
+      <c r="D502" s="1"/>
+      <c r="E502" s="1"/>
+      <c r="F502" s="1"/>
+      <c r="G502" s="1"/>
+      <c r="H502" s="1"/>
+      <c r="I502" s="1"/>
+      <c r="J502" s="1"/>
+      <c r="K502" s="1"/>
+    </row>
+    <row r="503" spans="1:11">
+      <c r="A503" s="1"/>
+      <c r="B503" s="1"/>
+      <c r="C503" s="1"/>
+      <c r="D503" s="1"/>
+      <c r="E503" s="1"/>
+      <c r="F503" s="1"/>
+      <c r="G503" s="1"/>
+      <c r="H503" s="1"/>
+      <c r="I503" s="1"/>
+      <c r="J503" s="1"/>
+      <c r="K503" s="1"/>
+    </row>
+    <row r="504" spans="1:11">
+      <c r="A504" s="1"/>
+      <c r="B504" s="1"/>
+      <c r="C504" s="1"/>
+      <c r="D504" s="1"/>
+      <c r="E504" s="1"/>
+      <c r="F504" s="1"/>
+      <c r="G504" s="1"/>
+      <c r="H504" s="1"/>
+      <c r="I504" s="1"/>
+      <c r="J504" s="1"/>
+      <c r="K504" s="1"/>
+    </row>
+    <row r="505" spans="1:11">
+      <c r="A505" s="1"/>
+      <c r="B505" s="1"/>
+      <c r="C505" s="1"/>
+      <c r="D505" s="1"/>
+      <c r="E505" s="1"/>
+      <c r="F505" s="1"/>
+      <c r="G505" s="1"/>
+      <c r="H505" s="1"/>
+      <c r="I505" s="1"/>
+      <c r="J505" s="1"/>
+      <c r="K505" s="1"/>
+    </row>
+    <row r="506" spans="1:11">
+      <c r="A506" s="1"/>
+      <c r="B506" s="1"/>
+      <c r="C506" s="1"/>
+      <c r="D506" s="1"/>
+      <c r="E506" s="1"/>
+      <c r="F506" s="1"/>
+      <c r="G506" s="1"/>
+      <c r="H506" s="1"/>
+      <c r="I506" s="1"/>
+      <c r="J506" s="1"/>
+      <c r="K506" s="1"/>
+    </row>
+    <row r="507" spans="1:11">
+      <c r="A507" s="1"/>
+      <c r="B507" s="1"/>
+      <c r="C507" s="1"/>
+      <c r="D507" s="1"/>
+      <c r="E507" s="1"/>
+      <c r="F507" s="1"/>
+      <c r="G507" s="1"/>
+      <c r="H507" s="1"/>
+      <c r="I507" s="1"/>
+      <c r="J507" s="1"/>
+      <c r="K507" s="1"/>
+    </row>
+    <row r="508" spans="1:11">
+      <c r="A508" s="1"/>
+      <c r="B508" s="1"/>
+      <c r="C508" s="1"/>
+      <c r="D508" s="1"/>
+      <c r="E508" s="1"/>
+      <c r="F508" s="1"/>
+      <c r="G508" s="1"/>
+      <c r="H508" s="1"/>
+      <c r="I508" s="1"/>
+      <c r="J508" s="1"/>
+      <c r="K508" s="1"/>
+    </row>
+    <row r="509" spans="1:11">
+      <c r="A509" s="1"/>
+      <c r="B509" s="1"/>
+      <c r="C509" s="1"/>
+      <c r="D509" s="1"/>
+      <c r="E509" s="1"/>
+      <c r="F509" s="1"/>
+      <c r="G509" s="1"/>
+      <c r="H509" s="1"/>
+      <c r="I509" s="1"/>
+      <c r="J509" s="1"/>
+      <c r="K509" s="1"/>
+    </row>
+    <row r="510" spans="1:11">
+      <c r="A510" s="1"/>
+      <c r="B510" s="1"/>
+      <c r="C510" s="1"/>
+      <c r="D510" s="1"/>
+      <c r="E510" s="1"/>
+      <c r="F510" s="1"/>
+      <c r="G510" s="1"/>
+      <c r="H510" s="1"/>
+      <c r="I510" s="1"/>
+      <c r="J510" s="1"/>
+      <c r="K510" s="1"/>
+    </row>
+    <row r="511" spans="1:11">
+      <c r="A511" s="1"/>
+      <c r="B511" s="1"/>
+      <c r="C511" s="1"/>
+      <c r="D511" s="1"/>
+      <c r="E511" s="1"/>
+      <c r="F511" s="1"/>
+      <c r="G511" s="1"/>
+      <c r="H511" s="1"/>
+      <c r="I511" s="1"/>
+      <c r="J511" s="1"/>
+      <c r="K511" s="1"/>
+    </row>
+    <row r="512" spans="1:11">
+      <c r="A512" s="1"/>
+      <c r="B512" s="1"/>
+      <c r="C512" s="1"/>
+      <c r="D512" s="1"/>
+      <c r="E512" s="1"/>
+      <c r="F512" s="1"/>
+      <c r="G512" s="1"/>
+      <c r="H512" s="1"/>
+      <c r="I512" s="1"/>
+      <c r="J512" s="1"/>
+      <c r="K512" s="1"/>
+    </row>
+    <row r="513" spans="1:11">
+      <c r="A513" s="1"/>
+      <c r="B513" s="1"/>
+      <c r="C513" s="1"/>
+      <c r="D513" s="1"/>
+      <c r="E513" s="1"/>
+      <c r="F513" s="1"/>
+      <c r="G513" s="1"/>
+      <c r="H513" s="1"/>
+      <c r="I513" s="1"/>
+      <c r="J513" s="1"/>
+      <c r="K513" s="1"/>
+    </row>
+    <row r="514" spans="1:11">
+      <c r="A514" s="1"/>
+      <c r="B514" s="1"/>
+      <c r="C514" s="1"/>
+      <c r="D514" s="1"/>
+      <c r="E514" s="1"/>
+      <c r="F514" s="1"/>
+      <c r="G514" s="1"/>
+      <c r="H514" s="1"/>
+      <c r="I514" s="1"/>
+      <c r="J514" s="1"/>
+      <c r="K514" s="1"/>
+    </row>
+    <row r="515" spans="1:11">
+      <c r="A515" s="1"/>
+      <c r="B515" s="1"/>
+      <c r="C515" s="1"/>
+      <c r="D515" s="1"/>
+      <c r="E515" s="1"/>
+      <c r="F515" s="1"/>
+      <c r="G515" s="1"/>
+      <c r="H515" s="1"/>
+      <c r="I515" s="1"/>
+      <c r="J515" s="1"/>
+      <c r="K515" s="1"/>
+    </row>
+    <row r="516" spans="1:11">
+      <c r="A516" s="1"/>
+      <c r="B516" s="1"/>
+      <c r="C516" s="1"/>
+      <c r="D516" s="1"/>
+      <c r="E516" s="1"/>
+      <c r="F516" s="1"/>
+      <c r="G516" s="1"/>
+      <c r="H516" s="1"/>
+      <c r="I516" s="1"/>
+      <c r="J516" s="1"/>
+      <c r="K516" s="1"/>
+    </row>
+    <row r="517" spans="1:11">
+      <c r="A517" s="1"/>
+      <c r="B517" s="1"/>
+      <c r="C517" s="1"/>
+      <c r="D517" s="1"/>
+      <c r="E517" s="1"/>
+      <c r="F517" s="1"/>
+      <c r="G517" s="1"/>
+      <c r="H517" s="1"/>
+      <c r="I517" s="1"/>
+      <c r="J517" s="1"/>
+      <c r="K517" s="1"/>
+    </row>
+    <row r="518" spans="1:11">
+      <c r="A518" s="1"/>
+      <c r="B518" s="1"/>
+      <c r="C518" s="1"/>
+      <c r="D518" s="1"/>
+      <c r="E518" s="1"/>
+      <c r="F518" s="1"/>
+      <c r="G518" s="1"/>
+      <c r="H518" s="1"/>
+      <c r="I518" s="1"/>
+      <c r="J518" s="1"/>
+      <c r="K518" s="1"/>
+    </row>
+    <row r="519" spans="1:11">
+      <c r="A519" s="1"/>
+      <c r="B519" s="1"/>
+      <c r="C519" s="1"/>
+      <c r="D519" s="1"/>
+      <c r="E519" s="1"/>
+      <c r="F519" s="1"/>
+      <c r="G519" s="1"/>
+      <c r="H519" s="1"/>
+      <c r="I519" s="1"/>
+      <c r="J519" s="1"/>
+      <c r="K519" s="1"/>
+    </row>
+    <row r="520" spans="1:11">
+      <c r="A520" s="1"/>
+      <c r="B520" s="1"/>
+      <c r="C520" s="1"/>
+      <c r="D520" s="1"/>
+      <c r="E520" s="1"/>
+      <c r="F520" s="1"/>
+      <c r="G520" s="1"/>
+      <c r="H520" s="1"/>
+      <c r="I520" s="1"/>
+      <c r="J520" s="1"/>
+      <c r="K520" s="1"/>
+    </row>
+    <row r="521" spans="1:11">
+      <c r="A521" s="1"/>
+      <c r="B521" s="1"/>
+      <c r="C521" s="1"/>
+      <c r="D521" s="1"/>
+      <c r="E521" s="1"/>
+      <c r="F521" s="1"/>
+      <c r="G521" s="1"/>
+      <c r="H521" s="1"/>
+      <c r="I521" s="1"/>
+      <c r="J521" s="1"/>
+      <c r="K521" s="1"/>
+    </row>
+    <row r="522" spans="1:11">
+      <c r="A522" s="1"/>
+      <c r="B522" s="1"/>
+      <c r="C522" s="1"/>
+      <c r="D522" s="1"/>
+      <c r="E522" s="1"/>
+      <c r="F522" s="1"/>
+      <c r="G522" s="1"/>
+      <c r="H522" s="1"/>
+      <c r="I522" s="1"/>
+      <c r="J522" s="1"/>
+      <c r="K522" s="1"/>
+    </row>
+    <row r="523" spans="1:11">
+      <c r="A523" s="1"/>
+      <c r="B523" s="1"/>
+      <c r="C523" s="1"/>
+      <c r="D523" s="1"/>
+      <c r="E523" s="1"/>
+      <c r="F523" s="1"/>
+      <c r="G523" s="1"/>
+      <c r="H523" s="1"/>
+      <c r="I523" s="1"/>
+      <c r="J523" s="1"/>
+      <c r="K523" s="1"/>
+    </row>
+    <row r="524" spans="1:11">
+      <c r="A524" s="1"/>
+      <c r="B524" s="1"/>
+      <c r="C524" s="1"/>
+      <c r="D524" s="1"/>
+      <c r="E524" s="1"/>
+      <c r="F524" s="1"/>
+      <c r="G524" s="1"/>
+      <c r="H524" s="1"/>
+      <c r="I524" s="1"/>
+      <c r="J524" s="1"/>
+      <c r="K524" s="1"/>
+    </row>
+    <row r="525" spans="1:11">
+      <c r="A525" s="1"/>
+      <c r="B525" s="1"/>
+      <c r="C525" s="1"/>
+      <c r="D525" s="1"/>
+      <c r="E525" s="1"/>
+      <c r="F525" s="1"/>
+      <c r="G525" s="1"/>
+      <c r="H525" s="1"/>
+      <c r="I525" s="1"/>
+      <c r="J525" s="1"/>
+      <c r="K525" s="1"/>
+    </row>
+    <row r="526" spans="1:11">
+      <c r="A526" s="1"/>
+      <c r="B526" s="1"/>
+      <c r="C526" s="1"/>
+      <c r="D526" s="1"/>
+      <c r="E526" s="1"/>
+      <c r="F526" s="1"/>
+      <c r="G526" s="1"/>
+      <c r="H526" s="1"/>
+      <c r="I526" s="1"/>
+      <c r="J526" s="1"/>
+      <c r="K526" s="1"/>
+    </row>
+    <row r="527" spans="1:11">
+      <c r="A527" s="1"/>
+      <c r="B527" s="1"/>
+      <c r="C527" s="1"/>
+      <c r="D527" s="1"/>
+      <c r="E527" s="1"/>
+      <c r="F527" s="1"/>
+      <c r="G527" s="1"/>
+      <c r="H527" s="1"/>
+      <c r="I527" s="1"/>
+      <c r="J527" s="1"/>
+      <c r="K527" s="1"/>
+    </row>
+    <row r="528" spans="1:11">
+      <c r="A528" s="1"/>
+      <c r="B528" s="1"/>
+      <c r="C528" s="1"/>
+      <c r="D528" s="1"/>
+      <c r="E528" s="1"/>
+      <c r="F528" s="1"/>
+      <c r="G528" s="1"/>
+      <c r="H528" s="1"/>
+      <c r="I528" s="1"/>
+      <c r="J528" s="1"/>
+      <c r="K528" s="1"/>
+    </row>
+    <row r="529" spans="1:11">
+      <c r="A529" s="1"/>
+      <c r="B529" s="1"/>
+      <c r="C529" s="1"/>
+      <c r="D529" s="1"/>
+      <c r="E529" s="1"/>
+      <c r="F529" s="1"/>
+      <c r="G529" s="1"/>
+      <c r="H529" s="1"/>
+      <c r="I529" s="1"/>
+      <c r="J529" s="1"/>
+      <c r="K529" s="1"/>
+    </row>
+    <row r="530" spans="1:11">
+      <c r="A530" s="1"/>
+      <c r="B530" s="1"/>
+      <c r="C530" s="1"/>
+      <c r="D530" s="1"/>
+      <c r="E530" s="1"/>
+      <c r="F530" s="1"/>
+      <c r="G530" s="1"/>
+      <c r="H530" s="1"/>
+      <c r="I530" s="1"/>
+      <c r="J530" s="1"/>
+      <c r="K530" s="1"/>
+    </row>
+    <row r="531" spans="1:11">
+      <c r="A531" s="1"/>
+      <c r="B531" s="1"/>
+      <c r="C531" s="1"/>
+      <c r="D531" s="1"/>
+      <c r="E531" s="1"/>
+      <c r="F531" s="1"/>
+      <c r="G531" s="1"/>
+      <c r="H531" s="1"/>
+      <c r="I531" s="1"/>
+      <c r="J531" s="1"/>
+      <c r="K531" s="1"/>
+    </row>
+    <row r="532" spans="1:11">
+      <c r="A532" s="1"/>
+      <c r="B532" s="1"/>
+      <c r="C532" s="1"/>
+      <c r="D532" s="1"/>
+      <c r="E532" s="1"/>
+      <c r="F532" s="1"/>
+      <c r="G532" s="1"/>
+      <c r="H532" s="1"/>
+      <c r="I532" s="1"/>
+      <c r="J532" s="1"/>
+      <c r="K532" s="1"/>
+    </row>
+    <row r="533" spans="1:11">
+      <c r="A533" s="1"/>
+      <c r="B533" s="1"/>
+      <c r="C533" s="1"/>
+      <c r="D533" s="1"/>
+      <c r="E533" s="1"/>
+      <c r="F533" s="1"/>
+      <c r="G533" s="1"/>
+      <c r="H533" s="1"/>
+      <c r="I533" s="1"/>
+      <c r="J533" s="1"/>
+      <c r="K533" s="1"/>
+    </row>
+    <row r="534" spans="1:11">
+      <c r="A534" s="1"/>
+      <c r="B534" s="1"/>
+      <c r="C534" s="1"/>
+      <c r="D534" s="1"/>
+      <c r="E534" s="1"/>
+      <c r="F534" s="1"/>
+      <c r="G534" s="1"/>
+      <c r="H534" s="1"/>
+      <c r="I534" s="1"/>
+      <c r="J534" s="1"/>
+      <c r="K534" s="1"/>
+    </row>
+    <row r="535" spans="1:11">
+      <c r="A535" s="1"/>
+      <c r="B535" s="1"/>
+      <c r="C535" s="1"/>
+      <c r="D535" s="1"/>
+      <c r="E535" s="1"/>
+      <c r="F535" s="1"/>
+      <c r="G535" s="1"/>
+      <c r="H535" s="1"/>
+      <c r="I535" s="1"/>
+      <c r="J535" s="1"/>
+      <c r="K535" s="1"/>
+    </row>
+    <row r="536" spans="1:11">
+      <c r="A536" s="1"/>
+      <c r="B536" s="1"/>
+      <c r="C536" s="1"/>
+      <c r="D536" s="1"/>
+      <c r="E536" s="1"/>
+      <c r="F536" s="1"/>
+      <c r="G536" s="1"/>
+      <c r="H536" s="1"/>
+      <c r="I536" s="1"/>
+      <c r="J536" s="1"/>
+      <c r="K536" s="1"/>
+    </row>
+    <row r="537" spans="1:11">
+      <c r="A537" s="1"/>
+      <c r="B537" s="1"/>
+      <c r="C537" s="1"/>
+      <c r="D537" s="1"/>
+      <c r="E537" s="1"/>
+      <c r="F537" s="1"/>
+      <c r="G537" s="1"/>
+      <c r="H537" s="1"/>
+      <c r="I537" s="1"/>
+      <c r="J537" s="1"/>
+      <c r="K537" s="1"/>
+    </row>
+    <row r="538" spans="1:11">
+      <c r="A538" s="1"/>
+      <c r="B538" s="1"/>
+      <c r="C538" s="1"/>
+      <c r="D538" s="1"/>
+      <c r="E538" s="1"/>
+      <c r="F538" s="1"/>
+      <c r="G538" s="1"/>
+      <c r="H538" s="1"/>
+      <c r="I538" s="1"/>
+      <c r="J538" s="1"/>
+      <c r="K538" s="1"/>
+    </row>
+    <row r="539" spans="1:11">
+      <c r="A539" s="1"/>
+      <c r="B539" s="1"/>
+      <c r="C539" s="1"/>
+      <c r="D539" s="1"/>
+      <c r="E539" s="1"/>
+      <c r="F539" s="1"/>
+      <c r="G539" s="1"/>
+      <c r="H539" s="1"/>
+      <c r="I539" s="1"/>
+      <c r="J539" s="1"/>
+      <c r="K539" s="1"/>
+    </row>
+    <row r="540" spans="1:11">
+      <c r="A540" s="1"/>
+      <c r="B540" s="1"/>
+      <c r="C540" s="1"/>
+      <c r="D540" s="1"/>
+      <c r="E540" s="1"/>
+      <c r="F540" s="1"/>
+      <c r="G540" s="1"/>
+      <c r="H540" s="1"/>
+      <c r="I540" s="1"/>
+      <c r="J540" s="1"/>
+      <c r="K540" s="1"/>
+    </row>
+    <row r="541" spans="1:11">
+      <c r="A541" s="1"/>
+      <c r="B541" s="1"/>
+      <c r="C541" s="1"/>
+      <c r="D541" s="1"/>
+      <c r="E541" s="1"/>
+      <c r="F541" s="1"/>
+      <c r="G541" s="1"/>
+      <c r="H541" s="1"/>
+      <c r="I541" s="1"/>
+      <c r="J541" s="1"/>
+      <c r="K541" s="1"/>
+    </row>
+    <row r="542" spans="1:11">
+      <c r="A542" s="1"/>
+      <c r="B542" s="1"/>
+      <c r="C542" s="1"/>
+      <c r="D542" s="1"/>
+      <c r="E542" s="1"/>
+      <c r="F542" s="1"/>
+      <c r="G542" s="1"/>
+      <c r="H542" s="1"/>
+      <c r="I542" s="1"/>
+      <c r="J542" s="1"/>
+      <c r="K542" s="1"/>
+    </row>
+    <row r="543" spans="1:11">
+      <c r="A543" s="1"/>
+      <c r="B543" s="1"/>
+      <c r="C543" s="1"/>
+      <c r="D543" s="1"/>
+      <c r="E543" s="1"/>
+      <c r="F543" s="1"/>
+      <c r="G543" s="1"/>
+      <c r="H543" s="1"/>
+      <c r="I543" s="1"/>
+      <c r="J543" s="1"/>
+      <c r="K543" s="1"/>
+    </row>
+    <row r="544" spans="1:11">
+      <c r="A544" s="1"/>
+      <c r="B544" s="1"/>
+      <c r="C544" s="1"/>
+      <c r="D544" s="1"/>
+      <c r="E544" s="1"/>
+      <c r="F544" s="1"/>
+      <c r="G544" s="1"/>
+      <c r="H544" s="1"/>
+      <c r="I544" s="1"/>
+      <c r="J544" s="1"/>
+      <c r="K544" s="1"/>
+    </row>
+    <row r="545" spans="1:11">
+      <c r="A545" s="1"/>
+      <c r="B545" s="1"/>
+      <c r="C545" s="1"/>
+      <c r="D545" s="1"/>
+      <c r="E545" s="1"/>
+      <c r="F545" s="1"/>
+      <c r="G545" s="1"/>
+      <c r="H545" s="1"/>
+      <c r="I545" s="1"/>
+      <c r="J545" s="1"/>
+      <c r="K545" s="1"/>
+    </row>
+    <row r="546" spans="1:11">
+      <c r="A546" s="1"/>
+      <c r="B546" s="1"/>
+      <c r="C546" s="1"/>
+      <c r="D546" s="1"/>
+      <c r="E546" s="1"/>
+      <c r="F546" s="1"/>
+      <c r="G546" s="1"/>
+      <c r="H546" s="1"/>
+      <c r="I546" s="1"/>
+      <c r="J546" s="1"/>
+      <c r="K546" s="1"/>
+    </row>
+    <row r="547" spans="1:11">
+      <c r="A547" s="1"/>
+      <c r="B547" s="1"/>
+      <c r="C547" s="1"/>
+      <c r="D547" s="1"/>
+      <c r="E547" s="1"/>
+      <c r="F547" s="1"/>
+      <c r="G547" s="1"/>
+      <c r="H547" s="1"/>
+      <c r="I547" s="1"/>
+      <c r="J547" s="1"/>
+      <c r="K547" s="1"/>
+    </row>
+    <row r="548" spans="1:11">
+      <c r="A548" s="1"/>
+      <c r="B548" s="1"/>
+      <c r="C548" s="1"/>
+      <c r="D548" s="1"/>
+      <c r="E548" s="1"/>
+      <c r="F548" s="1"/>
+      <c r="G548" s="1"/>
+      <c r="H548" s="1"/>
+      <c r="I548" s="1"/>
+      <c r="J548" s="1"/>
+      <c r="K548" s="1"/>
+    </row>
+    <row r="549" spans="1:11">
+      <c r="A549" s="1"/>
+      <c r="B549" s="1"/>
+      <c r="C549" s="1"/>
+      <c r="D549" s="1"/>
+      <c r="E549" s="1"/>
+      <c r="F549" s="1"/>
+      <c r="G549" s="1"/>
+      <c r="H549" s="1"/>
+      <c r="I549" s="1"/>
+      <c r="J549" s="1"/>
+      <c r="K549" s="1"/>
+    </row>
+    <row r="550" spans="1:11">
+      <c r="A550" s="1"/>
+      <c r="B550" s="1"/>
+      <c r="C550" s="1"/>
+      <c r="D550" s="1"/>
+      <c r="E550" s="1"/>
+      <c r="F550" s="1"/>
+      <c r="G550" s="1"/>
+      <c r="H550" s="1"/>
+      <c r="I550" s="1"/>
+      <c r="J550" s="1"/>
+      <c r="K550" s="1"/>
+    </row>
+    <row r="551" spans="1:11">
+      <c r="A551" s="1"/>
+      <c r="B551" s="1"/>
+      <c r="C551" s="1"/>
+      <c r="D551" s="1"/>
+      <c r="E551" s="1"/>
+      <c r="F551" s="1"/>
+      <c r="G551" s="1"/>
+      <c r="H551" s="1"/>
+      <c r="I551" s="1"/>
+      <c r="J551" s="1"/>
+      <c r="K551" s="1"/>
+    </row>
+    <row r="552" spans="1:11">
+      <c r="A552" s="1"/>
+      <c r="B552" s="1"/>
+      <c r="C552" s="1"/>
+      <c r="D552" s="1"/>
+      <c r="E552" s="1"/>
+      <c r="F552" s="1"/>
+      <c r="G552" s="1"/>
+      <c r="H552" s="1"/>
+      <c r="I552" s="1"/>
+      <c r="J552" s="1"/>
+      <c r="K552" s="1"/>
+    </row>
+    <row r="553" spans="1:11">
+      <c r="A553" s="1"/>
+      <c r="B553" s="1"/>
+      <c r="C553" s="1"/>
+      <c r="D553" s="1"/>
+      <c r="E553" s="1"/>
+      <c r="F553" s="1"/>
+      <c r="G553" s="1"/>
+      <c r="H553" s="1"/>
+      <c r="I553" s="1"/>
+      <c r="J553" s="1"/>
+      <c r="K553" s="1"/>
+    </row>
+    <row r="554" spans="1:11">
+      <c r="A554" s="1"/>
+      <c r="B554" s="1"/>
+      <c r="C554" s="1"/>
+      <c r="D554" s="1"/>
+      <c r="E554" s="1"/>
+      <c r="F554" s="1"/>
+      <c r="G554" s="1"/>
+      <c r="H554" s="1"/>
+      <c r="I554" s="1"/>
+      <c r="J554" s="1"/>
+      <c r="K554" s="1"/>
+    </row>
+    <row r="555" spans="1:11">
+      <c r="A555" s="1"/>
+      <c r="B555" s="1"/>
+      <c r="C555" s="1"/>
+      <c r="D555" s="1"/>
+      <c r="E555" s="1"/>
+      <c r="F555" s="1"/>
+      <c r="G555" s="1"/>
+      <c r="H555" s="1"/>
+      <c r="I555" s="1"/>
+      <c r="J555" s="1"/>
+      <c r="K555" s="1"/>
+    </row>
+    <row r="556" spans="1:11">
+      <c r="A556" s="1"/>
+      <c r="B556" s="1"/>
+      <c r="C556" s="1"/>
+      <c r="D556" s="1"/>
+      <c r="E556" s="1"/>
+      <c r="F556" s="1"/>
+      <c r="G556" s="1"/>
+      <c r="H556" s="1"/>
+      <c r="I556" s="1"/>
+      <c r="J556" s="1"/>
+      <c r="K556" s="1"/>
+    </row>
+    <row r="557" spans="1:11">
+      <c r="A557" s="1"/>
+      <c r="B557" s="1"/>
+      <c r="C557" s="1"/>
+      <c r="D557" s="1"/>
+      <c r="E557" s="1"/>
+      <c r="F557" s="1"/>
+      <c r="G557" s="1"/>
+      <c r="H557" s="1"/>
+      <c r="I557" s="1"/>
+      <c r="J557" s="1"/>
+      <c r="K557" s="1"/>
+    </row>
+    <row r="558" spans="1:11">
+      <c r="A558" s="1"/>
+      <c r="B558" s="1"/>
+      <c r="C558" s="1"/>
+      <c r="D558" s="1"/>
+      <c r="E558" s="1"/>
+      <c r="F558" s="1"/>
+      <c r="G558" s="1"/>
+      <c r="H558" s="1"/>
+      <c r="I558" s="1"/>
+      <c r="J558" s="1"/>
+      <c r="K558" s="1"/>
+    </row>
+    <row r="559" spans="1:11">
+      <c r="A559" s="1"/>
+      <c r="B559" s="1"/>
+      <c r="C559" s="1"/>
+      <c r="D559" s="1"/>
+      <c r="E559" s="1"/>
+      <c r="F559" s="1"/>
+      <c r="G559" s="1"/>
+      <c r="H559" s="1"/>
+      <c r="I559" s="1"/>
+      <c r="J559" s="1"/>
+      <c r="K559" s="1"/>
+    </row>
+    <row r="560" spans="1:11">
+      <c r="A560" s="1"/>
+      <c r="B560" s="1"/>
+      <c r="C560" s="1"/>
+      <c r="D560" s="1"/>
+      <c r="E560" s="1"/>
+      <c r="F560" s="1"/>
+      <c r="G560" s="1"/>
+      <c r="H560" s="1"/>
+      <c r="I560" s="1"/>
+      <c r="J560" s="1"/>
+      <c r="K560" s="1"/>
+    </row>
+    <row r="561" spans="1:11">
+      <c r="A561" s="1"/>
+      <c r="B561" s="1"/>
+      <c r="C561" s="1"/>
+      <c r="D561" s="1"/>
+      <c r="E561" s="1"/>
+      <c r="F561" s="1"/>
+      <c r="G561" s="1"/>
+      <c r="H561" s="1"/>
+      <c r="I561" s="1"/>
+      <c r="J561" s="1"/>
+      <c r="K561" s="1"/>
+    </row>
+    <row r="562" spans="1:11">
+      <c r="A562" s="1"/>
+      <c r="B562" s="1"/>
+      <c r="C562" s="1"/>
+      <c r="D562" s="1"/>
+      <c r="E562" s="1"/>
+      <c r="F562" s="1"/>
+      <c r="G562" s="1"/>
+      <c r="H562" s="1"/>
+      <c r="I562" s="1"/>
+      <c r="J562" s="1"/>
+      <c r="K562" s="1"/>
+    </row>
+    <row r="563" spans="1:11">
+      <c r="A563" s="1"/>
+      <c r="B563" s="1"/>
+      <c r="C563" s="1"/>
+      <c r="D563" s="1"/>
+      <c r="E563" s="1"/>
+      <c r="F563" s="1"/>
+      <c r="G563" s="1"/>
+      <c r="H563" s="1"/>
+      <c r="I563" s="1"/>
+      <c r="J563" s="1"/>
+      <c r="K563" s="1"/>
+    </row>
+    <row r="564" spans="1:11">
+      <c r="A564" s="1"/>
+      <c r="B564" s="1"/>
+      <c r="C564" s="1"/>
+      <c r="D564" s="1"/>
+      <c r="E564" s="1"/>
+      <c r="F564" s="1"/>
+      <c r="G564" s="1"/>
+      <c r="H564" s="1"/>
+      <c r="I564" s="1"/>
+      <c r="J564" s="1"/>
+      <c r="K564" s="1"/>
+    </row>
+    <row r="565" spans="1:11">
+      <c r="A565" s="1"/>
+      <c r="B565" s="1"/>
+      <c r="C565" s="1"/>
+      <c r="D565" s="1"/>
+      <c r="E565" s="1"/>
+      <c r="F565" s="1"/>
+      <c r="G565" s="1"/>
+      <c r="H565" s="1"/>
+      <c r="I565" s="1"/>
+      <c r="J565" s="1"/>
+      <c r="K565" s="1"/>
+    </row>
+    <row r="566" spans="1:11">
+      <c r="A566" s="1"/>
+      <c r="B566" s="1"/>
+      <c r="C566" s="1"/>
+      <c r="D566" s="1"/>
+      <c r="E566" s="1"/>
+      <c r="F566" s="1"/>
+      <c r="G566" s="1"/>
+      <c r="H566" s="1"/>
+      <c r="I566" s="1"/>
+      <c r="J566" s="1"/>
+      <c r="K566" s="1"/>
+    </row>
+    <row r="567" spans="1:11">
+      <c r="A567" s="1"/>
+      <c r="B567" s="1"/>
+      <c r="C567" s="1"/>
+      <c r="D567" s="1"/>
+      <c r="E567" s="1"/>
+      <c r="F567" s="1"/>
+      <c r="G567" s="1"/>
+      <c r="H567" s="1"/>
+      <c r="I567" s="1"/>
+      <c r="J567" s="1"/>
+      <c r="K567" s="1"/>
+    </row>
+    <row r="568" spans="1:11">
+      <c r="A568" s="1"/>
+      <c r="B568" s="1"/>
+      <c r="C568" s="1"/>
+      <c r="D568" s="1"/>
+      <c r="E568" s="1"/>
+      <c r="F568" s="1"/>
+      <c r="G568" s="1"/>
+      <c r="H568" s="1"/>
+      <c r="I568" s="1"/>
+      <c r="J568" s="1"/>
+      <c r="K568" s="1"/>
+    </row>
+    <row r="569" spans="1:11">
+      <c r="A569" s="1"/>
+      <c r="B569" s="1"/>
+      <c r="C569" s="1"/>
+      <c r="D569" s="1"/>
+      <c r="E569" s="1"/>
+      <c r="F569" s="1"/>
+      <c r="G569" s="1"/>
+      <c r="H569" s="1"/>
+      <c r="I569" s="1"/>
+      <c r="J569" s="1"/>
+      <c r="K569" s="1"/>
+    </row>
+    <row r="570" spans="1:11">
+      <c r="A570" s="1"/>
+      <c r="B570" s="1"/>
+      <c r="C570" s="1"/>
+      <c r="D570" s="1"/>
+      <c r="E570" s="1"/>
+      <c r="F570" s="1"/>
+      <c r="G570" s="1"/>
+      <c r="H570" s="1"/>
+      <c r="I570" s="1"/>
+      <c r="J570" s="1"/>
+      <c r="K570" s="1"/>
+    </row>
+    <row r="571" spans="1:11">
+      <c r="A571" s="1"/>
+      <c r="B571" s="1"/>
+      <c r="C571" s="1"/>
+      <c r="D571" s="1"/>
+      <c r="E571" s="1"/>
+      <c r="F571" s="1"/>
+      <c r="G571" s="1"/>
+      <c r="H571" s="1"/>
+      <c r="I571" s="1"/>
+      <c r="J571" s="1"/>
+      <c r="K571" s="1"/>
+    </row>
+    <row r="572" spans="1:11">
+      <c r="A572" s="1"/>
+      <c r="B572" s="1"/>
+      <c r="C572" s="1"/>
+      <c r="D572" s="1"/>
+      <c r="E572" s="1"/>
+      <c r="F572" s="1"/>
+      <c r="G572" s="1"/>
+      <c r="H572" s="1"/>
+      <c r="I572" s="1"/>
+      <c r="J572" s="1"/>
+      <c r="K572" s="1"/>
+    </row>
+    <row r="573" spans="1:11">
+      <c r="A573" s="1"/>
+      <c r="B573" s="1"/>
+      <c r="C573" s="1"/>
+      <c r="D573" s="1"/>
+      <c r="E573" s="1"/>
+      <c r="F573" s="1"/>
+      <c r="G573" s="1"/>
+      <c r="H573" s="1"/>
+      <c r="I573" s="1"/>
+      <c r="J573" s="1"/>
+      <c r="K573" s="1"/>
+    </row>
+    <row r="574" spans="1:11">
+      <c r="A574" s="1"/>
+      <c r="B574" s="1"/>
+      <c r="C574" s="1"/>
+      <c r="D574" s="1"/>
+      <c r="E574" s="1"/>
+      <c r="F574" s="1"/>
+      <c r="G574" s="1"/>
+      <c r="H574" s="1"/>
+      <c r="I574" s="1"/>
+      <c r="J574" s="1"/>
+      <c r="K574" s="1"/>
+    </row>
+    <row r="575" spans="1:11">
+      <c r="A575" s="1"/>
+      <c r="B575" s="1"/>
+      <c r="C575" s="1"/>
+      <c r="D575" s="1"/>
+      <c r="E575" s="1"/>
+      <c r="F575" s="1"/>
+      <c r="G575" s="1"/>
+      <c r="H575" s="1"/>
+      <c r="I575" s="1"/>
+      <c r="J575" s="1"/>
+      <c r="K575" s="1"/>
+    </row>
+    <row r="576" spans="1:11">
+      <c r="A576" s="1"/>
+      <c r="B576" s="1"/>
+      <c r="C576" s="1"/>
+      <c r="D576" s="1"/>
+      <c r="E576" s="1"/>
+      <c r="F576" s="1"/>
+      <c r="G576" s="1"/>
+      <c r="H576" s="1"/>
+      <c r="I576" s="1"/>
+      <c r="J576" s="1"/>
+      <c r="K576" s="1"/>
+    </row>
+    <row r="577" spans="1:11">
+      <c r="A577" s="1"/>
+      <c r="B577" s="1"/>
+      <c r="C577" s="1"/>
+      <c r="D577" s="1"/>
+      <c r="E577" s="1"/>
+      <c r="F577" s="1"/>
+      <c r="G577" s="1"/>
+      <c r="H577" s="1"/>
+      <c r="I577" s="1"/>
+      <c r="J577" s="1"/>
+      <c r="K577" s="1"/>
+    </row>
+    <row r="578" spans="1:11">
+      <c r="A578" s="1"/>
+      <c r="B578" s="1"/>
+      <c r="C578" s="1"/>
+      <c r="D578" s="1"/>
+      <c r="E578" s="1"/>
+      <c r="F578" s="1"/>
+      <c r="G578" s="1"/>
+      <c r="H578" s="1"/>
+      <c r="I578" s="1"/>
+      <c r="J578" s="1"/>
+      <c r="K578" s="1"/>
+    </row>
+    <row r="579" spans="1:11">
+      <c r="A579" s="1"/>
+      <c r="B579" s="1"/>
+      <c r="C579" s="1"/>
+      <c r="D579" s="1"/>
+      <c r="E579" s="1"/>
+      <c r="F579" s="1"/>
+      <c r="G579" s="1"/>
+      <c r="H579" s="1"/>
+      <c r="I579" s="1"/>
+      <c r="J579" s="1"/>
+      <c r="K579" s="1"/>
+    </row>
+    <row r="580" spans="1:11">
+      <c r="A580" s="1"/>
+      <c r="B580" s="1"/>
+      <c r="C580" s="1"/>
+      <c r="D580" s="1"/>
+      <c r="E580" s="1"/>
+      <c r="F580" s="1"/>
+      <c r="G580" s="1"/>
+      <c r="H580" s="1"/>
+      <c r="I580" s="1"/>
+      <c r="J580" s="1"/>
+      <c r="K580" s="1"/>
+    </row>
+    <row r="581" spans="1:11">
+      <c r="A581" s="1"/>
+      <c r="B581" s="1"/>
+      <c r="C581" s="1"/>
+      <c r="D581" s="1"/>
+      <c r="E581" s="1"/>
+      <c r="F581" s="1"/>
+      <c r="G581" s="1"/>
+      <c r="H581" s="1"/>
+      <c r="I581" s="1"/>
+      <c r="J581" s="1"/>
+      <c r="K581" s="1"/>
+    </row>
+    <row r="582" spans="1:11">
+      <c r="A582" s="1"/>
+      <c r="B582" s="1"/>
+      <c r="C582" s="1"/>
+      <c r="D582" s="1"/>
+      <c r="E582" s="1"/>
+      <c r="F582" s="1"/>
+      <c r="G582" s="1"/>
+      <c r="H582" s="1"/>
+      <c r="I582" s="1"/>
+      <c r="J582" s="1"/>
+      <c r="K582" s="1"/>
+    </row>
+    <row r="583" spans="1:11">
+      <c r="A583" s="1"/>
+      <c r="B583" s="1"/>
+      <c r="C583" s="1"/>
+      <c r="D583" s="1"/>
+      <c r="E583" s="1"/>
+      <c r="F583" s="1"/>
+      <c r="G583" s="1"/>
+      <c r="H583" s="1"/>
+      <c r="I583" s="1"/>
+      <c r="J583" s="1"/>
+      <c r="K583" s="1"/>
+    </row>
+    <row r="584" spans="1:11">
+      <c r="A584" s="1"/>
+      <c r="B584" s="1"/>
+      <c r="C584" s="1"/>
+      <c r="D584" s="1"/>
+      <c r="E584" s="1"/>
+      <c r="F584" s="1"/>
+      <c r="G584" s="1"/>
+      <c r="H584" s="1"/>
+      <c r="I584" s="1"/>
+      <c r="J584" s="1"/>
+      <c r="K584" s="1"/>
+    </row>
+    <row r="585" spans="1:11">
+      <c r="A585" s="1"/>
+      <c r="B585" s="1"/>
+      <c r="C585" s="1"/>
+      <c r="D585" s="1"/>
+      <c r="E585" s="1"/>
+      <c r="F585" s="1"/>
+      <c r="G585" s="1"/>
+      <c r="H585" s="1"/>
+      <c r="I585" s="1"/>
+      <c r="J585" s="1"/>
+      <c r="K585" s="1"/>
+    </row>
+    <row r="586" spans="1:11">
+      <c r="A586" s="1"/>
+      <c r="B586" s="1"/>
+      <c r="C586" s="1"/>
+      <c r="D586" s="1"/>
+      <c r="E586" s="1"/>
+      <c r="F586" s="1"/>
+      <c r="G586" s="1"/>
+      <c r="H586" s="1"/>
+      <c r="I586" s="1"/>
+      <c r="J586" s="1"/>
+      <c r="K586" s="1"/>
+    </row>
+    <row r="587" spans="1:11">
+      <c r="A587" s="1"/>
+      <c r="B587" s="1"/>
+      <c r="C587" s="1"/>
+      <c r="D587" s="1"/>
+      <c r="E587" s="1"/>
+      <c r="F587" s="1"/>
+      <c r="G587" s="1"/>
+      <c r="H587" s="1"/>
+      <c r="I587" s="1"/>
+      <c r="J587" s="1"/>
+      <c r="K587" s="1"/>
+    </row>
+    <row r="588" spans="1:11">
+      <c r="A588" s="1"/>
+      <c r="B588" s="1"/>
+      <c r="C588" s="1"/>
+      <c r="D588" s="1"/>
+      <c r="E588" s="1"/>
+      <c r="F588" s="1"/>
+      <c r="G588" s="1"/>
+      <c r="H588" s="1"/>
+      <c r="I588" s="1"/>
+      <c r="J588" s="1"/>
+      <c r="K588" s="1"/>
+    </row>
+    <row r="589" spans="1:11">
+      <c r="A589" s="1"/>
+      <c r="B589" s="1"/>
+      <c r="C589" s="1"/>
+      <c r="D589" s="1"/>
+      <c r="E589" s="1"/>
+      <c r="F589" s="1"/>
+      <c r="G589" s="1"/>
+      <c r="H589" s="1"/>
+      <c r="I589" s="1"/>
+      <c r="J589" s="1"/>
+      <c r="K589" s="1"/>
+    </row>
+    <row r="590" spans="1:11">
+      <c r="A590" s="1"/>
+      <c r="B590" s="1"/>
+      <c r="C590" s="1"/>
+      <c r="D590" s="1"/>
+      <c r="E590" s="1"/>
+      <c r="F590" s="1"/>
+      <c r="G590" s="1"/>
+      <c r="H590" s="1"/>
+      <c r="I590" s="1"/>
+      <c r="J590" s="1"/>
+      <c r="K590" s="1"/>
+    </row>
+    <row r="591" spans="1:11">
+      <c r="A591" s="1"/>
+      <c r="B591" s="1"/>
+      <c r="C591" s="1"/>
+      <c r="D591" s="1"/>
+      <c r="E591" s="1"/>
+      <c r="F591" s="1"/>
+      <c r="G591" s="1"/>
+      <c r="H591" s="1"/>
+      <c r="I591" s="1"/>
+      <c r="J591" s="1"/>
+      <c r="K591" s="1"/>
+    </row>
+    <row r="592" spans="1:11">
+      <c r="A592" s="1"/>
+      <c r="B592" s="1"/>
+      <c r="C592" s="1"/>
+      <c r="D592" s="1"/>
+      <c r="E592" s="1"/>
+      <c r="F592" s="1"/>
+      <c r="G592" s="1"/>
+      <c r="H592" s="1"/>
+      <c r="I592" s="1"/>
+      <c r="J592" s="1"/>
+      <c r="K592" s="1"/>
+    </row>
+    <row r="593" spans="1:11">
+      <c r="A593" s="1"/>
+      <c r="B593" s="1"/>
+      <c r="C593" s="1"/>
+      <c r="D593" s="1"/>
+      <c r="E593" s="1"/>
+      <c r="F593" s="1"/>
+      <c r="G593" s="1"/>
+      <c r="H593" s="1"/>
+      <c r="I593" s="1"/>
+      <c r="J593" s="1"/>
+      <c r="K593" s="1"/>
+    </row>
+    <row r="594" spans="1:11">
+      <c r="A594" s="1"/>
+      <c r="B594" s="1"/>
+      <c r="C594" s="1"/>
+      <c r="D594" s="1"/>
+      <c r="E594" s="1"/>
+      <c r="F594" s="1"/>
+      <c r="G594" s="1"/>
+      <c r="H594" s="1"/>
+      <c r="I594" s="1"/>
+      <c r="J594" s="1"/>
+      <c r="K594" s="1"/>
+    </row>
+    <row r="595" spans="1:11">
+      <c r="A595" s="1"/>
+      <c r="B595" s="1"/>
+      <c r="C595" s="1"/>
+      <c r="D595" s="1"/>
+      <c r="E595" s="1"/>
+      <c r="F595" s="1"/>
+      <c r="G595" s="1"/>
+      <c r="H595" s="1"/>
+      <c r="I595" s="1"/>
+      <c r="J595" s="1"/>
+      <c r="K595" s="1"/>
+    </row>
+    <row r="596" spans="1:11">
+      <c r="A596" s="1"/>
+      <c r="B596" s="1"/>
+      <c r="C596" s="1"/>
+      <c r="D596" s="1"/>
+      <c r="E596" s="1"/>
+      <c r="F596" s="1"/>
+      <c r="G596" s="1"/>
+      <c r="H596" s="1"/>
+      <c r="I596" s="1"/>
+      <c r="J596" s="1"/>
+      <c r="K596" s="1"/>
+    </row>
+    <row r="597" spans="1:11">
+      <c r="A597" s="1"/>
+      <c r="B597" s="1"/>
+      <c r="C597" s="1"/>
+      <c r="D597" s="1"/>
+      <c r="E597" s="1"/>
+      <c r="F597" s="1"/>
+      <c r="G597" s="1"/>
+      <c r="H597" s="1"/>
+      <c r="I597" s="1"/>
+      <c r="J597" s="1"/>
+      <c r="K597" s="1"/>
+    </row>
+    <row r="598" spans="1:11">
+      <c r="A598" s="1"/>
+      <c r="B598" s="1"/>
+      <c r="C598" s="1"/>
+      <c r="D598" s="1"/>
+      <c r="E598" s="1"/>
+      <c r="F598" s="1"/>
+      <c r="G598" s="1"/>
+      <c r="H598" s="1"/>
+      <c r="I598" s="1"/>
+      <c r="J598" s="1"/>
+      <c r="K598" s="1"/>
+    </row>
+    <row r="599" spans="1:11">
+      <c r="A599" s="1"/>
+      <c r="B599" s="1"/>
+      <c r="C599" s="1"/>
+      <c r="D599" s="1"/>
+      <c r="E599" s="1"/>
+      <c r="F599" s="1"/>
+      <c r="G599" s="1"/>
+      <c r="H599" s="1"/>
+      <c r="I599" s="1"/>
+      <c r="J599" s="1"/>
+      <c r="K599" s="1"/>
+    </row>
+    <row r="600" spans="1:11">
+      <c r="A600" s="1"/>
+      <c r="B600" s="1"/>
+      <c r="C600" s="1"/>
+      <c r="D600" s="1"/>
+      <c r="E600" s="1"/>
+      <c r="F600" s="1"/>
+      <c r="G600" s="1"/>
+      <c r="H600" s="1"/>
+      <c r="I600" s="1"/>
+      <c r="J600" s="1"/>
+      <c r="K600" s="1"/>
+    </row>
+    <row r="601" spans="1:11">
+      <c r="A601" s="1"/>
+      <c r="B601" s="1"/>
+      <c r="C601" s="1"/>
+      <c r="D601" s="1"/>
+      <c r="E601" s="1"/>
+      <c r="F601" s="1"/>
+      <c r="G601" s="1"/>
+      <c r="H601" s="1"/>
+      <c r="I601" s="1"/>
+      <c r="J601" s="1"/>
+      <c r="K601" s="1"/>
+    </row>
+    <row r="602" spans="1:11">
+      <c r="A602" s="1"/>
+      <c r="B602" s="1"/>
+      <c r="C602" s="1"/>
+      <c r="D602" s="1"/>
+      <c r="E602" s="1"/>
+      <c r="F602" s="1"/>
+      <c r="G602" s="1"/>
+      <c r="H602" s="1"/>
+      <c r="I602" s="1"/>
+      <c r="J602" s="1"/>
+      <c r="K602" s="1"/>
+    </row>
+    <row r="603" spans="1:11">
+      <c r="A603" s="1"/>
+      <c r="B603" s="1"/>
+      <c r="C603" s="1"/>
+      <c r="D603" s="1"/>
+      <c r="E603" s="1"/>
+      <c r="F603" s="1"/>
+      <c r="G603" s="1"/>
+      <c r="H603" s="1"/>
+      <c r="I603" s="1"/>
+      <c r="J603" s="1"/>
+      <c r="K603" s="1"/>
+    </row>
+    <row r="604" spans="1:11">
+      <c r="A604" s="1"/>
+      <c r="B604" s="1"/>
+      <c r="C604" s="1"/>
+      <c r="D604" s="1"/>
+      <c r="E604" s="1"/>
+      <c r="F604" s="1"/>
+      <c r="G604" s="1"/>
+      <c r="H604" s="1"/>
+      <c r="I604" s="1"/>
+      <c r="J604" s="1"/>
+      <c r="K604" s="1"/>
+    </row>
+    <row r="605" spans="1:11">
+      <c r="A605" s="1"/>
+      <c r="B605" s="1"/>
+      <c r="C605" s="1"/>
+      <c r="D605" s="1"/>
+      <c r="E605" s="1"/>
+      <c r="F605" s="1"/>
+      <c r="G605" s="1"/>
+      <c r="H605" s="1"/>
+      <c r="I605" s="1"/>
+      <c r="J605" s="1"/>
+      <c r="K605" s="1"/>
+    </row>
+    <row r="606" spans="1:11">
+      <c r="A606" s="1"/>
+      <c r="B606" s="1"/>
+      <c r="C606" s="1"/>
+      <c r="D606" s="1"/>
+      <c r="E606" s="1"/>
+      <c r="F606" s="1"/>
+      <c r="G606" s="1"/>
+      <c r="H606" s="1"/>
+      <c r="I606" s="1"/>
+      <c r="J606" s="1"/>
+      <c r="K606" s="1"/>
+    </row>
+    <row r="607" spans="1:11">
+      <c r="A607" s="1"/>
+      <c r="B607" s="1"/>
+      <c r="C607" s="1"/>
+      <c r="D607" s="1"/>
+      <c r="E607" s="1"/>
+      <c r="F607" s="1"/>
+      <c r="G607" s="1"/>
+      <c r="H607" s="1"/>
+      <c r="I607" s="1"/>
+      <c r="J607" s="1"/>
+      <c r="K607" s="1"/>
+    </row>
+    <row r="608" spans="1:11">
+      <c r="A608" s="1"/>
+      <c r="B608" s="1"/>
+      <c r="C608" s="1"/>
+      <c r="D608" s="1"/>
+      <c r="E608" s="1"/>
+      <c r="F608" s="1"/>
+      <c r="G608" s="1"/>
+      <c r="H608" s="1"/>
+      <c r="I608" s="1"/>
+      <c r="J608" s="1"/>
+      <c r="K608" s="1"/>
+    </row>
+    <row r="609" spans="1:11">
+      <c r="A609" s="1"/>
+      <c r="B609" s="1"/>
+      <c r="C609" s="1"/>
+      <c r="D609" s="1"/>
+      <c r="E609" s="1"/>
+      <c r="F609" s="1"/>
+      <c r="G609" s="1"/>
+      <c r="H609" s="1"/>
+      <c r="I609" s="1"/>
+      <c r="J609" s="1"/>
+      <c r="K609" s="1"/>
+    </row>
+    <row r="610" spans="1:11">
+      <c r="A610" s="1"/>
+      <c r="B610" s="1"/>
+      <c r="C610" s="1"/>
+      <c r="D610" s="1"/>
+      <c r="E610" s="1"/>
+      <c r="F610" s="1"/>
+      <c r="G610" s="1"/>
+      <c r="H610" s="1"/>
+      <c r="I610" s="1"/>
+      <c r="J610" s="1"/>
+      <c r="K610" s="1"/>
+    </row>
+    <row r="611" spans="1:11">
+      <c r="A611" s="1"/>
+      <c r="B611" s="1"/>
+      <c r="C611" s="1"/>
+      <c r="D611" s="1"/>
+      <c r="E611" s="1"/>
+      <c r="F611" s="1"/>
+      <c r="G611" s="1"/>
+      <c r="H611" s="1"/>
+      <c r="I611" s="1"/>
+      <c r="J611" s="1"/>
+      <c r="K611" s="1"/>
+    </row>
+    <row r="612" spans="1:11">
+      <c r="A612" s="1"/>
+      <c r="B612" s="1"/>
+      <c r="C612" s="1"/>
+      <c r="D612" s="1"/>
+      <c r="E612" s="1"/>
+      <c r="F612" s="1"/>
+      <c r="G612" s="1"/>
+      <c r="H612" s="1"/>
+      <c r="I612" s="1"/>
+      <c r="J612" s="1"/>
+      <c r="K612" s="1"/>
+    </row>
+    <row r="613" spans="1:11">
+      <c r="A613" s="1"/>
+      <c r="B613" s="1"/>
+      <c r="C613" s="1"/>
+      <c r="D613" s="1"/>
+      <c r="E613" s="1"/>
+      <c r="F613" s="1"/>
+      <c r="G613" s="1"/>
+      <c r="H613" s="1"/>
+      <c r="I613" s="1"/>
+      <c r="J613" s="1"/>
+      <c r="K613" s="1"/>
+    </row>
+    <row r="614" spans="1:11">
+      <c r="A614" s="1"/>
+      <c r="B614" s="1"/>
+      <c r="C614" s="1"/>
+      <c r="D614" s="1"/>
+      <c r="E614" s="1"/>
+      <c r="F614" s="1"/>
+      <c r="G614" s="1"/>
+      <c r="H614" s="1"/>
+      <c r="I614" s="1"/>
+      <c r="J614" s="1"/>
+      <c r="K614" s="1"/>
+    </row>
+    <row r="615" spans="1:11">
+      <c r="A615" s="1"/>
+      <c r="B615" s="1"/>
+      <c r="C615" s="1"/>
+      <c r="D615" s="1"/>
+      <c r="E615" s="1"/>
+      <c r="F615" s="1"/>
+      <c r="G615" s="1"/>
+      <c r="H615" s="1"/>
+      <c r="I615" s="1"/>
+      <c r="J615" s="1"/>
+      <c r="K615" s="1"/>
+    </row>
+    <row r="616" spans="1:11">
+      <c r="A616" s="1"/>
+      <c r="B616" s="1"/>
+      <c r="C616" s="1"/>
+      <c r="D616" s="1"/>
+      <c r="E616" s="1"/>
+      <c r="F616" s="1"/>
+      <c r="G616" s="1"/>
+      <c r="H616" s="1"/>
+      <c r="I616" s="1"/>
+      <c r="J616" s="1"/>
+      <c r="K616" s="1"/>
+    </row>
+    <row r="617" spans="1:11">
+      <c r="A617" s="1"/>
+      <c r="B617" s="1"/>
+      <c r="C617" s="1"/>
+      <c r="D617" s="1"/>
+      <c r="E617" s="1"/>
+      <c r="F617" s="1"/>
+      <c r="G617" s="1"/>
+      <c r="H617" s="1"/>
+      <c r="I617" s="1"/>
+      <c r="J617" s="1"/>
+      <c r="K617" s="1"/>
+    </row>
+    <row r="618" spans="1:11">
+      <c r="A618" s="1"/>
+      <c r="B618" s="1"/>
+      <c r="C618" s="1"/>
+      <c r="D618" s="1"/>
+      <c r="E618" s="1"/>
+      <c r="F618" s="1"/>
+      <c r="G618" s="1"/>
+      <c r="H618" s="1"/>
+      <c r="I618" s="1"/>
+      <c r="J618" s="1"/>
+      <c r="K618" s="1"/>
+    </row>
+    <row r="619" spans="1:11">
+      <c r="A619" s="1"/>
+      <c r="B619" s="1"/>
+      <c r="C619" s="1"/>
+      <c r="D619" s="1"/>
+      <c r="E619" s="1"/>
+      <c r="F619" s="1"/>
+      <c r="G619" s="1"/>
+      <c r="H619" s="1"/>
+      <c r="I619" s="1"/>
+      <c r="J619" s="1"/>
+      <c r="K619" s="1"/>
+    </row>
+    <row r="620" spans="1:11">
+      <c r="A620" s="1"/>
+      <c r="B620" s="1"/>
+      <c r="C620" s="1"/>
+      <c r="D620" s="1"/>
+      <c r="E620" s="1"/>
+      <c r="F620" s="1"/>
+      <c r="G620" s="1"/>
+      <c r="H620" s="1"/>
+      <c r="I620" s="1"/>
+      <c r="J620" s="1"/>
+      <c r="K620" s="1"/>
+    </row>
+    <row r="621" spans="1:11">
+      <c r="A621" s="1"/>
+      <c r="B621" s="1"/>
+      <c r="C621" s="1"/>
+      <c r="D621" s="1"/>
+      <c r="E621" s="1"/>
+      <c r="F621" s="1"/>
+      <c r="G621" s="1"/>
+      <c r="H621" s="1"/>
+      <c r="I621" s="1"/>
+      <c r="J621" s="1"/>
+      <c r="K621" s="1"/>
+    </row>
+    <row r="622" spans="1:11">
+      <c r="A622" s="1"/>
+      <c r="B622" s="1"/>
+      <c r="C622" s="1"/>
+      <c r="D622" s="1"/>
+      <c r="E622" s="1"/>
+      <c r="F622" s="1"/>
+      <c r="G622" s="1"/>
+      <c r="H622" s="1"/>
+      <c r="I622" s="1"/>
+      <c r="J622" s="1"/>
+      <c r="K622" s="1"/>
+    </row>
+    <row r="623" spans="1:11">
+      <c r="A623" s="1"/>
+      <c r="B623" s="1"/>
+      <c r="C623" s="1"/>
+      <c r="D623" s="1"/>
+      <c r="E623" s="1"/>
+      <c r="F623" s="1"/>
+      <c r="G623" s="1"/>
+      <c r="H623" s="1"/>
+      <c r="I623" s="1"/>
+      <c r="J623" s="1"/>
+      <c r="K623" s="1"/>
+    </row>
+    <row r="624" spans="1:11">
+      <c r="A624" s="1"/>
+      <c r="B624" s="1"/>
+      <c r="C624" s="1"/>
+      <c r="D624" s="1"/>
+      <c r="E624" s="1"/>
+      <c r="F624" s="1"/>
+      <c r="G624" s="1"/>
+      <c r="H624" s="1"/>
+      <c r="I624" s="1"/>
+      <c r="J624" s="1"/>
+      <c r="K624" s="1"/>
+    </row>
+    <row r="625" spans="1:11">
+      <c r="A625" s="1"/>
+      <c r="B625" s="1"/>
+      <c r="C625" s="1"/>
+      <c r="D625" s="1"/>
+      <c r="E625" s="1"/>
+      <c r="F625" s="1"/>
+      <c r="G625" s="1"/>
+      <c r="H625" s="1"/>
+      <c r="I625" s="1"/>
+      <c r="J625" s="1"/>
+      <c r="K625" s="1"/>
+    </row>
+    <row r="626" spans="1:11">
+      <c r="A626" s="1"/>
+      <c r="B626" s="1"/>
+      <c r="C626" s="1"/>
+      <c r="D626" s="1"/>
+      <c r="E626" s="1"/>
+      <c r="F626" s="1"/>
+      <c r="G626" s="1"/>
+      <c r="H626" s="1"/>
+      <c r="I626" s="1"/>
+      <c r="J626" s="1"/>
+      <c r="K626" s="1"/>
+    </row>
+    <row r="627" spans="1:11">
+      <c r="A627" s="1"/>
+      <c r="B627" s="1"/>
+      <c r="C627" s="1"/>
+      <c r="D627" s="1"/>
+      <c r="E627" s="1"/>
+      <c r="F627" s="1"/>
+      <c r="G627" s="1"/>
+      <c r="H627" s="1"/>
+      <c r="I627" s="1"/>
+      <c r="J627" s="1"/>
+      <c r="K627" s="1"/>
+    </row>
+    <row r="628" spans="1:11">
+      <c r="A628" s="1"/>
+      <c r="B628" s="1"/>
+      <c r="C628" s="1"/>
+      <c r="D628" s="1"/>
+      <c r="E628" s="1"/>
+      <c r="F628" s="1"/>
+      <c r="G628" s="1"/>
+      <c r="H628" s="1"/>
+      <c r="I628" s="1"/>
+      <c r="J628" s="1"/>
+      <c r="K628" s="1"/>
+    </row>
+    <row r="629" spans="1:11">
+      <c r="A629" s="1"/>
+      <c r="B629" s="1"/>
+      <c r="C629" s="1"/>
+      <c r="D629" s="1"/>
+      <c r="E629" s="1"/>
+      <c r="F629" s="1"/>
+      <c r="G629" s="1"/>
+      <c r="H629" s="1"/>
+      <c r="I629" s="1"/>
+      <c r="J629" s="1"/>
+      <c r="K629" s="1"/>
+    </row>
+    <row r="630" spans="1:11">
+      <c r="A630" s="1"/>
+      <c r="B630" s="1"/>
+      <c r="C630" s="1"/>
+      <c r="D630" s="1"/>
+      <c r="E630" s="1"/>
+      <c r="F630" s="1"/>
+      <c r="G630" s="1"/>
+      <c r="H630" s="1"/>
+      <c r="I630" s="1"/>
+      <c r="J630" s="1"/>
+      <c r="K630" s="1"/>
+    </row>
+    <row r="631" spans="1:11">
+      <c r="A631" s="1"/>
+      <c r="B631" s="1"/>
+      <c r="C631" s="1"/>
+      <c r="D631" s="1"/>
+      <c r="E631" s="1"/>
+      <c r="F631" s="1"/>
+      <c r="G631" s="1"/>
+      <c r="H631" s="1"/>
+      <c r="I631" s="1"/>
+      <c r="J631" s="1"/>
+      <c r="K631" s="1"/>
+    </row>
+    <row r="632" spans="1:11">
+      <c r="A632" s="1"/>
+      <c r="B632" s="1"/>
+      <c r="C632" s="1"/>
+      <c r="D632" s="1"/>
+      <c r="E632" s="1"/>
+      <c r="F632" s="1"/>
+      <c r="G632" s="1"/>
+      <c r="H632" s="1"/>
+      <c r="I632" s="1"/>
+      <c r="J632" s="1"/>
+      <c r="K632" s="1"/>
+    </row>
+    <row r="633" spans="1:11">
+      <c r="A633" s="1"/>
+      <c r="B633" s="1"/>
+      <c r="C633" s="1"/>
+      <c r="D633" s="1"/>
+      <c r="E633" s="1"/>
+      <c r="F633" s="1"/>
+      <c r="G633" s="1"/>
+      <c r="H633" s="1"/>
+      <c r="I633" s="1"/>
+      <c r="J633" s="1"/>
+      <c r="K633" s="1"/>
+    </row>
+    <row r="634" spans="1:11">
+      <c r="A634" s="1"/>
+      <c r="B634" s="1"/>
+      <c r="C634" s="1"/>
+      <c r="D634" s="1"/>
+      <c r="E634" s="1"/>
+      <c r="F634" s="1"/>
+      <c r="G634" s="1"/>
+      <c r="H634" s="1"/>
+      <c r="I634" s="1"/>
+      <c r="J634" s="1"/>
+      <c r="K634" s="1"/>
+    </row>
+    <row r="635" spans="1:11">
+      <c r="A635" s="1"/>
+      <c r="B635" s="1"/>
+      <c r="C635" s="1"/>
+      <c r="D635" s="1"/>
+      <c r="E635" s="1"/>
+      <c r="F635" s="1"/>
+      <c r="G635" s="1"/>
+      <c r="H635" s="1"/>
+      <c r="I635" s="1"/>
+      <c r="J635" s="1"/>
+      <c r="K635" s="1"/>
+    </row>
+    <row r="636" spans="1:11">
+      <c r="A636" s="1"/>
+      <c r="B636" s="1"/>
+      <c r="C636" s="1"/>
+      <c r="D636" s="1"/>
+      <c r="E636" s="1"/>
+      <c r="F636" s="1"/>
+      <c r="G636" s="1"/>
+      <c r="H636" s="1"/>
+      <c r="I636" s="1"/>
+      <c r="J636" s="1"/>
+      <c r="K636" s="1"/>
+    </row>
+    <row r="637" spans="1:11">
+      <c r="A637" s="1"/>
+      <c r="B637" s="1"/>
+      <c r="C637" s="1"/>
+      <c r="D637" s="1"/>
+      <c r="E637" s="1"/>
+      <c r="F637" s="1"/>
+      <c r="G637" s="1"/>
+      <c r="H637" s="1"/>
+      <c r="I637" s="1"/>
+      <c r="J637" s="1"/>
+      <c r="K637" s="1"/>
+    </row>
+    <row r="638" spans="1:11">
+      <c r="A638" s="1"/>
+      <c r="B638" s="1"/>
+      <c r="C638" s="1"/>
+      <c r="D638" s="1"/>
+      <c r="E638" s="1"/>
+      <c r="F638" s="1"/>
+      <c r="G638" s="1"/>
+      <c r="H638" s="1"/>
+      <c r="I638" s="1"/>
+      <c r="J638" s="1"/>
+      <c r="K638" s="1"/>
+    </row>
+    <row r="639" spans="1:11">
+      <c r="A639" s="1"/>
+      <c r="B639" s="1"/>
+      <c r="C639" s="1"/>
+      <c r="D639" s="1"/>
+      <c r="E639" s="1"/>
+      <c r="F639" s="1"/>
+      <c r="G639" s="1"/>
+      <c r="H639" s="1"/>
+      <c r="I639" s="1"/>
+      <c r="J639" s="1"/>
+      <c r="K639" s="1"/>
+    </row>
+    <row r="640" spans="1:11">
+      <c r="A640" s="1"/>
+      <c r="B640" s="1"/>
+      <c r="C640" s="1"/>
+      <c r="D640" s="1"/>
+      <c r="E640" s="1"/>
+      <c r="F640" s="1"/>
+      <c r="G640" s="1"/>
+      <c r="H640" s="1"/>
+      <c r="I640" s="1"/>
+      <c r="J640" s="1"/>
+      <c r="K640" s="1"/>
+    </row>
+    <row r="641" spans="1:11">
+      <c r="A641" s="1"/>
+      <c r="B641" s="1"/>
+      <c r="C641" s="1"/>
+      <c r="D641" s="1"/>
+      <c r="E641" s="1"/>
+      <c r="F641" s="1"/>
+      <c r="G641" s="1"/>
+      <c r="H641" s="1"/>
+      <c r="I641" s="1"/>
+      <c r="J641" s="1"/>
+      <c r="K641" s="1"/>
+    </row>
+    <row r="642" spans="1:11">
+      <c r="A642" s="1"/>
+      <c r="B642" s="1"/>
+      <c r="C642" s="1"/>
+      <c r="D642" s="1"/>
+      <c r="E642" s="1"/>
+      <c r="F642" s="1"/>
+      <c r="G642" s="1"/>
+      <c r="H642" s="1"/>
+      <c r="I642" s="1"/>
+      <c r="J642" s="1"/>
+      <c r="K642" s="1"/>
+    </row>
+    <row r="643" spans="1:11">
+      <c r="A643" s="1"/>
+      <c r="B643" s="1"/>
+      <c r="C643" s="1"/>
+      <c r="D643" s="1"/>
+      <c r="E643" s="1"/>
+      <c r="F643" s="1"/>
+      <c r="G643" s="1"/>
+      <c r="H643" s="1"/>
+      <c r="I643" s="1"/>
+      <c r="J643" s="1"/>
+      <c r="K643" s="1"/>
+    </row>
+    <row r="644" spans="1:11">
+      <c r="A644" s="1"/>
+      <c r="B644" s="1"/>
+      <c r="C644" s="1"/>
+      <c r="D644" s="1"/>
+      <c r="E644" s="1"/>
+      <c r="F644" s="1"/>
+      <c r="G644" s="1"/>
+      <c r="H644" s="1"/>
+      <c r="I644" s="1"/>
+      <c r="J644" s="1"/>
+      <c r="K644" s="1"/>
+    </row>
+    <row r="645" spans="1:11">
+      <c r="A645" s="1"/>
+      <c r="B645" s="1"/>
+      <c r="C645" s="1"/>
+      <c r="D645" s="1"/>
+      <c r="E645" s="1"/>
+      <c r="F645" s="1"/>
+      <c r="G645" s="1"/>
+      <c r="H645" s="1"/>
+      <c r="I645" s="1"/>
+      <c r="J645" s="1"/>
+      <c r="K645" s="1"/>
+    </row>
+    <row r="646" spans="1:11">
+      <c r="A646" s="1"/>
+      <c r="B646" s="1"/>
+      <c r="C646" s="1"/>
+      <c r="D646" s="1"/>
+      <c r="E646" s="1"/>
+      <c r="F646" s="1"/>
+      <c r="G646" s="1"/>
+      <c r="H646" s="1"/>
+      <c r="I646" s="1"/>
+      <c r="J646" s="1"/>
+      <c r="K646" s="1"/>
+    </row>
+    <row r="647" spans="1:11">
+      <c r="A647" s="1"/>
+      <c r="B647" s="1"/>
+      <c r="C647" s="1"/>
+      <c r="D647" s="1"/>
+      <c r="E647" s="1"/>
+      <c r="F647" s="1"/>
+      <c r="G647" s="1"/>
+      <c r="H647" s="1"/>
+      <c r="I647" s="1"/>
+      <c r="J647" s="1"/>
+      <c r="K647" s="1"/>
+    </row>
+    <row r="648" spans="1:11">
+      <c r="A648" s="1"/>
+      <c r="B648" s="1"/>
+      <c r="C648" s="1"/>
+      <c r="D648" s="1"/>
+      <c r="E648" s="1"/>
+      <c r="F648" s="1"/>
+      <c r="G648" s="1"/>
+      <c r="H648" s="1"/>
+      <c r="I648" s="1"/>
+      <c r="J648" s="1"/>
+      <c r="K648" s="1"/>
+    </row>
+    <row r="649" spans="1:11">
+      <c r="A649" s="1"/>
+      <c r="B649" s="1"/>
+      <c r="C649" s="1"/>
+      <c r="D649" s="1"/>
+      <c r="E649" s="1"/>
+      <c r="F649" s="1"/>
+      <c r="G649" s="1"/>
+      <c r="H649" s="1"/>
+      <c r="I649" s="1"/>
+      <c r="J649" s="1"/>
+      <c r="K649" s="1"/>
+    </row>
+    <row r="650" spans="1:11">
+      <c r="A650" s="1"/>
+      <c r="B650" s="1"/>
+      <c r="C650" s="1"/>
+      <c r="D650" s="1"/>
+      <c r="E650" s="1"/>
+      <c r="F650" s="1"/>
+      <c r="G650" s="1"/>
+      <c r="H650" s="1"/>
+      <c r="I650" s="1"/>
+      <c r="J650" s="1"/>
+      <c r="K650" s="1"/>
+    </row>
+    <row r="651" spans="1:11">
+      <c r="A651" s="1"/>
+      <c r="B651" s="1"/>
+      <c r="C651" s="1"/>
+      <c r="D651" s="1"/>
+      <c r="E651" s="1"/>
+      <c r="F651" s="1"/>
+      <c r="G651" s="1"/>
+      <c r="H651" s="1"/>
+      <c r="I651" s="1"/>
+      <c r="J651" s="1"/>
+      <c r="K651" s="1"/>
+    </row>
+    <row r="652" spans="1:11">
+      <c r="A652" s="1"/>
+      <c r="B652" s="1"/>
+      <c r="C652" s="1"/>
+      <c r="D652" s="1"/>
+      <c r="E652" s="1"/>
+      <c r="F652" s="1"/>
+      <c r="G652" s="1"/>
+      <c r="H652" s="1"/>
+      <c r="I652" s="1"/>
+      <c r="J652" s="1"/>
+      <c r="K652" s="1"/>
+    </row>
+    <row r="653" spans="1:11">
+      <c r="A653" s="1"/>
+      <c r="B653" s="1"/>
+      <c r="C653" s="1"/>
+      <c r="D653" s="1"/>
+      <c r="E653" s="1"/>
+      <c r="F653" s="1"/>
+      <c r="G653" s="1"/>
+      <c r="H653" s="1"/>
+      <c r="I653" s="1"/>
+      <c r="J653" s="1"/>
+      <c r="K653" s="1"/>
+    </row>
+    <row r="654" spans="1:11">
+      <c r="A654" s="1"/>
+      <c r="B654" s="1"/>
+      <c r="C654" s="1"/>
+      <c r="D654" s="1"/>
+      <c r="E654" s="1"/>
+      <c r="F654" s="1"/>
+      <c r="G654" s="1"/>
+      <c r="H654" s="1"/>
+      <c r="I654" s="1"/>
+      <c r="J654" s="1"/>
+      <c r="K654" s="1"/>
+    </row>
+    <row r="655" spans="1:11">
+      <c r="A655" s="1"/>
+      <c r="B655" s="1"/>
+      <c r="C655" s="1"/>
+      <c r="D655" s="1"/>
+      <c r="E655" s="1"/>
+      <c r="F655" s="1"/>
+      <c r="G655" s="1"/>
+      <c r="H655" s="1"/>
+      <c r="I655" s="1"/>
+      <c r="J655" s="1"/>
+      <c r="K655" s="1"/>
+    </row>
+    <row r="656" spans="1:11">
+      <c r="A656" s="1"/>
+      <c r="B656" s="1"/>
+      <c r="C656" s="1"/>
+      <c r="D656" s="1"/>
+      <c r="E656" s="1"/>
+      <c r="F656" s="1"/>
+      <c r="G656" s="1"/>
+      <c r="H656" s="1"/>
+      <c r="I656" s="1"/>
+      <c r="J656" s="1"/>
+      <c r="K656" s="1"/>
+    </row>
+    <row r="657" spans="1:11">
+      <c r="A657" s="1"/>
+      <c r="B657" s="1"/>
+      <c r="C657" s="1"/>
+      <c r="D657" s="1"/>
+      <c r="E657" s="1"/>
+      <c r="F657" s="1"/>
+      <c r="G657" s="1"/>
+      <c r="H657" s="1"/>
+      <c r="I657" s="1"/>
+      <c r="J657" s="1"/>
+      <c r="K657" s="1"/>
+    </row>
+    <row r="658" spans="1:11">
+      <c r="A658" s="1"/>
+      <c r="B658" s="1"/>
+      <c r="C658" s="1"/>
+      <c r="D658" s="1"/>
+      <c r="E658" s="1"/>
+      <c r="F658" s="1"/>
+      <c r="G658" s="1"/>
+      <c r="H658" s="1"/>
+      <c r="I658" s="1"/>
+      <c r="J658" s="1"/>
+      <c r="K658" s="1"/>
+    </row>
+    <row r="659" spans="1:11">
+      <c r="A659" s="1"/>
+      <c r="B659" s="1"/>
+      <c r="C659" s="1"/>
+      <c r="D659" s="1"/>
+      <c r="E659" s="1"/>
+      <c r="F659" s="1"/>
+      <c r="G659" s="1"/>
+      <c r="H659" s="1"/>
+      <c r="I659" s="1"/>
+      <c r="J659" s="1"/>
+      <c r="K659" s="1"/>
+    </row>
+    <row r="660" spans="1:11">
+      <c r="A660" s="1"/>
+      <c r="B660" s="1"/>
+      <c r="C660" s="1"/>
+      <c r="D660" s="1"/>
+      <c r="E660" s="1"/>
+      <c r="F660" s="1"/>
+      <c r="G660" s="1"/>
+      <c r="H660" s="1"/>
+      <c r="I660" s="1"/>
+      <c r="J660" s="1"/>
+      <c r="K660" s="1"/>
+    </row>
+    <row r="661" spans="1:11">
+      <c r="A661" s="1"/>
+      <c r="B661" s="1"/>
+      <c r="C661" s="1"/>
+      <c r="D661" s="1"/>
+      <c r="E661" s="1"/>
+      <c r="F661" s="1"/>
+      <c r="G661" s="1"/>
+      <c r="H661" s="1"/>
+      <c r="I661" s="1"/>
+      <c r="J661" s="1"/>
+      <c r="K661" s="1"/>
+    </row>
+    <row r="662" spans="1:11">
+      <c r="A662" s="1"/>
+      <c r="B662" s="1"/>
+      <c r="C662" s="1"/>
+      <c r="D662" s="1"/>
+      <c r="E662" s="1"/>
+      <c r="F662" s="1"/>
+      <c r="G662" s="1"/>
+      <c r="H662" s="1"/>
+      <c r="I662" s="1"/>
+      <c r="J662" s="1"/>
+      <c r="K662" s="1"/>
+    </row>
+    <row r="663" spans="1:11">
+      <c r="A663" s="1"/>
+      <c r="B663" s="1"/>
+      <c r="C663" s="1"/>
+      <c r="D663" s="1"/>
+      <c r="E663" s="1"/>
+      <c r="F663" s="1"/>
+      <c r="G663" s="1"/>
+      <c r="H663" s="1"/>
+      <c r="I663" s="1"/>
+      <c r="J663" s="1"/>
+      <c r="K663" s="1"/>
+    </row>
+    <row r="664" spans="1:11">
+      <c r="A664" s="1"/>
+      <c r="B664" s="1"/>
+      <c r="C664" s="1"/>
+      <c r="D664" s="1"/>
+      <c r="E664" s="1"/>
+      <c r="F664" s="1"/>
+      <c r="G664" s="1"/>
+      <c r="H664" s="1"/>
+      <c r="I664" s="1"/>
+      <c r="J664" s="1"/>
+      <c r="K664" s="1"/>
+    </row>
+    <row r="665" spans="1:11">
+      <c r="A665" s="1"/>
+      <c r="B665" s="1"/>
+      <c r="C665" s="1"/>
+      <c r="D665" s="1"/>
+      <c r="E665" s="1"/>
+      <c r="F665" s="1"/>
+      <c r="G665" s="1"/>
+      <c r="H665" s="1"/>
+      <c r="I665" s="1"/>
+      <c r="J665" s="1"/>
+      <c r="K665" s="1"/>
+    </row>
+    <row r="666" spans="1:11">
+      <c r="A666" s="1"/>
+      <c r="B666" s="1"/>
+      <c r="C666" s="1"/>
+      <c r="D666" s="1"/>
+      <c r="E666" s="1"/>
+      <c r="F666" s="1"/>
+      <c r="G666" s="1"/>
+      <c r="H666" s="1"/>
+      <c r="I666" s="1"/>
+      <c r="J666" s="1"/>
+      <c r="K666" s="1"/>
+    </row>
+    <row r="667" spans="1:11">
+      <c r="A667" s="1"/>
+      <c r="B667" s="1"/>
+      <c r="C667" s="1"/>
+      <c r="D667" s="1"/>
+      <c r="E667" s="1"/>
+      <c r="F667" s="1"/>
+      <c r="G667" s="1"/>
+      <c r="H667" s="1"/>
+      <c r="I667" s="1"/>
+      <c r="J667" s="1"/>
+      <c r="K667" s="1"/>
+    </row>
+    <row r="668" spans="1:11">
+      <c r="A668" s="1"/>
+      <c r="B668" s="1"/>
+      <c r="C668" s="1"/>
+      <c r="D668" s="1"/>
+      <c r="E668" s="1"/>
+      <c r="F668" s="1"/>
+      <c r="G668" s="1"/>
+      <c r="H668" s="1"/>
+      <c r="I668" s="1"/>
+      <c r="J668" s="1"/>
+      <c r="K668" s="1"/>
+    </row>
+    <row r="669" spans="1:11">
+      <c r="A669" s="1"/>
+      <c r="B669" s="1"/>
+      <c r="C669" s="1"/>
+      <c r="D669" s="1"/>
+      <c r="E669" s="1"/>
+      <c r="F669" s="1"/>
+      <c r="G669" s="1"/>
+      <c r="H669" s="1"/>
+      <c r="I669" s="1"/>
+      <c r="J669" s="1"/>
+      <c r="K669" s="1"/>
+    </row>
+    <row r="670" spans="1:11">
+      <c r="A670" s="1"/>
+      <c r="B670" s="1"/>
+      <c r="C670" s="1"/>
+      <c r="D670" s="1"/>
+      <c r="E670" s="1"/>
+      <c r="F670" s="1"/>
+      <c r="G670" s="1"/>
+      <c r="H670" s="1"/>
+      <c r="I670" s="1"/>
+      <c r="J670" s="1"/>
+      <c r="K670" s="1"/>
+    </row>
+    <row r="671" spans="1:11">
+      <c r="A671" s="1"/>
+      <c r="B671" s="1"/>
+      <c r="C671" s="1"/>
+      <c r="D671" s="1"/>
+      <c r="E671" s="1"/>
+      <c r="F671" s="1"/>
+      <c r="G671" s="1"/>
+      <c r="H671" s="1"/>
+      <c r="I671" s="1"/>
+      <c r="J671" s="1"/>
+      <c r="K671" s="1"/>
+    </row>
+    <row r="672" spans="1:11">
+      <c r="A672" s="1"/>
+      <c r="B672" s="1"/>
+      <c r="C672" s="1"/>
+      <c r="D672" s="1"/>
+      <c r="E672" s="1"/>
+      <c r="F672" s="1"/>
+      <c r="G672" s="1"/>
+      <c r="H672" s="1"/>
+      <c r="I672" s="1"/>
+      <c r="J672" s="1"/>
+      <c r="K672" s="1"/>
+    </row>
+    <row r="673" spans="1:11">
+      <c r="A673" s="1"/>
+      <c r="B673" s="1"/>
+      <c r="C673" s="1"/>
+      <c r="D673" s="1"/>
+      <c r="E673" s="1"/>
+      <c r="F673" s="1"/>
+      <c r="G673" s="1"/>
+      <c r="H673" s="1"/>
+      <c r="I673" s="1"/>
+      <c r="J673" s="1"/>
+      <c r="K673" s="1"/>
+    </row>
+    <row r="674" spans="1:11">
+      <c r="A674" s="1"/>
+      <c r="B674" s="1"/>
+      <c r="C674" s="1"/>
+      <c r="D674" s="1"/>
+      <c r="E674" s="1"/>
+      <c r="F674" s="1"/>
+      <c r="G674" s="1"/>
+      <c r="H674" s="1"/>
+      <c r="I674" s="1"/>
+      <c r="J674" s="1"/>
+      <c r="K674" s="1"/>
+    </row>
+    <row r="675" spans="1:11">
+      <c r="A675" s="1"/>
+      <c r="B675" s="1"/>
+      <c r="C675" s="1"/>
+      <c r="D675" s="1"/>
+      <c r="E675" s="1"/>
+      <c r="F675" s="1"/>
+      <c r="G675" s="1"/>
+      <c r="H675" s="1"/>
+      <c r="I675" s="1"/>
+      <c r="J675" s="1"/>
+      <c r="K675" s="1"/>
+    </row>
+    <row r="676" spans="1:11">
+      <c r="A676" s="1"/>
+      <c r="B676" s="1"/>
+      <c r="C676" s="1"/>
+      <c r="D676" s="1"/>
+      <c r="E676" s="1"/>
+      <c r="F676" s="1"/>
+      <c r="G676" s="1"/>
+      <c r="H676" s="1"/>
+      <c r="I676" s="1"/>
+      <c r="J676" s="1"/>
+      <c r="K676" s="1"/>
+    </row>
+    <row r="677" spans="1:11">
+      <c r="A677" s="1"/>
+      <c r="B677" s="1"/>
+      <c r="C677" s="1"/>
+      <c r="D677" s="1"/>
+      <c r="E677" s="1"/>
+      <c r="F677" s="1"/>
+      <c r="G677" s="1"/>
+      <c r="H677" s="1"/>
+      <c r="I677" s="1"/>
+      <c r="J677" s="1"/>
+      <c r="K677" s="1"/>
+    </row>
+    <row r="678" spans="1:11">
+      <c r="A678" s="1"/>
+      <c r="B678" s="1"/>
+      <c r="C678" s="1"/>
+      <c r="D678" s="1"/>
+      <c r="E678" s="1"/>
+      <c r="F678" s="1"/>
+      <c r="G678" s="1"/>
+      <c r="H678" s="1"/>
+      <c r="I678" s="1"/>
+      <c r="J678" s="1"/>
+      <c r="K678" s="1"/>
+    </row>
+    <row r="679" spans="1:11">
+      <c r="A679" s="1"/>
+      <c r="B679" s="1"/>
+      <c r="C679" s="1"/>
+      <c r="D679" s="1"/>
+      <c r="E679" s="1"/>
+      <c r="F679" s="1"/>
+      <c r="G679" s="1"/>
+      <c r="H679" s="1"/>
+      <c r="I679" s="1"/>
+      <c r="J679" s="1"/>
+      <c r="K679" s="1"/>
+    </row>
+    <row r="680" spans="1:11">
+      <c r="A680" s="1"/>
+      <c r="B680" s="1"/>
+      <c r="C680" s="1"/>
+      <c r="D680" s="1"/>
+      <c r="E680" s="1"/>
+      <c r="F680" s="1"/>
+      <c r="G680" s="1"/>
+      <c r="H680" s="1"/>
+      <c r="I680" s="1"/>
+      <c r="J680" s="1"/>
+      <c r="K680" s="1"/>
+    </row>
+    <row r="681" spans="1:11">
+      <c r="A681" s="1"/>
+      <c r="B681" s="1"/>
+      <c r="C681" s="1"/>
+      <c r="D681" s="1"/>
+      <c r="E681" s="1"/>
+      <c r="F681" s="1"/>
+      <c r="G681" s="1"/>
+      <c r="H681" s="1"/>
+      <c r="I681" s="1"/>
+      <c r="J681" s="1"/>
+      <c r="K681" s="1"/>
+    </row>
+    <row r="682" spans="1:11">
+      <c r="A682" s="1"/>
+      <c r="B682" s="1"/>
+      <c r="C682" s="1"/>
+      <c r="D682" s="1"/>
+      <c r="E682" s="1"/>
+      <c r="F682" s="1"/>
+      <c r="G682" s="1"/>
+      <c r="H682" s="1"/>
+      <c r="I682" s="1"/>
+      <c r="J682" s="1"/>
+      <c r="K682" s="1"/>
+    </row>
+    <row r="683" spans="1:11">
+      <c r="A683" s="1"/>
+      <c r="B683" s="1"/>
+      <c r="C683" s="1"/>
+      <c r="D683" s="1"/>
+      <c r="E683" s="1"/>
+      <c r="F683" s="1"/>
+      <c r="G683" s="1"/>
+      <c r="H683" s="1"/>
+      <c r="I683" s="1"/>
+      <c r="J683" s="1"/>
+      <c r="K683" s="1"/>
+    </row>
+    <row r="684" spans="1:11">
+      <c r="A684" s="1"/>
+      <c r="B684" s="1"/>
+      <c r="C684" s="1"/>
+      <c r="D684" s="1"/>
+      <c r="E684" s="1"/>
+      <c r="F684" s="1"/>
+      <c r="G684" s="1"/>
+      <c r="H684" s="1"/>
+      <c r="I684" s="1"/>
+      <c r="J684" s="1"/>
+      <c r="K684" s="1"/>
+    </row>
+    <row r="685" spans="1:11">
+      <c r="A685" s="1"/>
+      <c r="B685" s="1"/>
+      <c r="C685" s="1"/>
+      <c r="D685" s="1"/>
+      <c r="E685" s="1"/>
+      <c r="F685" s="1"/>
+      <c r="G685" s="1"/>
+      <c r="H685" s="1"/>
+      <c r="I685" s="1"/>
+      <c r="J685" s="1"/>
+      <c r="K685" s="1"/>
+    </row>
+    <row r="686" spans="1:11">
+      <c r="A686" s="1"/>
+      <c r="B686" s="1"/>
+      <c r="C686" s="1"/>
+      <c r="D686" s="1"/>
+      <c r="E686" s="1"/>
+      <c r="F686" s="1"/>
+      <c r="G686" s="1"/>
+      <c r="H686" s="1"/>
+      <c r="I686" s="1"/>
+      <c r="J686" s="1"/>
+      <c r="K686" s="1"/>
+    </row>
+    <row r="687" spans="1:11">
+      <c r="A687" s="1"/>
+      <c r="B687" s="1"/>
+      <c r="C687" s="1"/>
+      <c r="D687" s="1"/>
+      <c r="E687" s="1"/>
+      <c r="F687" s="1"/>
+      <c r="G687" s="1"/>
+      <c r="H687" s="1"/>
+      <c r="I687" s="1"/>
+      <c r="J687" s="1"/>
+      <c r="K687" s="1"/>
+    </row>
+    <row r="688" spans="1:11">
+      <c r="A688" s="1"/>
+      <c r="B688" s="1"/>
+      <c r="C688" s="1"/>
+      <c r="D688" s="1"/>
+      <c r="E688" s="1"/>
+      <c r="F688" s="1"/>
+      <c r="G688" s="1"/>
+      <c r="H688" s="1"/>
+      <c r="I688" s="1"/>
+      <c r="J688" s="1"/>
+      <c r="K688" s="1"/>
+    </row>
+    <row r="689" spans="1:11">
+      <c r="A689" s="1"/>
+      <c r="B689" s="1"/>
+      <c r="C689" s="1"/>
+      <c r="D689" s="1"/>
+      <c r="E689" s="1"/>
+      <c r="F689" s="1"/>
+      <c r="G689" s="1"/>
+      <c r="H689" s="1"/>
+      <c r="I689" s="1"/>
+      <c r="J689" s="1"/>
+      <c r="K689" s="1"/>
+    </row>
+    <row r="690" spans="1:11">
+      <c r="A690" s="1"/>
+      <c r="B690" s="1"/>
+      <c r="C690" s="1"/>
+      <c r="D690" s="1"/>
+      <c r="E690" s="1"/>
+      <c r="F690" s="1"/>
+      <c r="G690" s="1"/>
+      <c r="H690" s="1"/>
+      <c r="I690" s="1"/>
+      <c r="J690" s="1"/>
+      <c r="K690" s="1"/>
+    </row>
+    <row r="691" spans="1:11">
+      <c r="A691" s="1"/>
+      <c r="B691" s="1"/>
+      <c r="C691" s="1"/>
+      <c r="D691" s="1"/>
+      <c r="E691" s="1"/>
+      <c r="F691" s="1"/>
+      <c r="G691" s="1"/>
+      <c r="H691" s="1"/>
+      <c r="I691" s="1"/>
+      <c r="J691" s="1"/>
+      <c r="K691" s="1"/>
+    </row>
+    <row r="692" spans="1:11">
+      <c r="A692" s="1"/>
+      <c r="B692" s="1"/>
+      <c r="C692" s="1"/>
+      <c r="D692" s="1"/>
+      <c r="E692" s="1"/>
+      <c r="F692" s="1"/>
+      <c r="G692" s="1"/>
+      <c r="H692" s="1"/>
+      <c r="I692" s="1"/>
+      <c r="J692" s="1"/>
+      <c r="K692" s="1"/>
+    </row>
+    <row r="693" spans="1:11">
+      <c r="A693" s="1"/>
+      <c r="B693" s="1"/>
+      <c r="C693" s="1"/>
+      <c r="D693" s="1"/>
+      <c r="E693" s="1"/>
+      <c r="F693" s="1"/>
+      <c r="G693" s="1"/>
+      <c r="H693" s="1"/>
+      <c r="I693" s="1"/>
+      <c r="J693" s="1"/>
+      <c r="K693" s="1"/>
+    </row>
+    <row r="694" spans="1:11">
+      <c r="A694" s="1"/>
+      <c r="B694" s="1"/>
+      <c r="C694" s="1"/>
+      <c r="D694" s="1"/>
+      <c r="E694" s="1"/>
+      <c r="F694" s="1"/>
+      <c r="G694" s="1"/>
+      <c r="H694" s="1"/>
+      <c r="I694" s="1"/>
+      <c r="J694" s="1"/>
+      <c r="K694" s="1"/>
+    </row>
+    <row r="695" spans="1:11">
+      <c r="A695" s="1"/>
+      <c r="B695" s="1"/>
+      <c r="C695" s="1"/>
+      <c r="D695" s="1"/>
+      <c r="E695" s="1"/>
+      <c r="F695" s="1"/>
+      <c r="G695" s="1"/>
+      <c r="H695" s="1"/>
+      <c r="I695" s="1"/>
+      <c r="J695" s="1"/>
+      <c r="K695" s="1"/>
+    </row>
+    <row r="696" spans="1:11">
+      <c r="A696" s="1"/>
+      <c r="B696" s="1"/>
+      <c r="C696" s="1"/>
+      <c r="D696" s="1"/>
+      <c r="E696" s="1"/>
+      <c r="F696" s="1"/>
+      <c r="G696" s="1"/>
+      <c r="H696" s="1"/>
+      <c r="I696" s="1"/>
+      <c r="J696" s="1"/>
+      <c r="K696" s="1"/>
+    </row>
+    <row r="697" spans="1:11">
+      <c r="A697" s="1"/>
+      <c r="B697" s="1"/>
+      <c r="C697" s="1"/>
+      <c r="D697" s="1"/>
+      <c r="E697" s="1"/>
+      <c r="F697" s="1"/>
+      <c r="G697" s="1"/>
+      <c r="H697" s="1"/>
+      <c r="I697" s="1"/>
+      <c r="J697" s="1"/>
+      <c r="K697" s="1"/>
+    </row>
+    <row r="698" spans="1:11">
+      <c r="A698" s="1"/>
+      <c r="B698" s="1"/>
+      <c r="C698" s="1"/>
+      <c r="D698" s="1"/>
+      <c r="E698" s="1"/>
+      <c r="F698" s="1"/>
+      <c r="G698" s="1"/>
+      <c r="H698" s="1"/>
+      <c r="I698" s="1"/>
+      <c r="J698" s="1"/>
+      <c r="K698" s="1"/>
+    </row>
+    <row r="699" spans="1:11">
+      <c r="A699" s="1"/>
+      <c r="B699" s="1"/>
+      <c r="C699" s="1"/>
+      <c r="D699" s="1"/>
+      <c r="E699" s="1"/>
+      <c r="F699" s="1"/>
+      <c r="G699" s="1"/>
+      <c r="H699" s="1"/>
+      <c r="I699" s="1"/>
+      <c r="J699" s="1"/>
+      <c r="K699" s="1"/>
+    </row>
+    <row r="700" spans="1:11">
+      <c r="A700" s="1"/>
+      <c r="B700" s="1"/>
+      <c r="C700" s="1"/>
+      <c r="D700" s="1"/>
+      <c r="E700" s="1"/>
+      <c r="F700" s="1"/>
+      <c r="G700" s="1"/>
+      <c r="H700" s="1"/>
+      <c r="I700" s="1"/>
+      <c r="J700" s="1"/>
+      <c r="K700" s="1"/>
+    </row>
+    <row r="701" spans="1:11">
+      <c r="A701" s="1"/>
+      <c r="B701" s="1"/>
+      <c r="C701" s="1"/>
+      <c r="D701" s="1"/>
+      <c r="E701" s="1"/>
+      <c r="F701" s="1"/>
+      <c r="G701" s="1"/>
+      <c r="H701" s="1"/>
+      <c r="I701" s="1"/>
+      <c r="J701" s="1"/>
+      <c r="K701" s="1"/>
+    </row>
+    <row r="702" spans="1:11">
+      <c r="A702" s="1"/>
+      <c r="B702" s="1"/>
+      <c r="C702" s="1"/>
+      <c r="D702" s="1"/>
+      <c r="E702" s="1"/>
+      <c r="F702" s="1"/>
+      <c r="G702" s="1"/>
+      <c r="H702" s="1"/>
+      <c r="I702" s="1"/>
+      <c r="J702" s="1"/>
+      <c r="K702" s="1"/>
+    </row>
+    <row r="703" spans="1:11">
+      <c r="A703" s="1"/>
+      <c r="B703" s="1"/>
+      <c r="C703" s="1"/>
+      <c r="D703" s="1"/>
+      <c r="E703" s="1"/>
+      <c r="F703" s="1"/>
+      <c r="G703" s="1"/>
+      <c r="H703" s="1"/>
+      <c r="I703" s="1"/>
+      <c r="J703" s="1"/>
+      <c r="K703" s="1"/>
+    </row>
+    <row r="704" spans="1:11">
+      <c r="A704" s="1"/>
+      <c r="B704" s="1"/>
+      <c r="C704" s="1"/>
+      <c r="D704" s="1"/>
+      <c r="E704" s="1"/>
+      <c r="F704" s="1"/>
+      <c r="G704" s="1"/>
+      <c r="H704" s="1"/>
+      <c r="I704" s="1"/>
+      <c r="J704" s="1"/>
+      <c r="K704" s="1"/>
+    </row>
+    <row r="705" spans="1:11">
+      <c r="A705" s="1"/>
+      <c r="B705" s="1"/>
+      <c r="C705" s="1"/>
+      <c r="D705" s="1"/>
+      <c r="E705" s="1"/>
+      <c r="F705" s="1"/>
+      <c r="G705" s="1"/>
+      <c r="H705" s="1"/>
+      <c r="I705" s="1"/>
+      <c r="J705" s="1"/>
+      <c r="K705" s="1"/>
+    </row>
+    <row r="706" spans="1:11">
+      <c r="A706" s="1"/>
+      <c r="B706" s="1"/>
+      <c r="C706" s="1"/>
+      <c r="D706" s="1"/>
+      <c r="E706" s="1"/>
+      <c r="F706" s="1"/>
+      <c r="G706" s="1"/>
+      <c r="H706" s="1"/>
+      <c r="I706" s="1"/>
+      <c r="J706" s="1"/>
+      <c r="K706" s="1"/>
+    </row>
+    <row r="707" spans="1:11">
+      <c r="A707" s="1"/>
+      <c r="B707" s="1"/>
+      <c r="C707" s="1"/>
+      <c r="D707" s="1"/>
+      <c r="E707" s="1"/>
+      <c r="F707" s="1"/>
+      <c r="G707" s="1"/>
+      <c r="H707" s="1"/>
+      <c r="I707" s="1"/>
+      <c r="J707" s="1"/>
+      <c r="K707" s="1"/>
+    </row>
+    <row r="708" spans="1:11">
+      <c r="A708" s="1"/>
+      <c r="B708" s="1"/>
+      <c r="C708" s="1"/>
+      <c r="D708" s="1"/>
+      <c r="E708" s="1"/>
+      <c r="F708" s="1"/>
+      <c r="G708" s="1"/>
+      <c r="H708" s="1"/>
+      <c r="I708" s="1"/>
+      <c r="J708" s="1"/>
+      <c r="K708" s="1"/>
+    </row>
+    <row r="709" spans="1:11">
+      <c r="A709" s="1"/>
+      <c r="B709" s="1"/>
+      <c r="C709" s="1"/>
+      <c r="D709" s="1"/>
+      <c r="E709" s="1"/>
+      <c r="F709" s="1"/>
+      <c r="G709" s="1"/>
+      <c r="H709" s="1"/>
+      <c r="I709" s="1"/>
+      <c r="J709" s="1"/>
+      <c r="K709" s="1"/>
+    </row>
+    <row r="710" spans="1:11">
+      <c r="A710" s="1"/>
+      <c r="B710" s="1"/>
+      <c r="C710" s="1"/>
+      <c r="D710" s="1"/>
+      <c r="E710" s="1"/>
+      <c r="F710" s="1"/>
+      <c r="G710" s="1"/>
+      <c r="H710" s="1"/>
+      <c r="I710" s="1"/>
+      <c r="J710" s="1"/>
+      <c r="K710" s="1"/>
+    </row>
+    <row r="711" spans="1:11">
+      <c r="A711" s="1"/>
+      <c r="B711" s="1"/>
+      <c r="C711" s="1"/>
+      <c r="D711" s="1"/>
+      <c r="E711" s="1"/>
+      <c r="F711" s="1"/>
+      <c r="G711" s="1"/>
+      <c r="H711" s="1"/>
+      <c r="I711" s="1"/>
+      <c r="J711" s="1"/>
+      <c r="K711" s="1"/>
+    </row>
+    <row r="712" spans="1:11">
+      <c r="A712" s="1"/>
+      <c r="B712" s="1"/>
+      <c r="C712" s="1"/>
+      <c r="D712" s="1"/>
+      <c r="E712" s="1"/>
+      <c r="F712" s="1"/>
+      <c r="G712" s="1"/>
+      <c r="H712" s="1"/>
+      <c r="I712" s="1"/>
+      <c r="J712" s="1"/>
+      <c r="K712" s="1"/>
+    </row>
+    <row r="713" spans="1:11">
+      <c r="A713" s="1"/>
+      <c r="B713" s="1"/>
+      <c r="C713" s="1"/>
+      <c r="D713" s="1"/>
+      <c r="E713" s="1"/>
+      <c r="F713" s="1"/>
+      <c r="G713" s="1"/>
+      <c r="H713" s="1"/>
+      <c r="I713" s="1"/>
+      <c r="J713" s="1"/>
+      <c r="K713" s="1"/>
+    </row>
+    <row r="714" spans="1:11">
+      <c r="A714" s="1"/>
+      <c r="B714" s="1"/>
+      <c r="C714" s="1"/>
+      <c r="D714" s="1"/>
+      <c r="E714" s="1"/>
+      <c r="F714" s="1"/>
+      <c r="G714" s="1"/>
+      <c r="H714" s="1"/>
+      <c r="I714" s="1"/>
+      <c r="J714" s="1"/>
+      <c r="K714" s="1"/>
+    </row>
+    <row r="715" spans="1:11">
+      <c r="A715" s="1"/>
+      <c r="B715" s="1"/>
+      <c r="C715" s="1"/>
+      <c r="D715" s="1"/>
+      <c r="E715" s="1"/>
+      <c r="F715" s="1"/>
+      <c r="G715" s="1"/>
+      <c r="H715" s="1"/>
+      <c r="I715" s="1"/>
+      <c r="J715" s="1"/>
+      <c r="K715" s="1"/>
+    </row>
+    <row r="716" spans="1:11">
+      <c r="A716" s="1"/>
+      <c r="B716" s="1"/>
+      <c r="C716" s="1"/>
+      <c r="D716" s="1"/>
+      <c r="E716" s="1"/>
+      <c r="F716" s="1"/>
+      <c r="G716" s="1"/>
+      <c r="H716" s="1"/>
+      <c r="I716" s="1"/>
+      <c r="J716" s="1"/>
+      <c r="K716" s="1"/>
+    </row>
+    <row r="717" spans="1:11">
+      <c r="A717" s="1"/>
+      <c r="B717" s="1"/>
+      <c r="C717" s="1"/>
+      <c r="D717" s="1"/>
+      <c r="E717" s="1"/>
+      <c r="F717" s="1"/>
+      <c r="G717" s="1"/>
+      <c r="H717" s="1"/>
+      <c r="I717" s="1"/>
+      <c r="J717" s="1"/>
+      <c r="K717" s="1"/>
+    </row>
+    <row r="718" spans="1:11">
+      <c r="A718" s="1"/>
+      <c r="B718" s="1"/>
+      <c r="C718" s="1"/>
+      <c r="D718" s="1"/>
+      <c r="E718" s="1"/>
+      <c r="F718" s="1"/>
+      <c r="G718" s="1"/>
+      <c r="H718" s="1"/>
+      <c r="I718" s="1"/>
+      <c r="J718" s="1"/>
+      <c r="K718" s="1"/>
+    </row>
+    <row r="719" spans="1:11">
+      <c r="A719" s="1"/>
+      <c r="B719" s="1"/>
+      <c r="C719" s="1"/>
+      <c r="D719" s="1"/>
+      <c r="E719" s="1"/>
+      <c r="F719" s="1"/>
+      <c r="G719" s="1"/>
+      <c r="H719" s="1"/>
+      <c r="I719" s="1"/>
+      <c r="J719" s="1"/>
+      <c r="K719" s="1"/>
+    </row>
+    <row r="720" spans="1:11">
+      <c r="A720" s="1"/>
+      <c r="B720" s="1"/>
+      <c r="C720" s="1"/>
+      <c r="D720" s="1"/>
+      <c r="E720" s="1"/>
+      <c r="F720" s="1"/>
+      <c r="G720" s="1"/>
+      <c r="H720" s="1"/>
+      <c r="I720" s="1"/>
+      <c r="J720" s="1"/>
+      <c r="K720" s="1"/>
+    </row>
+    <row r="721" spans="1:11">
+      <c r="A721" s="1"/>
+      <c r="B721" s="1"/>
+      <c r="C721" s="1"/>
+      <c r="D721" s="1"/>
+      <c r="E721" s="1"/>
+      <c r="F721" s="1"/>
+      <c r="G721" s="1"/>
+      <c r="H721" s="1"/>
+      <c r="I721" s="1"/>
+      <c r="J721" s="1"/>
+      <c r="K721" s="1"/>
+    </row>
+    <row r="722" spans="1:11">
+      <c r="A722" s="1"/>
+      <c r="B722" s="1"/>
+      <c r="C722" s="1"/>
+      <c r="D722" s="1"/>
+      <c r="E722" s="1"/>
+      <c r="F722" s="1"/>
+      <c r="G722" s="1"/>
+      <c r="H722" s="1"/>
+      <c r="I722" s="1"/>
+      <c r="J722" s="1"/>
+      <c r="K722" s="1"/>
+    </row>
+    <row r="723" spans="1:11">
+      <c r="A723" s="1"/>
+      <c r="B723" s="1"/>
+      <c r="C723" s="1"/>
+      <c r="D723" s="1"/>
+      <c r="E723" s="1"/>
+      <c r="F723" s="1"/>
+      <c r="G723" s="1"/>
+      <c r="H723" s="1"/>
+      <c r="I723" s="1"/>
+      <c r="J723" s="1"/>
+      <c r="K723" s="1"/>
+    </row>
+    <row r="724" spans="1:11">
+      <c r="A724" s="1"/>
+      <c r="B724" s="1"/>
+      <c r="C724" s="1"/>
+      <c r="D724" s="1"/>
+      <c r="E724" s="1"/>
+      <c r="F724" s="1"/>
+      <c r="G724" s="1"/>
+      <c r="H724" s="1"/>
+      <c r="I724" s="1"/>
+      <c r="J724" s="1"/>
+      <c r="K724" s="1"/>
+    </row>
+    <row r="725" spans="1:11">
+      <c r="A725" s="1"/>
+      <c r="B725" s="1"/>
+      <c r="C725" s="1"/>
+      <c r="D725" s="1"/>
+      <c r="E725" s="1"/>
+      <c r="F725" s="1"/>
+      <c r="G725" s="1"/>
+      <c r="H725" s="1"/>
+      <c r="I725" s="1"/>
+      <c r="J725" s="1"/>
+      <c r="K725" s="1"/>
+    </row>
+    <row r="726" spans="1:11">
+      <c r="A726" s="1"/>
+      <c r="B726" s="1"/>
+      <c r="C726" s="1"/>
+      <c r="D726" s="1"/>
+      <c r="E726" s="1"/>
+      <c r="F726" s="1"/>
+      <c r="G726" s="1"/>
+      <c r="H726" s="1"/>
+      <c r="I726" s="1"/>
+      <c r="J726" s="1"/>
+      <c r="K726" s="1"/>
+    </row>
+    <row r="727" spans="1:11">
+      <c r="A727" s="1"/>
+      <c r="B727" s="1"/>
+      <c r="C727" s="1"/>
+      <c r="D727" s="1"/>
+      <c r="E727" s="1"/>
+      <c r="F727" s="1"/>
+      <c r="G727" s="1"/>
+      <c r="H727" s="1"/>
+      <c r="I727" s="1"/>
+      <c r="J727" s="1"/>
+      <c r="K727" s="1"/>
+    </row>
+    <row r="728" spans="1:11">
+      <c r="A728" s="1"/>
+      <c r="B728" s="1"/>
+      <c r="C728" s="1"/>
+      <c r="D728" s="1"/>
+      <c r="E728" s="1"/>
+      <c r="F728" s="1"/>
+      <c r="G728" s="1"/>
+      <c r="H728" s="1"/>
+      <c r="I728" s="1"/>
+      <c r="J728" s="1"/>
+      <c r="K728" s="1"/>
+    </row>
+    <row r="729" spans="1:11">
+      <c r="A729" s="1"/>
+      <c r="B729" s="1"/>
+      <c r="C729" s="1"/>
+      <c r="D729" s="1"/>
+      <c r="E729" s="1"/>
+      <c r="F729" s="1"/>
+      <c r="G729" s="1"/>
+      <c r="H729" s="1"/>
+      <c r="I729" s="1"/>
+      <c r="J729" s="1"/>
+      <c r="K729" s="1"/>
+    </row>
+    <row r="730" spans="1:11">
+      <c r="A730" s="1"/>
+      <c r="B730" s="1"/>
+      <c r="C730" s="1"/>
+      <c r="D730" s="1"/>
+      <c r="E730" s="1"/>
+      <c r="F730" s="1"/>
+      <c r="G730" s="1"/>
+      <c r="H730" s="1"/>
+      <c r="I730" s="1"/>
+      <c r="J730" s="1"/>
+      <c r="K730" s="1"/>
+    </row>
+    <row r="731" spans="1:11">
+      <c r="A731" s="1"/>
+      <c r="B731" s="1"/>
+      <c r="C731" s="1"/>
+      <c r="D731" s="1"/>
+      <c r="E731" s="1"/>
+      <c r="F731" s="1"/>
+      <c r="G731" s="1"/>
+      <c r="H731" s="1"/>
+      <c r="I731" s="1"/>
+      <c r="J731" s="1"/>
+      <c r="K731" s="1"/>
+    </row>
+    <row r="732" spans="1:11">
+      <c r="A732" s="1"/>
+      <c r="B732" s="1"/>
+      <c r="C732" s="1"/>
+      <c r="D732" s="1"/>
+      <c r="E732" s="1"/>
+      <c r="F732" s="1"/>
+      <c r="G732" s="1"/>
+      <c r="H732" s="1"/>
+      <c r="I732" s="1"/>
+      <c r="J732" s="1"/>
+      <c r="K732" s="1"/>
+    </row>
+    <row r="733" spans="1:11">
+      <c r="A733" s="1"/>
+      <c r="B733" s="1"/>
+      <c r="C733" s="1"/>
+      <c r="D733" s="1"/>
+      <c r="E733" s="1"/>
+      <c r="F733" s="1"/>
+      <c r="G733" s="1"/>
+      <c r="H733" s="1"/>
+      <c r="I733" s="1"/>
+      <c r="J733" s="1"/>
+      <c r="K733" s="1"/>
+    </row>
+    <row r="734" spans="1:11">
+      <c r="A734" s="1"/>
+      <c r="B734" s="1"/>
+      <c r="C734" s="1"/>
+      <c r="D734" s="1"/>
+      <c r="E734" s="1"/>
+      <c r="F734" s="1"/>
+      <c r="G734" s="1"/>
+      <c r="H734" s="1"/>
+      <c r="I734" s="1"/>
+      <c r="J734" s="1"/>
+      <c r="K734" s="1"/>
+    </row>
+    <row r="735" spans="1:11">
+      <c r="A735" s="1"/>
+      <c r="B735" s="1"/>
+      <c r="C735" s="1"/>
+      <c r="D735" s="1"/>
+      <c r="E735" s="1"/>
+      <c r="F735" s="1"/>
+      <c r="G735" s="1"/>
+      <c r="H735" s="1"/>
+      <c r="I735" s="1"/>
+      <c r="J735" s="1"/>
+      <c r="K735" s="1"/>
+    </row>
+    <row r="736" spans="1:11">
+      <c r="A736" s="1"/>
+      <c r="B736" s="1"/>
+      <c r="C736" s="1"/>
+      <c r="D736" s="1"/>
+      <c r="E736" s="1"/>
+      <c r="F736" s="1"/>
+      <c r="G736" s="1"/>
+      <c r="H736" s="1"/>
+      <c r="I736" s="1"/>
+      <c r="J736" s="1"/>
+      <c r="K736" s="1"/>
+    </row>
+    <row r="737" spans="1:11">
+      <c r="A737" s="1"/>
+      <c r="B737" s="1"/>
+      <c r="C737" s="1"/>
+      <c r="D737" s="1"/>
+      <c r="E737" s="1"/>
+      <c r="F737" s="1"/>
+      <c r="G737" s="1"/>
+      <c r="H737" s="1"/>
+      <c r="I737" s="1"/>
+      <c r="J737" s="1"/>
+      <c r="K737" s="1"/>
+    </row>
+    <row r="738" spans="1:11">
+      <c r="A738" s="1"/>
+      <c r="B738" s="1"/>
+      <c r="C738" s="1"/>
+      <c r="D738" s="1"/>
+      <c r="E738" s="1"/>
+      <c r="F738" s="1"/>
+      <c r="G738" s="1"/>
+      <c r="H738" s="1"/>
+      <c r="I738" s="1"/>
+      <c r="J738" s="1"/>
+      <c r="K738" s="1"/>
+    </row>
+    <row r="739" spans="1:11">
+      <c r="A739" s="1"/>
+      <c r="B739" s="1"/>
+      <c r="C739" s="1"/>
+      <c r="D739" s="1"/>
+      <c r="E739" s="1"/>
+      <c r="F739" s="1"/>
+      <c r="G739" s="1"/>
+      <c r="H739" s="1"/>
+      <c r="I739" s="1"/>
+      <c r="J739" s="1"/>
+      <c r="K739" s="1"/>
+    </row>
+    <row r="740" spans="1:11">
+      <c r="A740" s="1"/>
+      <c r="B740" s="1"/>
+      <c r="C740" s="1"/>
+      <c r="D740" s="1"/>
+      <c r="E740" s="1"/>
+      <c r="F740" s="1"/>
+      <c r="G740" s="1"/>
+      <c r="H740" s="1"/>
+      <c r="I740" s="1"/>
+      <c r="J740" s="1"/>
+      <c r="K740" s="1"/>
+    </row>
+    <row r="741" spans="1:11">
+      <c r="A741" s="1"/>
+      <c r="B741" s="1"/>
+      <c r="C741" s="1"/>
+      <c r="D741" s="1"/>
+      <c r="E741" s="1"/>
+      <c r="F741" s="1"/>
+      <c r="G741" s="1"/>
+      <c r="H741" s="1"/>
+      <c r="I741" s="1"/>
+      <c r="J741" s="1"/>
+      <c r="K741" s="1"/>
+    </row>
+    <row r="742" spans="1:11">
+      <c r="A742" s="1"/>
+      <c r="B742" s="1"/>
+      <c r="C742" s="1"/>
+      <c r="D742" s="1"/>
+      <c r="E742" s="1"/>
+      <c r="F742" s="1"/>
+      <c r="G742" s="1"/>
+      <c r="H742" s="1"/>
+      <c r="I742" s="1"/>
+      <c r="J742" s="1"/>
+      <c r="K742" s="1"/>
+    </row>
+    <row r="743" spans="1:11">
+      <c r="A743" s="1"/>
+      <c r="B743" s="1"/>
+      <c r="C743" s="1"/>
+      <c r="D743" s="1"/>
+      <c r="E743" s="1"/>
+      <c r="F743" s="1"/>
+      <c r="G743" s="1"/>
+      <c r="H743" s="1"/>
+      <c r="I743" s="1"/>
+      <c r="J743" s="1"/>
+      <c r="K743" s="1"/>
+    </row>
+    <row r="744" spans="1:11">
+      <c r="A744" s="1"/>
+      <c r="B744" s="1"/>
+      <c r="C744" s="1"/>
+      <c r="D744" s="1"/>
+      <c r="E744" s="1"/>
+      <c r="F744" s="1"/>
+      <c r="G744" s="1"/>
+      <c r="H744" s="1"/>
+      <c r="I744" s="1"/>
+      <c r="J744" s="1"/>
+      <c r="K744" s="1"/>
+    </row>
+    <row r="745" spans="1:11">
+      <c r="A745" s="1"/>
+      <c r="B745" s="1"/>
+      <c r="C745" s="1"/>
+      <c r="D745" s="1"/>
+      <c r="E745" s="1"/>
+      <c r="F745" s="1"/>
+      <c r="G745" s="1"/>
+      <c r="H745" s="1"/>
+      <c r="I745" s="1"/>
+      <c r="J745" s="1"/>
+      <c r="K745" s="1"/>
+    </row>
+    <row r="746" spans="1:11">
+      <c r="A746" s="1"/>
+      <c r="B746" s="1"/>
+      <c r="C746" s="1"/>
+      <c r="D746" s="1"/>
+      <c r="E746" s="1"/>
+      <c r="F746" s="1"/>
+      <c r="G746" s="1"/>
+      <c r="H746" s="1"/>
+      <c r="I746" s="1"/>
+      <c r="J746" s="1"/>
+      <c r="K746" s="1"/>
+    </row>
+    <row r="747" spans="1:11">
+      <c r="A747" s="1"/>
+      <c r="B747" s="1"/>
+      <c r="C747" s="1"/>
+      <c r="D747" s="1"/>
+      <c r="E747" s="1"/>
+      <c r="F747" s="1"/>
+      <c r="G747" s="1"/>
+      <c r="H747" s="1"/>
+      <c r="I747" s="1"/>
+      <c r="J747" s="1"/>
+      <c r="K747" s="1"/>
+    </row>
+    <row r="748" spans="1:11">
+      <c r="A748" s="1"/>
+      <c r="B748" s="1"/>
+      <c r="C748" s="1"/>
+      <c r="D748" s="1"/>
+      <c r="E748" s="1"/>
+      <c r="F748" s="1"/>
+      <c r="G748" s="1"/>
+      <c r="H748" s="1"/>
+      <c r="I748" s="1"/>
+      <c r="J748" s="1"/>
+      <c r="K748" s="1"/>
+    </row>
+    <row r="749" spans="1:11">
+      <c r="A749" s="1"/>
+      <c r="B749" s="1"/>
+      <c r="C749" s="1"/>
+      <c r="D749" s="1"/>
+      <c r="E749" s="1"/>
+      <c r="F749" s="1"/>
+      <c r="G749" s="1"/>
+      <c r="H749" s="1"/>
+      <c r="I749" s="1"/>
+      <c r="J749" s="1"/>
+      <c r="K749" s="1"/>
+    </row>
+    <row r="750" spans="1:11">
+      <c r="A750" s="1"/>
+      <c r="B750" s="1"/>
+      <c r="C750" s="1"/>
+      <c r="D750" s="1"/>
+      <c r="E750" s="1"/>
+      <c r="F750" s="1"/>
+      <c r="G750" s="1"/>
+      <c r="H750" s="1"/>
+      <c r="I750" s="1"/>
+      <c r="J750" s="1"/>
+      <c r="K750" s="1"/>
+    </row>
+    <row r="751" spans="1:11">
+      <c r="A751" s="1"/>
+      <c r="B751" s="1"/>
+      <c r="C751" s="1"/>
+      <c r="D751" s="1"/>
+      <c r="E751" s="1"/>
+      <c r="F751" s="1"/>
+      <c r="G751" s="1"/>
+      <c r="H751" s="1"/>
+      <c r="I751" s="1"/>
+      <c r="J751" s="1"/>
+      <c r="K751" s="1"/>
+    </row>
+    <row r="752" spans="1:11">
+      <c r="A752" s="1"/>
+      <c r="B752" s="1"/>
+      <c r="C752" s="1"/>
+      <c r="D752" s="1"/>
+      <c r="E752" s="1"/>
+      <c r="F752" s="1"/>
+      <c r="G752" s="1"/>
+      <c r="H752" s="1"/>
+      <c r="I752" s="1"/>
+      <c r="J752" s="1"/>
+      <c r="K752" s="1"/>
+    </row>
+    <row r="753" spans="1:11">
+      <c r="A753" s="1"/>
+      <c r="B753" s="1"/>
+      <c r="C753" s="1"/>
+      <c r="D753" s="1"/>
+      <c r="E753" s="1"/>
+      <c r="F753" s="1"/>
+      <c r="G753" s="1"/>
+      <c r="H753" s="1"/>
+      <c r="I753" s="1"/>
+      <c r="J753" s="1"/>
+      <c r="K753" s="1"/>
+    </row>
+    <row r="754" spans="1:11">
+      <c r="A754" s="1"/>
+      <c r="B754" s="1"/>
+      <c r="C754" s="1"/>
+      <c r="D754" s="1"/>
+      <c r="E754" s="1"/>
+      <c r="F754" s="1"/>
+      <c r="G754" s="1"/>
+      <c r="H754" s="1"/>
+      <c r="I754" s="1"/>
+      <c r="J754" s="1"/>
+      <c r="K754" s="1"/>
+    </row>
+    <row r="755" spans="1:11">
+      <c r="A755" s="1"/>
+      <c r="B755" s="1"/>
+      <c r="C755" s="1"/>
+      <c r="D755" s="1"/>
+      <c r="E755" s="1"/>
+      <c r="F755" s="1"/>
+      <c r="G755" s="1"/>
+      <c r="H755" s="1"/>
+      <c r="I755" s="1"/>
+      <c r="J755" s="1"/>
+      <c r="K755" s="1"/>
+    </row>
+    <row r="756" spans="1:11">
+      <c r="A756" s="1"/>
+      <c r="B756" s="1"/>
+      <c r="C756" s="1"/>
+      <c r="D756" s="1"/>
+      <c r="E756" s="1"/>
+      <c r="F756" s="1"/>
+      <c r="G756" s="1"/>
+      <c r="H756" s="1"/>
+      <c r="I756" s="1"/>
+      <c r="J756" s="1"/>
+      <c r="K756" s="1"/>
+    </row>
+    <row r="757" spans="1:11">
+      <c r="A757" s="1"/>
+      <c r="B757" s="1"/>
+      <c r="C757" s="1"/>
+      <c r="D757" s="1"/>
+      <c r="E757" s="1"/>
+      <c r="F757" s="1"/>
+      <c r="G757" s="1"/>
+      <c r="H757" s="1"/>
+      <c r="I757" s="1"/>
+      <c r="J757" s="1"/>
+      <c r="K757" s="1"/>
+    </row>
+    <row r="758" spans="1:11">
+      <c r="A758" s="1"/>
+      <c r="B758" s="1"/>
+      <c r="C758" s="1"/>
+      <c r="D758" s="1"/>
+      <c r="E758" s="1"/>
+      <c r="F758" s="1"/>
+      <c r="G758" s="1"/>
+      <c r="H758" s="1"/>
+      <c r="I758" s="1"/>
+      <c r="J758" s="1"/>
+      <c r="K758" s="1"/>
+    </row>
+    <row r="759" spans="1:11">
+      <c r="A759" s="1"/>
+      <c r="B759" s="1"/>
+      <c r="C759" s="1"/>
+      <c r="D759" s="1"/>
+      <c r="E759" s="1"/>
+      <c r="F759" s="1"/>
+      <c r="G759" s="1"/>
+      <c r="H759" s="1"/>
+      <c r="I759" s="1"/>
+      <c r="J759" s="1"/>
+      <c r="K759" s="1"/>
+    </row>
+    <row r="760" spans="1:11">
+      <c r="A760" s="1"/>
+      <c r="B760" s="1"/>
+      <c r="C760" s="1"/>
+      <c r="D760" s="1"/>
+      <c r="E760" s="1"/>
+      <c r="F760" s="1"/>
+      <c r="G760" s="1"/>
+      <c r="H760" s="1"/>
+      <c r="I760" s="1"/>
+      <c r="J760" s="1"/>
+      <c r="K760" s="1"/>
+    </row>
+    <row r="761" spans="1:11">
+      <c r="A761" s="1"/>
+      <c r="B761" s="1"/>
+      <c r="C761" s="1"/>
+      <c r="D761" s="1"/>
+      <c r="E761" s="1"/>
+      <c r="F761" s="1"/>
+      <c r="G761" s="1"/>
+      <c r="H761" s="1"/>
+      <c r="I761" s="1"/>
+      <c r="J761" s="1"/>
+      <c r="K761" s="1"/>
+    </row>
+    <row r="762" spans="1:11">
+      <c r="A762" s="1"/>
+      <c r="B762" s="1"/>
+      <c r="C762" s="1"/>
+      <c r="D762" s="1"/>
+      <c r="E762" s="1"/>
+      <c r="F762" s="1"/>
+      <c r="G762" s="1"/>
+      <c r="H762" s="1"/>
+      <c r="I762" s="1"/>
+      <c r="J762" s="1"/>
+      <c r="K762" s="1"/>
+    </row>
+    <row r="763" spans="1:11">
+      <c r="A763" s="1"/>
+      <c r="B763" s="1"/>
+      <c r="C763" s="1"/>
+      <c r="D763" s="1"/>
+      <c r="E763" s="1"/>
+      <c r="F763" s="1"/>
+      <c r="G763" s="1"/>
+      <c r="H763" s="1"/>
+      <c r="I763" s="1"/>
+      <c r="J763" s="1"/>
+      <c r="K763" s="1"/>
+    </row>
+    <row r="764" spans="1:11">
+      <c r="A764" s="1"/>
+      <c r="B764" s="1"/>
+      <c r="C764" s="1"/>
+      <c r="D764" s="1"/>
+      <c r="E764" s="1"/>
+      <c r="F764" s="1"/>
+      <c r="G764" s="1"/>
+      <c r="H764" s="1"/>
+      <c r="I764" s="1"/>
+      <c r="J764" s="1"/>
+      <c r="K764" s="1"/>
+    </row>
+    <row r="765" spans="1:11">
+      <c r="A765" s="1"/>
+      <c r="B765" s="1"/>
+      <c r="C765" s="1"/>
+      <c r="D765" s="1"/>
+      <c r="E765" s="1"/>
+      <c r="F765" s="1"/>
+      <c r="G765" s="1"/>
+      <c r="H765" s="1"/>
+      <c r="I765" s="1"/>
+      <c r="J765" s="1"/>
+      <c r="K765" s="1"/>
+    </row>
+    <row r="766" spans="1:11">
+      <c r="A766" s="1"/>
+      <c r="B766" s="1"/>
+      <c r="C766" s="1"/>
+      <c r="D766" s="1"/>
+      <c r="E766" s="1"/>
+      <c r="F766" s="1"/>
+      <c r="G766" s="1"/>
+      <c r="H766" s="1"/>
+      <c r="I766" s="1"/>
+      <c r="J766" s="1"/>
+      <c r="K766" s="1"/>
+    </row>
+    <row r="767" spans="1:11">
+      <c r="A767" s="1"/>
+      <c r="B767" s="1"/>
+      <c r="C767" s="1"/>
+      <c r="D767" s="1"/>
+      <c r="E767" s="1"/>
+      <c r="F767" s="1"/>
+      <c r="G767" s="1"/>
+      <c r="H767" s="1"/>
+      <c r="I767" s="1"/>
+      <c r="J767" s="1"/>
+      <c r="K767" s="1"/>
+    </row>
+    <row r="768" spans="1:11">
+      <c r="A768" s="1"/>
+      <c r="B768" s="1"/>
+      <c r="C768" s="1"/>
+      <c r="D768" s="1"/>
+      <c r="E768" s="1"/>
+      <c r="F768" s="1"/>
+      <c r="G768" s="1"/>
+      <c r="H768" s="1"/>
+      <c r="I768" s="1"/>
+      <c r="J768" s="1"/>
+      <c r="K768" s="1"/>
+    </row>
+    <row r="769" spans="1:11">
+      <c r="A769" s="1"/>
+      <c r="B769" s="1"/>
+      <c r="C769" s="1"/>
+      <c r="D769" s="1"/>
+      <c r="E769" s="1"/>
+      <c r="F769" s="1"/>
+      <c r="G769" s="1"/>
+      <c r="H769" s="1"/>
+      <c r="I769" s="1"/>
+      <c r="J769" s="1"/>
+      <c r="K769" s="1"/>
+    </row>
+    <row r="770" spans="1:11">
+      <c r="A770" s="1"/>
+      <c r="B770" s="1"/>
+      <c r="C770" s="1"/>
+      <c r="D770" s="1"/>
+      <c r="E770" s="1"/>
+      <c r="F770" s="1"/>
+      <c r="G770" s="1"/>
+      <c r="H770" s="1"/>
+      <c r="I770" s="1"/>
+      <c r="J770" s="1"/>
+      <c r="K770" s="1"/>
+    </row>
+    <row r="771" spans="1:11">
+      <c r="A771" s="1"/>
+      <c r="B771" s="1"/>
+      <c r="C771" s="1"/>
+      <c r="D771" s="1"/>
+      <c r="E771" s="1"/>
+      <c r="F771" s="1"/>
+      <c r="G771" s="1"/>
+      <c r="H771" s="1"/>
+      <c r="I771" s="1"/>
+      <c r="J771" s="1"/>
+      <c r="K771" s="1"/>
+    </row>
+    <row r="772" spans="1:11">
+      <c r="A772" s="1"/>
+      <c r="B772" s="1"/>
+      <c r="C772" s="1"/>
+      <c r="D772" s="1"/>
+      <c r="E772" s="1"/>
+      <c r="F772" s="1"/>
+      <c r="G772" s="1"/>
+      <c r="H772" s="1"/>
+      <c r="I772" s="1"/>
+      <c r="J772" s="1"/>
+      <c r="K772" s="1"/>
+    </row>
+    <row r="773" spans="1:11">
+      <c r="A773" s="1"/>
+      <c r="B773" s="1"/>
+      <c r="C773" s="1"/>
+      <c r="D773" s="1"/>
+      <c r="E773" s="1"/>
+      <c r="F773" s="1"/>
+      <c r="G773" s="1"/>
+      <c r="H773" s="1"/>
+      <c r="I773" s="1"/>
+      <c r="J773" s="1"/>
+      <c r="K773" s="1"/>
+    </row>
+    <row r="774" spans="1:11">
+      <c r="A774" s="1"/>
+      <c r="B774" s="1"/>
+      <c r="C774" s="1"/>
+      <c r="D774" s="1"/>
+      <c r="E774" s="1"/>
+      <c r="F774" s="1"/>
+      <c r="G774" s="1"/>
+      <c r="H774" s="1"/>
+      <c r="I774" s="1"/>
+      <c r="J774" s="1"/>
+      <c r="K774" s="1"/>
+    </row>
+    <row r="775" spans="1:11">
+      <c r="A775" s="1"/>
+      <c r="B775" s="1"/>
+      <c r="C775" s="1"/>
+      <c r="D775" s="1"/>
+      <c r="E775" s="1"/>
+      <c r="F775" s="1"/>
+      <c r="G775" s="1"/>
+      <c r="H775" s="1"/>
+      <c r="I775" s="1"/>
+      <c r="J775" s="1"/>
+      <c r="K775" s="1"/>
+    </row>
+    <row r="776" spans="1:11">
+      <c r="A776" s="1"/>
+      <c r="B776" s="1"/>
+      <c r="C776" s="1"/>
+      <c r="D776" s="1"/>
+      <c r="E776" s="1"/>
+      <c r="F776" s="1"/>
+      <c r="G776" s="1"/>
+      <c r="H776" s="1"/>
+      <c r="I776" s="1"/>
+      <c r="J776" s="1"/>
+      <c r="K776" s="1"/>
+    </row>
+    <row r="777" spans="1:11">
+      <c r="A777" s="1"/>
+      <c r="B777" s="1"/>
+      <c r="C777" s="1"/>
+      <c r="D777" s="1"/>
+      <c r="E777" s="1"/>
+      <c r="F777" s="1"/>
+      <c r="G777" s="1"/>
+      <c r="H777" s="1"/>
+      <c r="I777" s="1"/>
+      <c r="J777" s="1"/>
+      <c r="K777" s="1"/>
+    </row>
+    <row r="778" spans="1:11">
+      <c r="A778" s="1"/>
+      <c r="B778" s="1"/>
+      <c r="C778" s="1"/>
+      <c r="D778" s="1"/>
+      <c r="E778" s="1"/>
+      <c r="F778" s="1"/>
+      <c r="G778" s="1"/>
+      <c r="H778" s="1"/>
+      <c r="I778" s="1"/>
+      <c r="J778" s="1"/>
+      <c r="K778" s="1"/>
+    </row>
+    <row r="779" spans="1:11">
+      <c r="A779" s="1"/>
+      <c r="B779" s="1"/>
+      <c r="C779" s="1"/>
+      <c r="D779" s="1"/>
+      <c r="E779" s="1"/>
+      <c r="F779" s="1"/>
+      <c r="G779" s="1"/>
+      <c r="H779" s="1"/>
+      <c r="I779" s="1"/>
+      <c r="J779" s="1"/>
+      <c r="K779" s="1"/>
+    </row>
+    <row r="780" spans="1:11">
+      <c r="A780" s="1"/>
+      <c r="B780" s="1"/>
+      <c r="C780" s="1"/>
+      <c r="D780" s="1"/>
+      <c r="E780" s="1"/>
+      <c r="F780" s="1"/>
+      <c r="G780" s="1"/>
+      <c r="H780" s="1"/>
+      <c r="I780" s="1"/>
+      <c r="J780" s="1"/>
+      <c r="K780" s="1"/>
+    </row>
+    <row r="781" spans="1:11">
+      <c r="A781" s="1"/>
+      <c r="B781" s="1"/>
+      <c r="C781" s="1"/>
+      <c r="D781" s="1"/>
+      <c r="E781" s="1"/>
+      <c r="F781" s="1"/>
+      <c r="G781" s="1"/>
+      <c r="H781" s="1"/>
+      <c r="I781" s="1"/>
+      <c r="J781" s="1"/>
+      <c r="K781" s="1"/>
+    </row>
+    <row r="782" spans="1:11">
+      <c r="A782" s="1"/>
+      <c r="B782" s="1"/>
+      <c r="C782" s="1"/>
+      <c r="D782" s="1"/>
+      <c r="E782" s="1"/>
+      <c r="F782" s="1"/>
+      <c r="G782" s="1"/>
+      <c r="H782" s="1"/>
+      <c r="I782" s="1"/>
+      <c r="J782" s="1"/>
+      <c r="K782" s="1"/>
+    </row>
+    <row r="783" spans="1:11">
+      <c r="A783" s="1"/>
+      <c r="B783" s="1"/>
+      <c r="C783" s="1"/>
+      <c r="D783" s="1"/>
+      <c r="E783" s="1"/>
+      <c r="F783" s="1"/>
+      <c r="G783" s="1"/>
+      <c r="H783" s="1"/>
+      <c r="I783" s="1"/>
+      <c r="J783" s="1"/>
+      <c r="K783" s="1"/>
+    </row>
+    <row r="784" spans="1:11">
+      <c r="A784" s="1"/>
+      <c r="B784" s="1"/>
+      <c r="C784" s="1"/>
+      <c r="D784" s="1"/>
+      <c r="E784" s="1"/>
+      <c r="F784" s="1"/>
+      <c r="G784" s="1"/>
+      <c r="H784" s="1"/>
+      <c r="I784" s="1"/>
+      <c r="J784" s="1"/>
+      <c r="K784" s="1"/>
+    </row>
+    <row r="785" spans="1:11">
+      <c r="A785" s="1"/>
+      <c r="B785" s="1"/>
+      <c r="C785" s="1"/>
+      <c r="D785" s="1"/>
+      <c r="E785" s="1"/>
+      <c r="F785" s="1"/>
+      <c r="G785" s="1"/>
+      <c r="H785" s="1"/>
+      <c r="I785" s="1"/>
+      <c r="J785" s="1"/>
+      <c r="K785" s="1"/>
+    </row>
+    <row r="786" spans="1:11">
+      <c r="A786" s="1"/>
+      <c r="B786" s="1"/>
+      <c r="C786" s="1"/>
+      <c r="D786" s="1"/>
+      <c r="E786" s="1"/>
+      <c r="F786" s="1"/>
+      <c r="G786" s="1"/>
+      <c r="H786" s="1"/>
+      <c r="I786" s="1"/>
+      <c r="J786" s="1"/>
+      <c r="K786" s="1"/>
+    </row>
+    <row r="787" spans="1:11">
+      <c r="A787" s="1"/>
+      <c r="B787" s="1"/>
+      <c r="C787" s="1"/>
+      <c r="D787" s="1"/>
+      <c r="E787" s="1"/>
+      <c r="F787" s="1"/>
+      <c r="G787" s="1"/>
+      <c r="H787" s="1"/>
+      <c r="I787" s="1"/>
+      <c r="J787" s="1"/>
+      <c r="K787" s="1"/>
+    </row>
+    <row r="788" spans="1:11">
+      <c r="A788" s="1"/>
+      <c r="B788" s="1"/>
+      <c r="C788" s="1"/>
+      <c r="D788" s="1"/>
+      <c r="E788" s="1"/>
+      <c r="F788" s="1"/>
+      <c r="G788" s="1"/>
+      <c r="H788" s="1"/>
+      <c r="I788" s="1"/>
+      <c r="J788" s="1"/>
+      <c r="K788" s="1"/>
+    </row>
+    <row r="789" spans="1:11">
+      <c r="A789" s="1"/>
+      <c r="B789" s="1"/>
+      <c r="C789" s="1"/>
+      <c r="D789" s="1"/>
+      <c r="E789" s="1"/>
+      <c r="F789" s="1"/>
+      <c r="G789" s="1"/>
+      <c r="H789" s="1"/>
+      <c r="I789" s="1"/>
+      <c r="J789" s="1"/>
+      <c r="K789" s="1"/>
+    </row>
+    <row r="790" spans="1:11">
+      <c r="A790" s="1"/>
+      <c r="B790" s="1"/>
+      <c r="C790" s="1"/>
+      <c r="D790" s="1"/>
+      <c r="E790" s="1"/>
+      <c r="F790" s="1"/>
+      <c r="G790" s="1"/>
+      <c r="H790" s="1"/>
+      <c r="I790" s="1"/>
+      <c r="J790" s="1"/>
+      <c r="K790" s="1"/>
+    </row>
+    <row r="791" spans="1:11">
+      <c r="A791" s="1"/>
+      <c r="B791" s="1"/>
+      <c r="C791" s="1"/>
+      <c r="D791" s="1"/>
+      <c r="E791" s="1"/>
+      <c r="F791" s="1"/>
+      <c r="G791" s="1"/>
+      <c r="H791" s="1"/>
+      <c r="I791" s="1"/>
+      <c r="J791" s="1"/>
+      <c r="K791" s="1"/>
+    </row>
+    <row r="792" spans="1:11">
+      <c r="A792" s="1"/>
+      <c r="B792" s="1"/>
+      <c r="C792" s="1"/>
+      <c r="D792" s="1"/>
+      <c r="E792" s="1"/>
+      <c r="F792" s="1"/>
+      <c r="G792" s="1"/>
+      <c r="H792" s="1"/>
+      <c r="I792" s="1"/>
+      <c r="J792" s="1"/>
+      <c r="K792" s="1"/>
+    </row>
+    <row r="793" spans="1:11">
+      <c r="A793" s="1"/>
+      <c r="B793" s="1"/>
+      <c r="C793" s="1"/>
+      <c r="D793" s="1"/>
+      <c r="E793" s="1"/>
+      <c r="F793" s="1"/>
+      <c r="G793" s="1"/>
+      <c r="H793" s="1"/>
+      <c r="I793" s="1"/>
+      <c r="J793" s="1"/>
+      <c r="K793" s="1"/>
+    </row>
+    <row r="794" spans="1:11">
+      <c r="A794" s="1"/>
+      <c r="B794" s="1"/>
+      <c r="C794" s="1"/>
+      <c r="D794" s="1"/>
+      <c r="E794" s="1"/>
+      <c r="F794" s="1"/>
+      <c r="G794" s="1"/>
+      <c r="H794" s="1"/>
+      <c r="I794" s="1"/>
+      <c r="J794" s="1"/>
+      <c r="K794" s="1"/>
+    </row>
+    <row r="795" spans="1:11">
+      <c r="A795" s="1"/>
+      <c r="B795" s="1"/>
+      <c r="C795" s="1"/>
+      <c r="D795" s="1"/>
+      <c r="E795" s="1"/>
+      <c r="F795" s="1"/>
+      <c r="G795" s="1"/>
+      <c r="H795" s="1"/>
+      <c r="I795" s="1"/>
+      <c r="J795" s="1"/>
+      <c r="K795" s="1"/>
+    </row>
+    <row r="796" spans="1:11">
+      <c r="A796" s="1"/>
+      <c r="B796" s="1"/>
+      <c r="C796" s="1"/>
+      <c r="D796" s="1"/>
+      <c r="E796" s="1"/>
+      <c r="F796" s="1"/>
+      <c r="G796" s="1"/>
+      <c r="H796" s="1"/>
+      <c r="I796" s="1"/>
+      <c r="J796" s="1"/>
+      <c r="K796" s="1"/>
+    </row>
+    <row r="797" spans="1:11">
+      <c r="A797" s="1"/>
+      <c r="B797" s="1"/>
+      <c r="C797" s="1"/>
+      <c r="D797" s="1"/>
+      <c r="E797" s="1"/>
+      <c r="F797" s="1"/>
+      <c r="G797" s="1"/>
+      <c r="H797" s="1"/>
+      <c r="I797" s="1"/>
+      <c r="J797" s="1"/>
+      <c r="K797" s="1"/>
+    </row>
+    <row r="798" spans="1:11">
+      <c r="A798" s="1"/>
+      <c r="B798" s="1"/>
+      <c r="C798" s="1"/>
+      <c r="D798" s="1"/>
+      <c r="E798" s="1"/>
+      <c r="F798" s="1"/>
+      <c r="G798" s="1"/>
+      <c r="H798" s="1"/>
+      <c r="I798" s="1"/>
+      <c r="J798" s="1"/>
+      <c r="K798" s="1"/>
+    </row>
+    <row r="799" spans="1:11">
+      <c r="A799" s="1"/>
+      <c r="B799" s="1"/>
+      <c r="C799" s="1"/>
+      <c r="D799" s="1"/>
+      <c r="E799" s="1"/>
+      <c r="F799" s="1"/>
+      <c r="G799" s="1"/>
+      <c r="H799" s="1"/>
+      <c r="I799" s="1"/>
+      <c r="J799" s="1"/>
+      <c r="K799" s="1"/>
+    </row>
+    <row r="800" spans="1:11">
+      <c r="A800" s="1"/>
+      <c r="B800" s="1"/>
+      <c r="C800" s="1"/>
+      <c r="D800" s="1"/>
+      <c r="E800" s="1"/>
+      <c r="F800" s="1"/>
+      <c r="G800" s="1"/>
+      <c r="H800" s="1"/>
+      <c r="I800" s="1"/>
+      <c r="J800" s="1"/>
+      <c r="K800" s="1"/>
+    </row>
+    <row r="801" spans="1:11">
+      <c r="A801" s="1"/>
+      <c r="B801" s="1"/>
+      <c r="C801" s="1"/>
+      <c r="D801" s="1"/>
+      <c r="E801" s="1"/>
+      <c r="F801" s="1"/>
+      <c r="G801" s="1"/>
+      <c r="H801" s="1"/>
+      <c r="I801" s="1"/>
+      <c r="J801" s="1"/>
+      <c r="K801" s="1"/>
+    </row>
+    <row r="802" spans="1:11">
+      <c r="A802" s="1"/>
+      <c r="B802" s="1"/>
+      <c r="C802" s="1"/>
+      <c r="D802" s="1"/>
+      <c r="E802" s="1"/>
+      <c r="F802" s="1"/>
+      <c r="G802" s="1"/>
+      <c r="H802" s="1"/>
+      <c r="I802" s="1"/>
+      <c r="J802" s="1"/>
+      <c r="K802" s="1"/>
+    </row>
+    <row r="803" spans="1:11">
+      <c r="A803" s="1"/>
+      <c r="B803" s="1"/>
+      <c r="C803" s="1"/>
+      <c r="D803" s="1"/>
+      <c r="E803" s="1"/>
+      <c r="F803" s="1"/>
+      <c r="G803" s="1"/>
+      <c r="H803" s="1"/>
+      <c r="I803" s="1"/>
+      <c r="J803" s="1"/>
+      <c r="K803" s="1"/>
+    </row>
+    <row r="804" spans="1:11">
+      <c r="A804" s="1"/>
+      <c r="B804" s="1"/>
+      <c r="C804" s="1"/>
+      <c r="D804" s="1"/>
+      <c r="E804" s="1"/>
+      <c r="F804" s="1"/>
+      <c r="G804" s="1"/>
+      <c r="H804" s="1"/>
+      <c r="I804" s="1"/>
+      <c r="J804" s="1"/>
+      <c r="K804" s="1"/>
+    </row>
+    <row r="805" spans="1:11">
+      <c r="A805" s="1"/>
+      <c r="B805" s="1"/>
+      <c r="C805" s="1"/>
+      <c r="D805" s="1"/>
+      <c r="E805" s="1"/>
+      <c r="F805" s="1"/>
+      <c r="G805" s="1"/>
+      <c r="H805" s="1"/>
+      <c r="I805" s="1"/>
+      <c r="J805" s="1"/>
+      <c r="K805" s="1"/>
+    </row>
+    <row r="806" spans="1:11">
+      <c r="A806" s="1"/>
+      <c r="B806" s="1"/>
+      <c r="C806" s="1"/>
+      <c r="D806" s="1"/>
+      <c r="E806" s="1"/>
+      <c r="F806" s="1"/>
+      <c r="G806" s="1"/>
+      <c r="H806" s="1"/>
+      <c r="I806" s="1"/>
+      <c r="J806" s="1"/>
+      <c r="K806" s="1"/>
+    </row>
+    <row r="807" spans="1:11">
+      <c r="A807" s="1"/>
+      <c r="B807" s="1"/>
+      <c r="C807" s="1"/>
+      <c r="D807" s="1"/>
+      <c r="E807" s="1"/>
+      <c r="F807" s="1"/>
+      <c r="G807" s="1"/>
+      <c r="H807" s="1"/>
+      <c r="I807" s="1"/>
+      <c r="J807" s="1"/>
+      <c r="K807" s="1"/>
+    </row>
+    <row r="808" spans="1:11">
+      <c r="A808" s="1"/>
+      <c r="B808" s="1"/>
+      <c r="C808" s="1"/>
+      <c r="D808" s="1"/>
+      <c r="E808" s="1"/>
+      <c r="F808" s="1"/>
+      <c r="G808" s="1"/>
+      <c r="H808" s="1"/>
+      <c r="I808" s="1"/>
+      <c r="J808" s="1"/>
+      <c r="K808" s="1"/>
+    </row>
+    <row r="809" spans="1:11">
+      <c r="A809" s="1"/>
+      <c r="B809" s="1"/>
+      <c r="C809" s="1"/>
+      <c r="D809" s="1"/>
+      <c r="E809" s="1"/>
+      <c r="F809" s="1"/>
+      <c r="G809" s="1"/>
+      <c r="H809" s="1"/>
+      <c r="I809" s="1"/>
+      <c r="J809" s="1"/>
+      <c r="K809" s="1"/>
+    </row>
+    <row r="810" spans="1:11">
+      <c r="A810" s="1"/>
+      <c r="B810" s="1"/>
+      <c r="C810" s="1"/>
+      <c r="D810" s="1"/>
+      <c r="E810" s="1"/>
+      <c r="F810" s="1"/>
+      <c r="G810" s="1"/>
+      <c r="H810" s="1"/>
+      <c r="I810" s="1"/>
+      <c r="J810" s="1"/>
+      <c r="K810" s="1"/>
+    </row>
+    <row r="811" spans="1:11">
+      <c r="A811" s="1"/>
+      <c r="B811" s="1"/>
+      <c r="C811" s="1"/>
+      <c r="D811" s="1"/>
+      <c r="E811" s="1"/>
+      <c r="F811" s="1"/>
+      <c r="G811" s="1"/>
+      <c r="H811" s="1"/>
+      <c r="I811" s="1"/>
+      <c r="J811" s="1"/>
+      <c r="K811" s="1"/>
+    </row>
+    <row r="812" spans="1:11">
+      <c r="A812" s="1"/>
+      <c r="B812" s="1"/>
+      <c r="C812" s="1"/>
+      <c r="D812" s="1"/>
+      <c r="E812" s="1"/>
+      <c r="F812" s="1"/>
+      <c r="G812" s="1"/>
+      <c r="H812" s="1"/>
+      <c r="I812" s="1"/>
+      <c r="J812" s="1"/>
+      <c r="K812" s="1"/>
+    </row>
+    <row r="813" spans="1:11">
+      <c r="A813" s="1"/>
+      <c r="B813" s="1"/>
+      <c r="C813" s="1"/>
+      <c r="D813" s="1"/>
+      <c r="E813" s="1"/>
+      <c r="F813" s="1"/>
+      <c r="G813" s="1"/>
+      <c r="H813" s="1"/>
+      <c r="I813" s="1"/>
+      <c r="J813" s="1"/>
+      <c r="K813" s="1"/>
+    </row>
+    <row r="814" spans="1:11">
+      <c r="A814" s="1"/>
+      <c r="B814" s="1"/>
+      <c r="C814" s="1"/>
+      <c r="D814" s="1"/>
+      <c r="E814" s="1"/>
+      <c r="F814" s="1"/>
+      <c r="G814" s="1"/>
+      <c r="H814" s="1"/>
+      <c r="I814" s="1"/>
+      <c r="J814" s="1"/>
+      <c r="K814" s="1"/>
+    </row>
+    <row r="815" spans="1:11">
+      <c r="A815" s="1"/>
+      <c r="B815" s="1"/>
+      <c r="C815" s="1"/>
+      <c r="D815" s="1"/>
+      <c r="E815" s="1"/>
+      <c r="F815" s="1"/>
+      <c r="G815" s="1"/>
+      <c r="H815" s="1"/>
+      <c r="I815" s="1"/>
+      <c r="J815" s="1"/>
+      <c r="K815" s="1"/>
+    </row>
+    <row r="816" spans="1:11">
+      <c r="A816" s="1"/>
+      <c r="B816" s="1"/>
+      <c r="C816" s="1"/>
+      <c r="D816" s="1"/>
+      <c r="E816" s="1"/>
+      <c r="F816" s="1"/>
+      <c r="G816" s="1"/>
+      <c r="H816" s="1"/>
+      <c r="I816" s="1"/>
+      <c r="J816" s="1"/>
+      <c r="K816" s="1"/>
+    </row>
+    <row r="817" spans="1:11">
+      <c r="A817" s="1"/>
+      <c r="B817" s="1"/>
+      <c r="C817" s="1"/>
+      <c r="D817" s="1"/>
+      <c r="E817" s="1"/>
+      <c r="F817" s="1"/>
+      <c r="G817" s="1"/>
+      <c r="H817" s="1"/>
+      <c r="I817" s="1"/>
+      <c r="J817" s="1"/>
+      <c r="K817" s="1"/>
+    </row>
+    <row r="818" spans="1:11">
+      <c r="A818" s="1"/>
+      <c r="B818" s="1"/>
+      <c r="C818" s="1"/>
+      <c r="D818" s="1"/>
+      <c r="E818" s="1"/>
+      <c r="F818" s="1"/>
+      <c r="G818" s="1"/>
+      <c r="H818" s="1"/>
+      <c r="I818" s="1"/>
+      <c r="J818" s="1"/>
+      <c r="K818" s="1"/>
+    </row>
+    <row r="819" spans="1:11">
+      <c r="A819" s="1"/>
+      <c r="B819" s="1"/>
+      <c r="C819" s="1"/>
+      <c r="D819" s="1"/>
+      <c r="E819" s="1"/>
+      <c r="F819" s="1"/>
+      <c r="G819" s="1"/>
+      <c r="H819" s="1"/>
+      <c r="I819" s="1"/>
+      <c r="J819" s="1"/>
+      <c r="K819" s="1"/>
+    </row>
+    <row r="820" spans="1:11">
+      <c r="A820" s="1"/>
+      <c r="B820" s="1"/>
+      <c r="C820" s="1"/>
+      <c r="D820" s="1"/>
+      <c r="E820" s="1"/>
+      <c r="F820" s="1"/>
+      <c r="G820" s="1"/>
+      <c r="H820" s="1"/>
+      <c r="I820" s="1"/>
+      <c r="J820" s="1"/>
+      <c r="K820" s="1"/>
+    </row>
+    <row r="821" spans="1:11">
+      <c r="A821" s="1"/>
+      <c r="B821" s="1"/>
+      <c r="C821" s="1"/>
+      <c r="D821" s="1"/>
+      <c r="E821" s="1"/>
+      <c r="F821" s="1"/>
+      <c r="G821" s="1"/>
+      <c r="H821" s="1"/>
+      <c r="I821" s="1"/>
+      <c r="J821" s="1"/>
+      <c r="K821" s="1"/>
+    </row>
+    <row r="822" spans="1:11">
+      <c r="A822" s="1"/>
+      <c r="B822" s="1"/>
+      <c r="C822" s="1"/>
+      <c r="D822" s="1"/>
+      <c r="E822" s="1"/>
+      <c r="F822" s="1"/>
+      <c r="G822" s="1"/>
+      <c r="H822" s="1"/>
+      <c r="I822" s="1"/>
+      <c r="J822" s="1"/>
+      <c r="K822" s="1"/>
+    </row>
+    <row r="823" spans="1:11">
+      <c r="A823" s="1"/>
+      <c r="B823" s="1"/>
+      <c r="C823" s="1"/>
+      <c r="D823" s="1"/>
+      <c r="E823" s="1"/>
+      <c r="F823" s="1"/>
+      <c r="G823" s="1"/>
+      <c r="H823" s="1"/>
+      <c r="I823" s="1"/>
+      <c r="J823" s="1"/>
+      <c r="K823" s="1"/>
+    </row>
+    <row r="824" spans="1:11">
+      <c r="A824" s="1"/>
+      <c r="B824" s="1"/>
+      <c r="C824" s="1"/>
+      <c r="D824" s="1"/>
+      <c r="E824" s="1"/>
+      <c r="F824" s="1"/>
+      <c r="G824" s="1"/>
+      <c r="H824" s="1"/>
+      <c r="I824" s="1"/>
+      <c r="J824" s="1"/>
+      <c r="K824" s="1"/>
+    </row>
+    <row r="825" spans="1:11">
+      <c r="A825" s="1"/>
+      <c r="B825" s="1"/>
+      <c r="C825" s="1"/>
+      <c r="D825" s="1"/>
+      <c r="E825" s="1"/>
+      <c r="F825" s="1"/>
+      <c r="G825" s="1"/>
+      <c r="H825" s="1"/>
+      <c r="I825" s="1"/>
+      <c r="J825" s="1"/>
+      <c r="K825" s="1"/>
+    </row>
+    <row r="826" spans="1:11">
+      <c r="A826" s="1"/>
+      <c r="B826" s="1"/>
+      <c r="C826" s="1"/>
+      <c r="D826" s="1"/>
+      <c r="E826" s="1"/>
+      <c r="F826" s="1"/>
+      <c r="G826" s="1"/>
+      <c r="H826" s="1"/>
+      <c r="I826" s="1"/>
+      <c r="J826" s="1"/>
+      <c r="K826" s="1"/>
+    </row>
+    <row r="827" spans="1:11">
+      <c r="A827" s="1"/>
+      <c r="B827" s="1"/>
+      <c r="C827" s="1"/>
+      <c r="D827" s="1"/>
+      <c r="E827" s="1"/>
+      <c r="F827" s="1"/>
+      <c r="G827" s="1"/>
+      <c r="H827" s="1"/>
+      <c r="I827" s="1"/>
+      <c r="J827" s="1"/>
+      <c r="K827" s="1"/>
+    </row>
+    <row r="828" spans="1:11">
+      <c r="A828" s="1"/>
+      <c r="B828" s="1"/>
+      <c r="C828" s="1"/>
+      <c r="D828" s="1"/>
+      <c r="E828" s="1"/>
+      <c r="F828" s="1"/>
+      <c r="G828" s="1"/>
+      <c r="H828" s="1"/>
+      <c r="I828" s="1"/>
+      <c r="J828" s="1"/>
+      <c r="K828" s="1"/>
+    </row>
+    <row r="829" spans="1:11">
+      <c r="A829" s="1"/>
+      <c r="B829" s="1"/>
+      <c r="C829" s="1"/>
+      <c r="D829" s="1"/>
+      <c r="E829" s="1"/>
+      <c r="F829" s="1"/>
+      <c r="G829" s="1"/>
+      <c r="H829" s="1"/>
+      <c r="I829" s="1"/>
+      <c r="J829" s="1"/>
+      <c r="K829" s="1"/>
+    </row>
+    <row r="830" spans="1:11">
+      <c r="A830" s="1"/>
+      <c r="B830" s="1"/>
+      <c r="C830" s="1"/>
+      <c r="D830" s="1"/>
+      <c r="E830" s="1"/>
+      <c r="F830" s="1"/>
+      <c r="G830" s="1"/>
+      <c r="H830" s="1"/>
+      <c r="I830" s="1"/>
+      <c r="J830" s="1"/>
+      <c r="K830" s="1"/>
+    </row>
+    <row r="831" spans="1:11">
+      <c r="A831" s="1"/>
+      <c r="B831" s="1"/>
+      <c r="C831" s="1"/>
+      <c r="D831" s="1"/>
+      <c r="E831" s="1"/>
+      <c r="F831" s="1"/>
+      <c r="G831" s="1"/>
+      <c r="H831" s="1"/>
+      <c r="I831" s="1"/>
+      <c r="J831" s="1"/>
+      <c r="K831" s="1"/>
+    </row>
+    <row r="832" spans="1:11">
+      <c r="A832" s="1"/>
+      <c r="B832" s="1"/>
+      <c r="C832" s="1"/>
+      <c r="D832" s="1"/>
+      <c r="E832" s="1"/>
+      <c r="F832" s="1"/>
+      <c r="G832" s="1"/>
+      <c r="H832" s="1"/>
+      <c r="I832" s="1"/>
+      <c r="J832" s="1"/>
+      <c r="K832" s="1"/>
+    </row>
+    <row r="833" spans="1:11">
+      <c r="A833" s="1"/>
+      <c r="B833" s="1"/>
+      <c r="C833" s="1"/>
+      <c r="D833" s="1"/>
+      <c r="E833" s="1"/>
+      <c r="F833" s="1"/>
+      <c r="G833" s="1"/>
+      <c r="H833" s="1"/>
+      <c r="I833" s="1"/>
+      <c r="J833" s="1"/>
+      <c r="K833" s="1"/>
+    </row>
+    <row r="834" spans="1:11">
+      <c r="A834" s="1"/>
+      <c r="B834" s="1"/>
+      <c r="C834" s="1"/>
+      <c r="D834" s="1"/>
+      <c r="E834" s="1"/>
+      <c r="F834" s="1"/>
+      <c r="G834" s="1"/>
+      <c r="H834" s="1"/>
+      <c r="I834" s="1"/>
+      <c r="J834" s="1"/>
+      <c r="K834" s="1"/>
+    </row>
+    <row r="835" spans="1:11">
+      <c r="A835" s="1"/>
+      <c r="B835" s="1"/>
+      <c r="C835" s="1"/>
+      <c r="D835" s="1"/>
+      <c r="E835" s="1"/>
+      <c r="F835" s="1"/>
+      <c r="G835" s="1"/>
+      <c r="H835" s="1"/>
+      <c r="I835" s="1"/>
+      <c r="J835" s="1"/>
+      <c r="K835" s="1"/>
+    </row>
+    <row r="836" spans="1:11">
+      <c r="A836" s="1"/>
+      <c r="B836" s="1"/>
+      <c r="C836" s="1"/>
+      <c r="D836" s="1"/>
+      <c r="E836" s="1"/>
+      <c r="F836" s="1"/>
+      <c r="G836" s="1"/>
+      <c r="H836" s="1"/>
+      <c r="I836" s="1"/>
+      <c r="J836" s="1"/>
+      <c r="K836" s="1"/>
+    </row>
+    <row r="837" spans="1:11">
+      <c r="A837" s="1"/>
+      <c r="B837" s="1"/>
+      <c r="C837" s="1"/>
+      <c r="D837" s="1"/>
+      <c r="E837" s="1"/>
+      <c r="F837" s="1"/>
+      <c r="G837" s="1"/>
+      <c r="H837" s="1"/>
+      <c r="I837" s="1"/>
+      <c r="J837" s="1"/>
+      <c r="K837" s="1"/>
+    </row>
+    <row r="838" spans="1:11">
+      <c r="A838" s="1"/>
+      <c r="B838" s="1"/>
+      <c r="C838" s="1"/>
+      <c r="D838" s="1"/>
+      <c r="E838" s="1"/>
+      <c r="F838" s="1"/>
+      <c r="G838" s="1"/>
+      <c r="H838" s="1"/>
+      <c r="I838" s="1"/>
+      <c r="J838" s="1"/>
+      <c r="K838" s="1"/>
+    </row>
+    <row r="839" spans="1:11">
+      <c r="A839" s="1"/>
+      <c r="B839" s="1"/>
+      <c r="C839" s="1"/>
+      <c r="D839" s="1"/>
+      <c r="E839" s="1"/>
+      <c r="F839" s="1"/>
+      <c r="G839" s="1"/>
+      <c r="H839" s="1"/>
+      <c r="I839" s="1"/>
+      <c r="J839" s="1"/>
+      <c r="K839" s="1"/>
+    </row>
+    <row r="840" spans="1:11">
+      <c r="A840" s="1"/>
+      <c r="B840" s="1"/>
+      <c r="C840" s="1"/>
+      <c r="D840" s="1"/>
+      <c r="E840" s="1"/>
+      <c r="F840" s="1"/>
+      <c r="G840" s="1"/>
+      <c r="H840" s="1"/>
+      <c r="I840" s="1"/>
+      <c r="J840" s="1"/>
+      <c r="K840" s="1"/>
+    </row>
+    <row r="841" spans="1:11">
+      <c r="A841" s="1"/>
+      <c r="B841" s="1"/>
+      <c r="C841" s="1"/>
+      <c r="D841" s="1"/>
+      <c r="E841" s="1"/>
+      <c r="F841" s="1"/>
+      <c r="G841" s="1"/>
+      <c r="H841" s="1"/>
+      <c r="I841" s="1"/>
+      <c r="J841" s="1"/>
+      <c r="K841" s="1"/>
+    </row>
+    <row r="842" spans="1:11">
+      <c r="A842" s="1"/>
+      <c r="B842" s="1"/>
+      <c r="C842" s="1"/>
+      <c r="D842" s="1"/>
+      <c r="E842" s="1"/>
+      <c r="F842" s="1"/>
+      <c r="G842" s="1"/>
+      <c r="H842" s="1"/>
+      <c r="I842" s="1"/>
+      <c r="J842" s="1"/>
+      <c r="K842" s="1"/>
+    </row>
+    <row r="843" spans="1:11">
+      <c r="A843" s="1"/>
+      <c r="B843" s="1"/>
+      <c r="C843" s="1"/>
+      <c r="D843" s="1"/>
+      <c r="E843" s="1"/>
+      <c r="F843" s="1"/>
+      <c r="G843" s="1"/>
+      <c r="H843" s="1"/>
+      <c r="I843" s="1"/>
+      <c r="J843" s="1"/>
+      <c r="K843" s="1"/>
+    </row>
+    <row r="844" spans="1:11">
+      <c r="A844" s="1"/>
+      <c r="B844" s="1"/>
+      <c r="C844" s="1"/>
+      <c r="D844" s="1"/>
+      <c r="E844" s="1"/>
+      <c r="F844" s="1"/>
+      <c r="G844" s="1"/>
+      <c r="H844" s="1"/>
+      <c r="I844" s="1"/>
+      <c r="J844" s="1"/>
+      <c r="K844" s="1"/>
+    </row>
+    <row r="845" spans="1:11">
+      <c r="A845" s="1"/>
+      <c r="B845" s="1"/>
+      <c r="C845" s="1"/>
+      <c r="D845" s="1"/>
+      <c r="E845" s="1"/>
+      <c r="F845" s="1"/>
+      <c r="G845" s="1"/>
+      <c r="H845" s="1"/>
+      <c r="I845" s="1"/>
+      <c r="J845" s="1"/>
+      <c r="K845" s="1"/>
+    </row>
+    <row r="846" spans="1:11">
+      <c r="A846" s="1"/>
+      <c r="B846" s="1"/>
+      <c r="C846" s="1"/>
+      <c r="D846" s="1"/>
+      <c r="E846" s="1"/>
+      <c r="F846" s="1"/>
+      <c r="G846" s="1"/>
+      <c r="H846" s="1"/>
+      <c r="I846" s="1"/>
+      <c r="J846" s="1"/>
+      <c r="K846" s="1"/>
+    </row>
+    <row r="847" spans="1:11">
+      <c r="A847" s="1"/>
+      <c r="B847" s="1"/>
+      <c r="C847" s="1"/>
+      <c r="D847" s="1"/>
+      <c r="E847" s="1"/>
+      <c r="F847" s="1"/>
+      <c r="G847" s="1"/>
+      <c r="H847" s="1"/>
+      <c r="I847" s="1"/>
+      <c r="J847" s="1"/>
+      <c r="K847" s="1"/>
+    </row>
+    <row r="848" spans="1:11">
+      <c r="A848" s="1"/>
+      <c r="B848" s="1"/>
+      <c r="C848" s="1"/>
+      <c r="D848" s="1"/>
+      <c r="E848" s="1"/>
+      <c r="F848" s="1"/>
+      <c r="G848" s="1"/>
+      <c r="H848" s="1"/>
+      <c r="I848" s="1"/>
+      <c r="J848" s="1"/>
+      <c r="K848" s="1"/>
+    </row>
+    <row r="849" spans="1:11">
+      <c r="A849" s="1"/>
+      <c r="B849" s="1"/>
+      <c r="C849" s="1"/>
+      <c r="D849" s="1"/>
+      <c r="E849" s="1"/>
+      <c r="F849" s="1"/>
+      <c r="G849" s="1"/>
+      <c r="H849" s="1"/>
+      <c r="I849" s="1"/>
+      <c r="J849" s="1"/>
+      <c r="K849" s="1"/>
+    </row>
+    <row r="850" spans="1:11">
+      <c r="A850" s="1"/>
+      <c r="B850" s="1"/>
+      <c r="C850" s="1"/>
+      <c r="D850" s="1"/>
+      <c r="E850" s="1"/>
+      <c r="F850" s="1"/>
+      <c r="G850" s="1"/>
+      <c r="H850" s="1"/>
+      <c r="I850" s="1"/>
+      <c r="J850" s="1"/>
+      <c r="K850" s="1"/>
+    </row>
+    <row r="851" spans="1:11">
+      <c r="A851" s="1"/>
+      <c r="B851" s="1"/>
+      <c r="C851" s="1"/>
+      <c r="D851" s="1"/>
+      <c r="E851" s="1"/>
+      <c r="F851" s="1"/>
+      <c r="G851" s="1"/>
+      <c r="H851" s="1"/>
+      <c r="I851" s="1"/>
+      <c r="J851" s="1"/>
+      <c r="K851" s="1"/>
+    </row>
+    <row r="852" spans="1:11">
+      <c r="A852" s="1"/>
+      <c r="B852" s="1"/>
+      <c r="C852" s="1"/>
+      <c r="D852" s="1"/>
+      <c r="E852" s="1"/>
+      <c r="F852" s="1"/>
+      <c r="G852" s="1"/>
+      <c r="H852" s="1"/>
+      <c r="I852" s="1"/>
+      <c r="J852" s="1"/>
+      <c r="K852" s="1"/>
+    </row>
+    <row r="853" spans="1:11">
+      <c r="A853" s="1"/>
+      <c r="B853" s="1"/>
+      <c r="C853" s="1"/>
+      <c r="D853" s="1"/>
+      <c r="E853" s="1"/>
+      <c r="F853" s="1"/>
+      <c r="G853" s="1"/>
+      <c r="H853" s="1"/>
+      <c r="I853" s="1"/>
+      <c r="J853" s="1"/>
+      <c r="K853" s="1"/>
+    </row>
+    <row r="854" spans="1:11">
+      <c r="A854" s="1"/>
+      <c r="B854" s="1"/>
+      <c r="C854" s="1"/>
+      <c r="D854" s="1"/>
+      <c r="E854" s="1"/>
+      <c r="F854" s="1"/>
+      <c r="G854" s="1"/>
+      <c r="H854" s="1"/>
+      <c r="I854" s="1"/>
+      <c r="J854" s="1"/>
+      <c r="K854" s="1"/>
+    </row>
+    <row r="855" spans="1:11">
+      <c r="A855" s="1"/>
+      <c r="B855" s="1"/>
+      <c r="C855" s="1"/>
+      <c r="D855" s="1"/>
+      <c r="E855" s="1"/>
+      <c r="F855" s="1"/>
+      <c r="G855" s="1"/>
+      <c r="H855" s="1"/>
+      <c r="I855" s="1"/>
+      <c r="J855" s="1"/>
+      <c r="K855" s="1"/>
+    </row>
+    <row r="856" spans="1:11">
+      <c r="A856" s="1"/>
+      <c r="B856" s="1"/>
+      <c r="C856" s="1"/>
+      <c r="D856" s="1"/>
+      <c r="E856" s="1"/>
+      <c r="F856" s="1"/>
+      <c r="G856" s="1"/>
+      <c r="H856" s="1"/>
+      <c r="I856" s="1"/>
+      <c r="J856" s="1"/>
+      <c r="K856" s="1"/>
+    </row>
+    <row r="857" spans="1:11">
+      <c r="A857" s="1"/>
+      <c r="B857" s="1"/>
+      <c r="C857" s="1"/>
+      <c r="D857" s="1"/>
+      <c r="E857" s="1"/>
+      <c r="F857" s="1"/>
+      <c r="G857" s="1"/>
+      <c r="H857" s="1"/>
+      <c r="I857" s="1"/>
+      <c r="J857" s="1"/>
+      <c r="K857" s="1"/>
+    </row>
+    <row r="858" spans="1:11">
+      <c r="A858" s="1"/>
+      <c r="B858" s="1"/>
+      <c r="C858" s="1"/>
+      <c r="D858" s="1"/>
+      <c r="E858" s="1"/>
+      <c r="F858" s="1"/>
+      <c r="G858" s="1"/>
+      <c r="H858" s="1"/>
+      <c r="I858" s="1"/>
+      <c r="J858" s="1"/>
+      <c r="K858" s="1"/>
+    </row>
+    <row r="859" spans="1:11">
+      <c r="A859" s="1"/>
+      <c r="B859" s="1"/>
+      <c r="C859" s="1"/>
+      <c r="D859" s="1"/>
+      <c r="E859" s="1"/>
+      <c r="F859" s="1"/>
+      <c r="G859" s="1"/>
+      <c r="H859" s="1"/>
+      <c r="I859" s="1"/>
+      <c r="J859" s="1"/>
+      <c r="K859" s="1"/>
+    </row>
+    <row r="860" spans="1:11">
+      <c r="A860" s="1"/>
+      <c r="B860" s="1"/>
+      <c r="C860" s="1"/>
+      <c r="D860" s="1"/>
+      <c r="E860" s="1"/>
+      <c r="F860" s="1"/>
+      <c r="G860" s="1"/>
+      <c r="H860" s="1"/>
+      <c r="I860" s="1"/>
+      <c r="J860" s="1"/>
+      <c r="K860" s="1"/>
+    </row>
+    <row r="861" spans="1:11">
+      <c r="A861" s="1"/>
+      <c r="B861" s="1"/>
+      <c r="C861" s="1"/>
+      <c r="D861" s="1"/>
+      <c r="E861" s="1"/>
+      <c r="F861" s="1"/>
+      <c r="G861" s="1"/>
+      <c r="H861" s="1"/>
+      <c r="I861" s="1"/>
+      <c r="J861" s="1"/>
+      <c r="K861" s="1"/>
+    </row>
+    <row r="862" spans="1:11">
+      <c r="A862" s="1"/>
+      <c r="B862" s="1"/>
+      <c r="C862" s="1"/>
+      <c r="D862" s="1"/>
+      <c r="E862" s="1"/>
+      <c r="F862" s="1"/>
+      <c r="G862" s="1"/>
+      <c r="H862" s="1"/>
+      <c r="I862" s="1"/>
+      <c r="J862" s="1"/>
+      <c r="K862" s="1"/>
+    </row>
+    <row r="863" spans="1:11">
+      <c r="A863" s="1"/>
+      <c r="B863" s="1"/>
+      <c r="C863" s="1"/>
+      <c r="D863" s="1"/>
+      <c r="E863" s="1"/>
+      <c r="F863" s="1"/>
+      <c r="G863" s="1"/>
+      <c r="H863" s="1"/>
+      <c r="I863" s="1"/>
+      <c r="J863" s="1"/>
+      <c r="K863" s="1"/>
+    </row>
+    <row r="864" spans="1:11">
+      <c r="A864" s="1"/>
+      <c r="B864" s="1"/>
+      <c r="C864" s="1"/>
+      <c r="D864" s="1"/>
+      <c r="E864" s="1"/>
+      <c r="F864" s="1"/>
+      <c r="G864" s="1"/>
+      <c r="H864" s="1"/>
+      <c r="I864" s="1"/>
+      <c r="J864" s="1"/>
+      <c r="K864" s="1"/>
+    </row>
+    <row r="865" spans="1:11">
+      <c r="A865" s="1"/>
+      <c r="B865" s="1"/>
+      <c r="C865" s="1"/>
+      <c r="D865" s="1"/>
+      <c r="E865" s="1"/>
+      <c r="F865" s="1"/>
+      <c r="G865" s="1"/>
+      <c r="H865" s="1"/>
+      <c r="I865" s="1"/>
+      <c r="J865" s="1"/>
+      <c r="K865" s="1"/>
+    </row>
+    <row r="866" spans="1:11">
+      <c r="A866" s="1"/>
+      <c r="B866" s="1"/>
+      <c r="C866" s="1"/>
+      <c r="D866" s="1"/>
+      <c r="E866" s="1"/>
+      <c r="F866" s="1"/>
+      <c r="G866" s="1"/>
+      <c r="H866" s="1"/>
+      <c r="I866" s="1"/>
+      <c r="J866" s="1"/>
+      <c r="K866" s="1"/>
+    </row>
+    <row r="867" spans="1:11">
+      <c r="A867" s="1"/>
+      <c r="B867" s="1"/>
+      <c r="C867" s="1"/>
+      <c r="D867" s="1"/>
+      <c r="E867" s="1"/>
+      <c r="F867" s="1"/>
+      <c r="G867" s="1"/>
+      <c r="H867" s="1"/>
+      <c r="I867" s="1"/>
+      <c r="J867" s="1"/>
+      <c r="K867" s="1"/>
+    </row>
+    <row r="868" spans="1:11">
+      <c r="A868" s="1"/>
+      <c r="B868" s="1"/>
+      <c r="C868" s="1"/>
+      <c r="D868" s="1"/>
+      <c r="E868" s="1"/>
+      <c r="F868" s="1"/>
+      <c r="G868" s="1"/>
+      <c r="H868" s="1"/>
+      <c r="I868" s="1"/>
+      <c r="J868" s="1"/>
+      <c r="K868" s="1"/>
+    </row>
+    <row r="869" spans="1:11">
+      <c r="A869" s="1"/>
+      <c r="B869" s="1"/>
+      <c r="C869" s="1"/>
+      <c r="D869" s="1"/>
+      <c r="E869" s="1"/>
+      <c r="F869" s="1"/>
+      <c r="G869" s="1"/>
+      <c r="H869" s="1"/>
+      <c r="I869" s="1"/>
+      <c r="J869" s="1"/>
+      <c r="K869" s="1"/>
+    </row>
+    <row r="870" spans="1:11">
+      <c r="A870" s="1"/>
+      <c r="B870" s="1"/>
+      <c r="C870" s="1"/>
+      <c r="D870" s="1"/>
+      <c r="E870" s="1"/>
+      <c r="F870" s="1"/>
+      <c r="G870" s="1"/>
+      <c r="H870" s="1"/>
+      <c r="I870" s="1"/>
+      <c r="J870" s="1"/>
+      <c r="K870" s="1"/>
+    </row>
+    <row r="871" spans="1:11">
+      <c r="A871" s="1"/>
+      <c r="B871" s="1"/>
+      <c r="C871" s="1"/>
+      <c r="D871" s="1"/>
+      <c r="E871" s="1"/>
+      <c r="F871" s="1"/>
+      <c r="G871" s="1"/>
+      <c r="H871" s="1"/>
+      <c r="I871" s="1"/>
+      <c r="J871" s="1"/>
+      <c r="K871" s="1"/>
+    </row>
+    <row r="872" spans="1:11">
+      <c r="A872" s="1"/>
+      <c r="B872" s="1"/>
+      <c r="C872" s="1"/>
+      <c r="D872" s="1"/>
+      <c r="E872" s="1"/>
+      <c r="F872" s="1"/>
+      <c r="G872" s="1"/>
+      <c r="H872" s="1"/>
+      <c r="I872" s="1"/>
+      <c r="J872" s="1"/>
+      <c r="K872" s="1"/>
+    </row>
+    <row r="873" spans="1:11">
+      <c r="A873" s="1"/>
+      <c r="B873" s="1"/>
+      <c r="C873" s="1"/>
+      <c r="D873" s="1"/>
+      <c r="E873" s="1"/>
+      <c r="F873" s="1"/>
+      <c r="G873" s="1"/>
+      <c r="H873" s="1"/>
+      <c r="I873" s="1"/>
+      <c r="J873" s="1"/>
+      <c r="K873" s="1"/>
+    </row>
+    <row r="874" spans="1:11">
+      <c r="A874" s="1"/>
+      <c r="B874" s="1"/>
+      <c r="C874" s="1"/>
+      <c r="D874" s="1"/>
+      <c r="E874" s="1"/>
+      <c r="F874" s="1"/>
+      <c r="G874" s="1"/>
+      <c r="H874" s="1"/>
+      <c r="I874" s="1"/>
+      <c r="J874" s="1"/>
+      <c r="K874" s="1"/>
+    </row>
+    <row r="875" spans="1:11">
+      <c r="A875" s="1"/>
+      <c r="B875" s="1"/>
+      <c r="C875" s="1"/>
+      <c r="D875" s="1"/>
+      <c r="E875" s="1"/>
+      <c r="F875" s="1"/>
+      <c r="G875" s="1"/>
+      <c r="H875" s="1"/>
+      <c r="I875" s="1"/>
+      <c r="J875" s="1"/>
+      <c r="K875" s="1"/>
+    </row>
+    <row r="876" spans="1:11">
+      <c r="A876" s="1"/>
+      <c r="B876" s="1"/>
+      <c r="C876" s="1"/>
+      <c r="D876" s="1"/>
+      <c r="E876" s="1"/>
+      <c r="F876" s="1"/>
+      <c r="G876" s="1"/>
+      <c r="H876" s="1"/>
+      <c r="I876" s="1"/>
+      <c r="J876" s="1"/>
+      <c r="K876" s="1"/>
+    </row>
+    <row r="877" spans="1:11">
+      <c r="A877" s="1"/>
+      <c r="B877" s="1"/>
+      <c r="C877" s="1"/>
+      <c r="D877" s="1"/>
+      <c r="E877" s="1"/>
+      <c r="F877" s="1"/>
+      <c r="G877" s="1"/>
+      <c r="H877" s="1"/>
+      <c r="I877" s="1"/>
+      <c r="J877" s="1"/>
+      <c r="K877" s="1"/>
+    </row>
+    <row r="878" spans="1:11">
+      <c r="A878" s="1"/>
+      <c r="B878" s="1"/>
+      <c r="C878" s="1"/>
+      <c r="D878" s="1"/>
+      <c r="E878" s="1"/>
+      <c r="F878" s="1"/>
+      <c r="G878" s="1"/>
+      <c r="H878" s="1"/>
+      <c r="I878" s="1"/>
+      <c r="J878" s="1"/>
+      <c r="K878" s="1"/>
+    </row>
+    <row r="879" spans="1:11">
+      <c r="A879" s="1"/>
+      <c r="B879" s="1"/>
+      <c r="C879" s="1"/>
+      <c r="D879" s="1"/>
+      <c r="E879" s="1"/>
+      <c r="F879" s="1"/>
+      <c r="G879" s="1"/>
+      <c r="H879" s="1"/>
+      <c r="I879" s="1"/>
+      <c r="J879" s="1"/>
+      <c r="K879" s="1"/>
+    </row>
+    <row r="880" spans="1:11">
+      <c r="A880" s="1"/>
+      <c r="B880" s="1"/>
+      <c r="C880" s="1"/>
+      <c r="D880" s="1"/>
+      <c r="E880" s="1"/>
+      <c r="F880" s="1"/>
+      <c r="G880" s="1"/>
+      <c r="H880" s="1"/>
+      <c r="I880" s="1"/>
+      <c r="J880" s="1"/>
+      <c r="K880" s="1"/>
+    </row>
+    <row r="881" spans="1:11">
+      <c r="A881" s="1"/>
+      <c r="B881" s="1"/>
+      <c r="C881" s="1"/>
+      <c r="D881" s="1"/>
+      <c r="E881" s="1"/>
+      <c r="F881" s="1"/>
+      <c r="G881" s="1"/>
+      <c r="H881" s="1"/>
+      <c r="I881" s="1"/>
+      <c r="J881" s="1"/>
+      <c r="K881" s="1"/>
+    </row>
+    <row r="882" spans="1:11">
+      <c r="A882" s="1"/>
+      <c r="B882" s="1"/>
+      <c r="C882" s="1"/>
+      <c r="D882" s="1"/>
+      <c r="E882" s="1"/>
+      <c r="F882" s="1"/>
+      <c r="G882" s="1"/>
+      <c r="H882" s="1"/>
+      <c r="I882" s="1"/>
+      <c r="J882" s="1"/>
+      <c r="K882" s="1"/>
+    </row>
+    <row r="883" spans="1:11">
+      <c r="A883" s="1"/>
+      <c r="B883" s="1"/>
+      <c r="C883" s="1"/>
+      <c r="D883" s="1"/>
+      <c r="E883" s="1"/>
+      <c r="F883" s="1"/>
+      <c r="G883" s="1"/>
+      <c r="H883" s="1"/>
+      <c r="I883" s="1"/>
+      <c r="J883" s="1"/>
+      <c r="K883" s="1"/>
+    </row>
+    <row r="884" spans="1:11">
+      <c r="A884" s="1"/>
+      <c r="B884" s="1"/>
+      <c r="C884" s="1"/>
+      <c r="D884" s="1"/>
+      <c r="E884" s="1"/>
+      <c r="F884" s="1"/>
+      <c r="G884" s="1"/>
+      <c r="H884" s="1"/>
+      <c r="I884" s="1"/>
+      <c r="J884" s="1"/>
+      <c r="K884" s="1"/>
+    </row>
+    <row r="885" spans="1:11">
+      <c r="A885" s="1"/>
+      <c r="B885" s="1"/>
+      <c r="C885" s="1"/>
+      <c r="D885" s="1"/>
+      <c r="E885" s="1"/>
+      <c r="F885" s="1"/>
+      <c r="G885" s="1"/>
+      <c r="H885" s="1"/>
+      <c r="I885" s="1"/>
+      <c r="J885" s="1"/>
+      <c r="K885" s="1"/>
+    </row>
+    <row r="886" spans="1:11">
+      <c r="A886" s="1"/>
+      <c r="B886" s="1"/>
+      <c r="C886" s="1"/>
+      <c r="D886" s="1"/>
+      <c r="E886" s="1"/>
+      <c r="F886" s="1"/>
+      <c r="G886" s="1"/>
+      <c r="H886" s="1"/>
+      <c r="I886" s="1"/>
+      <c r="J886" s="1"/>
+      <c r="K886" s="1"/>
+    </row>
+    <row r="887" spans="1:11">
+      <c r="A887" s="1"/>
+      <c r="B887" s="1"/>
+      <c r="C887" s="1"/>
+      <c r="D887" s="1"/>
+      <c r="E887" s="1"/>
+      <c r="F887" s="1"/>
+      <c r="G887" s="1"/>
+      <c r="H887" s="1"/>
+      <c r="I887" s="1"/>
+      <c r="J887" s="1"/>
+      <c r="K887" s="1"/>
+    </row>
+    <row r="888" spans="1:11">
+      <c r="A888" s="1"/>
+      <c r="B888" s="1"/>
+      <c r="C888" s="1"/>
+      <c r="D888" s="1"/>
+      <c r="E888" s="1"/>
+      <c r="F888" s="1"/>
+      <c r="G888" s="1"/>
+      <c r="H888" s="1"/>
+      <c r="I888" s="1"/>
+      <c r="J888" s="1"/>
+      <c r="K888" s="1"/>
+    </row>
+    <row r="889" spans="1:11">
+      <c r="A889" s="1"/>
+      <c r="B889" s="1"/>
+      <c r="C889" s="1"/>
+      <c r="D889" s="1"/>
+      <c r="E889" s="1"/>
+      <c r="F889" s="1"/>
+      <c r="G889" s="1"/>
+      <c r="H889" s="1"/>
+      <c r="I889" s="1"/>
+      <c r="J889" s="1"/>
+      <c r="K889" s="1"/>
+    </row>
+    <row r="890" spans="1:11">
+      <c r="A890" s="1"/>
+      <c r="B890" s="1"/>
+      <c r="C890" s="1"/>
+      <c r="D890" s="1"/>
+      <c r="E890" s="1"/>
+      <c r="F890" s="1"/>
+      <c r="G890" s="1"/>
+      <c r="H890" s="1"/>
+      <c r="I890" s="1"/>
+      <c r="J890" s="1"/>
+      <c r="K890" s="1"/>
+    </row>
+    <row r="891" spans="1:11">
+      <c r="A891" s="1"/>
+      <c r="B891" s="1"/>
+      <c r="C891" s="1"/>
+      <c r="D891" s="1"/>
+      <c r="E891" s="1"/>
+      <c r="F891" s="1"/>
+      <c r="G891" s="1"/>
+      <c r="H891" s="1"/>
+      <c r="I891" s="1"/>
+      <c r="J891" s="1"/>
+      <c r="K891" s="1"/>
+    </row>
+    <row r="892" spans="1:11">
+      <c r="A892" s="1"/>
+      <c r="B892" s="1"/>
+      <c r="C892" s="1"/>
+      <c r="D892" s="1"/>
+      <c r="E892" s="1"/>
+      <c r="F892" s="1"/>
+      <c r="G892" s="1"/>
+      <c r="H892" s="1"/>
+      <c r="I892" s="1"/>
+      <c r="J892" s="1"/>
+      <c r="K892" s="1"/>
+    </row>
+    <row r="893" spans="1:11">
+      <c r="A893" s="1"/>
+      <c r="B893" s="1"/>
+      <c r="C893" s="1"/>
+      <c r="D893" s="1"/>
+      <c r="E893" s="1"/>
+      <c r="F893" s="1"/>
+      <c r="G893" s="1"/>
+      <c r="H893" s="1"/>
+      <c r="I893" s="1"/>
+      <c r="J893" s="1"/>
+      <c r="K893" s="1"/>
+    </row>
+    <row r="894" spans="1:11">
+      <c r="A894" s="1"/>
+      <c r="B894" s="1"/>
+      <c r="C894" s="1"/>
+      <c r="D894" s="1"/>
+      <c r="E894" s="1"/>
+      <c r="F894" s="1"/>
+      <c r="G894" s="1"/>
+      <c r="H894" s="1"/>
+      <c r="I894" s="1"/>
+      <c r="J894" s="1"/>
+      <c r="K894" s="1"/>
+    </row>
+    <row r="895" spans="1:11">
+      <c r="A895" s="1"/>
+      <c r="B895" s="1"/>
+      <c r="C895" s="1"/>
+      <c r="D895" s="1"/>
+      <c r="E895" s="1"/>
+      <c r="F895" s="1"/>
+      <c r="G895" s="1"/>
+      <c r="H895" s="1"/>
+      <c r="I895" s="1"/>
+      <c r="J895" s="1"/>
+      <c r="K895" s="1"/>
+    </row>
+    <row r="896" spans="1:11">
+      <c r="A896" s="1"/>
+      <c r="B896" s="1"/>
+      <c r="C896" s="1"/>
+      <c r="D896" s="1"/>
+      <c r="E896" s="1"/>
+      <c r="F896" s="1"/>
+      <c r="G896" s="1"/>
+      <c r="H896" s="1"/>
+      <c r="I896" s="1"/>
+      <c r="J896" s="1"/>
+      <c r="K896" s="1"/>
+    </row>
+    <row r="897" spans="1:11">
+      <c r="A897" s="1"/>
+      <c r="B897" s="1"/>
+      <c r="C897" s="1"/>
+      <c r="D897" s="1"/>
+      <c r="E897" s="1"/>
+      <c r="F897" s="1"/>
+      <c r="G897" s="1"/>
+      <c r="H897" s="1"/>
+      <c r="I897" s="1"/>
+      <c r="J897" s="1"/>
+      <c r="K897" s="1"/>
+    </row>
+    <row r="898" spans="1:11">
+      <c r="A898" s="1"/>
+      <c r="B898" s="1"/>
+      <c r="C898" s="1"/>
+      <c r="D898" s="1"/>
+      <c r="E898" s="1"/>
+      <c r="F898" s="1"/>
+      <c r="G898" s="1"/>
+      <c r="H898" s="1"/>
+      <c r="I898" s="1"/>
+      <c r="J898" s="1"/>
+      <c r="K898" s="1"/>
+    </row>
+    <row r="899" spans="1:11">
+      <c r="A899" s="1"/>
+      <c r="B899" s="1"/>
+      <c r="C899" s="1"/>
+      <c r="D899" s="1"/>
+      <c r="E899" s="1"/>
+      <c r="F899" s="1"/>
+      <c r="G899" s="1"/>
+      <c r="H899" s="1"/>
+      <c r="I899" s="1"/>
+      <c r="J899" s="1"/>
+      <c r="K899" s="1"/>
+    </row>
+    <row r="900" spans="1:11">
+      <c r="A900" s="1"/>
+      <c r="B900" s="1"/>
+      <c r="C900" s="1"/>
+      <c r="D900" s="1"/>
+      <c r="E900" s="1"/>
+      <c r="F900" s="1"/>
+      <c r="G900" s="1"/>
+      <c r="H900" s="1"/>
+      <c r="I900" s="1"/>
+      <c r="J900" s="1"/>
+      <c r="K900" s="1"/>
+    </row>
+    <row r="901" spans="1:11">
+      <c r="A901" s="1"/>
+      <c r="B901" s="1"/>
+      <c r="C901" s="1"/>
+      <c r="D901" s="1"/>
+      <c r="E901" s="1"/>
+      <c r="F901" s="1"/>
+      <c r="G901" s="1"/>
+      <c r="H901" s="1"/>
+      <c r="I901" s="1"/>
+      <c r="J901" s="1"/>
+      <c r="K901" s="1"/>
+    </row>
+    <row r="902" spans="1:11">
+      <c r="A902" s="1"/>
+      <c r="B902" s="1"/>
+      <c r="C902" s="1"/>
+      <c r="D902" s="1"/>
+      <c r="E902" s="1"/>
+      <c r="F902" s="1"/>
+      <c r="G902" s="1"/>
+      <c r="H902" s="1"/>
+      <c r="I902" s="1"/>
+      <c r="J902" s="1"/>
+      <c r="K902" s="1"/>
+    </row>
+    <row r="903" spans="1:11">
+      <c r="A903" s="1"/>
+      <c r="B903" s="1"/>
+      <c r="C903" s="1"/>
+      <c r="D903" s="1"/>
+      <c r="E903" s="1"/>
+      <c r="F903" s="1"/>
+      <c r="G903" s="1"/>
+      <c r="H903" s="1"/>
+      <c r="I903" s="1"/>
+      <c r="J903" s="1"/>
+      <c r="K903" s="1"/>
+    </row>
+    <row r="904" spans="1:11">
+      <c r="A904" s="1"/>
+      <c r="B904" s="1"/>
+      <c r="C904" s="1"/>
+      <c r="D904" s="1"/>
+      <c r="E904" s="1"/>
+      <c r="F904" s="1"/>
+      <c r="G904" s="1"/>
+      <c r="H904" s="1"/>
+      <c r="I904" s="1"/>
+      <c r="J904" s="1"/>
+      <c r="K904" s="1"/>
+    </row>
+    <row r="905" spans="1:11">
+      <c r="A905" s="1"/>
+      <c r="B905" s="1"/>
+      <c r="C905" s="1"/>
+      <c r="D905" s="1"/>
+      <c r="E905" s="1"/>
+      <c r="F905" s="1"/>
+      <c r="G905" s="1"/>
+      <c r="H905" s="1"/>
+      <c r="I905" s="1"/>
+      <c r="J905" s="1"/>
+      <c r="K905" s="1"/>
+    </row>
+    <row r="906" spans="1:11">
+      <c r="A906" s="1"/>
+      <c r="B906" s="1"/>
+      <c r="C906" s="1"/>
+      <c r="D906" s="1"/>
+      <c r="E906" s="1"/>
+      <c r="F906" s="1"/>
+      <c r="G906" s="1"/>
+      <c r="H906" s="1"/>
+      <c r="I906" s="1"/>
+      <c r="J906" s="1"/>
+      <c r="K906" s="1"/>
+    </row>
+    <row r="907" spans="1:11">
+      <c r="A907" s="1"/>
+      <c r="B907" s="1"/>
+      <c r="C907" s="1"/>
+      <c r="D907" s="1"/>
+      <c r="E907" s="1"/>
+      <c r="F907" s="1"/>
+      <c r="G907" s="1"/>
+      <c r="H907" s="1"/>
+      <c r="I907" s="1"/>
+      <c r="J907" s="1"/>
+      <c r="K907" s="1"/>
+    </row>
+    <row r="908" spans="1:11">
+      <c r="A908" s="1"/>
+      <c r="B908" s="1"/>
+      <c r="C908" s="1"/>
+      <c r="D908" s="1"/>
+      <c r="E908" s="1"/>
+      <c r="F908" s="1"/>
+      <c r="G908" s="1"/>
+      <c r="H908" s="1"/>
+      <c r="I908" s="1"/>
+      <c r="J908" s="1"/>
+      <c r="K908" s="1"/>
+    </row>
+    <row r="909" spans="1:11">
+      <c r="A909" s="1"/>
+      <c r="B909" s="1"/>
+      <c r="C909" s="1"/>
+      <c r="D909" s="1"/>
+      <c r="E909" s="1"/>
+      <c r="F909" s="1"/>
+      <c r="G909" s="1"/>
+      <c r="H909" s="1"/>
+      <c r="I909" s="1"/>
+      <c r="J909" s="1"/>
+      <c r="K909" s="1"/>
+    </row>
+    <row r="910" spans="1:11">
+      <c r="A910" s="1"/>
+      <c r="B910" s="1"/>
+      <c r="C910" s="1"/>
+      <c r="D910" s="1"/>
+      <c r="E910" s="1"/>
+      <c r="F910" s="1"/>
+      <c r="G910" s="1"/>
+      <c r="H910" s="1"/>
+      <c r="I910" s="1"/>
+      <c r="J910" s="1"/>
+      <c r="K910" s="1"/>
+    </row>
+    <row r="911" spans="1:11">
+      <c r="A911" s="1"/>
+      <c r="B911" s="1"/>
+      <c r="C911" s="1"/>
+      <c r="D911" s="1"/>
+      <c r="E911" s="1"/>
+      <c r="F911" s="1"/>
+      <c r="G911" s="1"/>
+      <c r="H911" s="1"/>
+      <c r="I911" s="1"/>
+      <c r="J911" s="1"/>
+      <c r="K911" s="1"/>
+    </row>
+    <row r="912" spans="1:11">
+      <c r="A912" s="1"/>
+      <c r="B912" s="1"/>
+      <c r="C912" s="1"/>
+      <c r="D912" s="1"/>
+      <c r="E912" s="1"/>
+      <c r="F912" s="1"/>
+      <c r="G912" s="1"/>
+      <c r="H912" s="1"/>
+      <c r="I912" s="1"/>
+      <c r="J912" s="1"/>
+      <c r="K912" s="1"/>
+    </row>
+    <row r="913" spans="1:11">
+      <c r="A913" s="1"/>
+      <c r="B913" s="1"/>
+      <c r="C913" s="1"/>
+      <c r="D913" s="1"/>
+      <c r="E913" s="1"/>
+      <c r="F913" s="1"/>
+      <c r="G913" s="1"/>
+      <c r="H913" s="1"/>
+      <c r="I913" s="1"/>
+      <c r="J913" s="1"/>
+      <c r="K913" s="1"/>
+    </row>
+    <row r="914" spans="1:11">
+      <c r="A914" s="1"/>
+      <c r="B914" s="1"/>
+      <c r="C914" s="1"/>
+      <c r="D914" s="1"/>
+      <c r="E914" s="1"/>
+      <c r="F914" s="1"/>
+      <c r="G914" s="1"/>
+      <c r="H914" s="1"/>
+      <c r="I914" s="1"/>
+      <c r="J914" s="1"/>
+      <c r="K914" s="1"/>
+    </row>
+    <row r="915" spans="1:11">
+      <c r="A915" s="1"/>
+      <c r="B915" s="1"/>
+      <c r="C915" s="1"/>
+      <c r="D915" s="1"/>
+      <c r="E915" s="1"/>
+      <c r="F915" s="1"/>
+      <c r="G915" s="1"/>
+      <c r="H915" s="1"/>
+      <c r="I915" s="1"/>
+      <c r="J915" s="1"/>
+      <c r="K915" s="1"/>
+    </row>
+    <row r="916" spans="1:11">
+      <c r="A916" s="1"/>
+      <c r="B916" s="1"/>
+      <c r="C916" s="1"/>
+      <c r="D916" s="1"/>
+      <c r="E916" s="1"/>
+      <c r="F916" s="1"/>
+      <c r="G916" s="1"/>
+      <c r="H916" s="1"/>
+      <c r="I916" s="1"/>
+      <c r="J916" s="1"/>
+      <c r="K916" s="1"/>
+    </row>
+    <row r="917" spans="1:11">
+      <c r="A917" s="1"/>
+      <c r="B917" s="1"/>
+      <c r="C917" s="1"/>
+      <c r="D917" s="1"/>
+      <c r="E917" s="1"/>
+      <c r="F917" s="1"/>
+      <c r="G917" s="1"/>
+      <c r="H917" s="1"/>
+      <c r="I917" s="1"/>
+      <c r="J917" s="1"/>
+      <c r="K917" s="1"/>
+    </row>
+    <row r="918" spans="1:11">
+      <c r="A918" s="1"/>
+      <c r="B918" s="1"/>
+      <c r="C918" s="1"/>
+      <c r="D918" s="1"/>
+      <c r="E918" s="1"/>
+      <c r="F918" s="1"/>
+      <c r="G918" s="1"/>
+      <c r="H918" s="1"/>
+      <c r="I918" s="1"/>
+      <c r="J918" s="1"/>
+      <c r="K918" s="1"/>
+    </row>
+    <row r="919" spans="1:11">
+      <c r="A919" s="1"/>
+      <c r="B919" s="1"/>
+      <c r="C919" s="1"/>
+      <c r="D919" s="1"/>
+      <c r="E919" s="1"/>
+      <c r="F919" s="1"/>
+      <c r="G919" s="1"/>
+      <c r="H919" s="1"/>
+      <c r="I919" s="1"/>
+      <c r="J919" s="1"/>
+      <c r="K919" s="1"/>
+    </row>
+    <row r="920" spans="1:11">
+      <c r="A920" s="1"/>
+      <c r="B920" s="1"/>
+      <c r="C920" s="1"/>
+      <c r="D920" s="1"/>
+      <c r="E920" s="1"/>
+      <c r="F920" s="1"/>
+      <c r="G920" s="1"/>
+      <c r="H920" s="1"/>
+      <c r="I920" s="1"/>
+      <c r="J920" s="1"/>
+      <c r="K920" s="1"/>
+    </row>
+    <row r="921" spans="1:11">
+      <c r="A921" s="1"/>
+      <c r="B921" s="1"/>
+      <c r="C921" s="1"/>
+      <c r="D921" s="1"/>
+      <c r="E921" s="1"/>
+      <c r="F921" s="1"/>
+      <c r="G921" s="1"/>
+      <c r="H921" s="1"/>
+      <c r="I921" s="1"/>
+      <c r="J921" s="1"/>
+      <c r="K921" s="1"/>
+    </row>
+    <row r="922" spans="1:11">
+      <c r="A922" s="1"/>
+      <c r="B922" s="1"/>
+      <c r="C922" s="1"/>
+      <c r="D922" s="1"/>
+      <c r="E922" s="1"/>
+      <c r="F922" s="1"/>
+      <c r="G922" s="1"/>
+      <c r="H922" s="1"/>
+      <c r="I922" s="1"/>
+      <c r="J922" s="1"/>
+      <c r="K922" s="1"/>
+    </row>
+    <row r="923" spans="1:11">
+      <c r="A923" s="1"/>
+      <c r="B923" s="1"/>
+      <c r="C923" s="1"/>
+      <c r="D923" s="1"/>
+      <c r="E923" s="1"/>
+      <c r="F923" s="1"/>
+      <c r="G923" s="1"/>
+      <c r="H923" s="1"/>
+      <c r="I923" s="1"/>
+      <c r="J923" s="1"/>
+      <c r="K923" s="1"/>
+    </row>
+    <row r="924" spans="1:11">
+      <c r="A924" s="1"/>
+      <c r="B924" s="1"/>
+      <c r="C924" s="1"/>
+      <c r="D924" s="1"/>
+      <c r="E924" s="1"/>
+      <c r="F924" s="1"/>
+      <c r="G924" s="1"/>
+      <c r="H924" s="1"/>
+      <c r="I924" s="1"/>
+      <c r="J924" s="1"/>
+      <c r="K924" s="1"/>
+    </row>
+    <row r="925" spans="1:11">
+      <c r="A925" s="1"/>
+      <c r="B925" s="1"/>
+      <c r="C925" s="1"/>
+      <c r="D925" s="1"/>
+      <c r="E925" s="1"/>
+      <c r="F925" s="1"/>
+      <c r="G925" s="1"/>
+      <c r="H925" s="1"/>
+      <c r="I925" s="1"/>
+      <c r="J925" s="1"/>
+      <c r="K925" s="1"/>
+    </row>
+    <row r="926" spans="1:11">
+      <c r="A926" s="1"/>
+      <c r="B926" s="1"/>
+      <c r="C926" s="1"/>
+      <c r="D926" s="1"/>
+      <c r="E926" s="1"/>
+      <c r="F926" s="1"/>
+      <c r="G926" s="1"/>
+      <c r="H926" s="1"/>
+      <c r="I926" s="1"/>
+      <c r="J926" s="1"/>
+      <c r="K926" s="1"/>
+    </row>
+    <row r="927" spans="1:11">
+      <c r="A927" s="1"/>
+      <c r="B927" s="1"/>
+      <c r="C927" s="1"/>
+      <c r="D927" s="1"/>
+      <c r="E927" s="1"/>
+      <c r="F927" s="1"/>
+      <c r="G927" s="1"/>
+      <c r="H927" s="1"/>
+      <c r="I927" s="1"/>
+      <c r="J927" s="1"/>
+      <c r="K927" s="1"/>
+    </row>
+    <row r="928" spans="1:11">
+      <c r="A928" s="1"/>
+      <c r="B928" s="1"/>
+      <c r="C928" s="1"/>
+      <c r="D928" s="1"/>
+      <c r="E928" s="1"/>
+      <c r="F928" s="1"/>
+      <c r="G928" s="1"/>
+      <c r="H928" s="1"/>
+      <c r="I928" s="1"/>
+      <c r="J928" s="1"/>
+      <c r="K928" s="1"/>
+    </row>
+    <row r="929" spans="1:11">
+      <c r="A929" s="1"/>
+      <c r="B929" s="1"/>
+      <c r="C929" s="1"/>
+      <c r="D929" s="1"/>
+      <c r="E929" s="1"/>
+      <c r="F929" s="1"/>
+      <c r="G929" s="1"/>
+      <c r="H929" s="1"/>
+      <c r="I929" s="1"/>
+      <c r="J929" s="1"/>
+      <c r="K929" s="1"/>
+    </row>
+    <row r="930" spans="1:11">
+      <c r="A930" s="1"/>
+      <c r="B930" s="1"/>
+      <c r="C930" s="1"/>
+      <c r="D930" s="1"/>
+      <c r="E930" s="1"/>
+      <c r="F930" s="1"/>
+      <c r="G930" s="1"/>
+      <c r="H930" s="1"/>
+      <c r="I930" s="1"/>
+      <c r="J930" s="1"/>
+      <c r="K930" s="1"/>
+    </row>
+    <row r="931" spans="1:11">
+      <c r="A931" s="1"/>
+      <c r="B931" s="1"/>
+      <c r="C931" s="1"/>
+      <c r="D931" s="1"/>
+      <c r="E931" s="1"/>
+      <c r="F931" s="1"/>
+      <c r="G931" s="1"/>
+      <c r="H931" s="1"/>
+      <c r="I931" s="1"/>
+      <c r="J931" s="1"/>
+      <c r="K931" s="1"/>
+    </row>
+    <row r="932" spans="1:11">
+      <c r="A932" s="1"/>
+      <c r="B932" s="1"/>
+      <c r="C932" s="1"/>
+      <c r="D932" s="1"/>
+      <c r="E932" s="1"/>
+      <c r="F932" s="1"/>
+      <c r="G932" s="1"/>
+      <c r="H932" s="1"/>
+      <c r="I932" s="1"/>
+      <c r="J932" s="1"/>
+      <c r="K932" s="1"/>
+    </row>
+    <row r="933" spans="1:11">
+      <c r="A933" s="1"/>
+      <c r="B933" s="1"/>
+      <c r="C933" s="1"/>
+      <c r="D933" s="1"/>
+      <c r="E933" s="1"/>
+      <c r="F933" s="1"/>
+      <c r="G933" s="1"/>
+      <c r="H933" s="1"/>
+      <c r="I933" s="1"/>
+      <c r="J933" s="1"/>
+      <c r="K933" s="1"/>
+    </row>
+    <row r="934" spans="1:11">
+      <c r="A934" s="1"/>
+      <c r="B934" s="1"/>
+      <c r="C934" s="1"/>
+      <c r="D934" s="1"/>
+      <c r="E934" s="1"/>
+      <c r="F934" s="1"/>
+      <c r="G934" s="1"/>
+      <c r="H934" s="1"/>
+      <c r="I934" s="1"/>
+      <c r="J934" s="1"/>
+      <c r="K934" s="1"/>
+    </row>
+    <row r="935" spans="1:11">
+      <c r="A935" s="1"/>
+      <c r="B935" s="1"/>
+      <c r="C935" s="1"/>
+      <c r="D935" s="1"/>
+      <c r="E935" s="1"/>
+      <c r="F935" s="1"/>
+      <c r="G935" s="1"/>
+      <c r="H935" s="1"/>
+      <c r="I935" s="1"/>
+      <c r="J935" s="1"/>
+      <c r="K935" s="1"/>
+    </row>
+    <row r="936" spans="1:11">
+      <c r="A936" s="1"/>
+      <c r="B936" s="1"/>
+      <c r="C936" s="1"/>
+      <c r="D936" s="1"/>
+      <c r="E936" s="1"/>
+      <c r="F936" s="1"/>
+      <c r="G936" s="1"/>
+      <c r="H936" s="1"/>
+      <c r="I936" s="1"/>
+      <c r="J936" s="1"/>
+      <c r="K936" s="1"/>
+    </row>
+    <row r="937" spans="1:11">
+      <c r="A937" s="1"/>
+      <c r="B937" s="1"/>
+      <c r="C937" s="1"/>
+      <c r="D937" s="1"/>
+      <c r="E937" s="1"/>
+      <c r="F937" s="1"/>
+      <c r="G937" s="1"/>
+      <c r="H937" s="1"/>
+      <c r="I937" s="1"/>
+      <c r="J937" s="1"/>
+      <c r="K937" s="1"/>
+    </row>
+    <row r="938" spans="1:11">
+      <c r="A938" s="1"/>
+      <c r="B938" s="1"/>
+      <c r="C938" s="1"/>
+      <c r="D938" s="1"/>
+      <c r="E938" s="1"/>
+      <c r="F938" s="1"/>
+      <c r="G938" s="1"/>
+      <c r="H938" s="1"/>
+      <c r="I938" s="1"/>
+      <c r="J938" s="1"/>
+      <c r="K938" s="1"/>
+    </row>
+    <row r="939" spans="1:11">
+      <c r="A939" s="1"/>
+      <c r="B939" s="1"/>
+      <c r="C939" s="1"/>
+      <c r="D939" s="1"/>
+      <c r="E939" s="1"/>
+      <c r="F939" s="1"/>
+      <c r="G939" s="1"/>
+      <c r="H939" s="1"/>
+      <c r="I939" s="1"/>
+      <c r="J939" s="1"/>
+      <c r="K939" s="1"/>
+    </row>
+    <row r="940" spans="1:11">
+      <c r="A940" s="1"/>
+      <c r="B940" s="1"/>
+      <c r="C940" s="1"/>
+      <c r="D940" s="1"/>
+      <c r="E940" s="1"/>
+      <c r="F940" s="1"/>
+      <c r="G940" s="1"/>
+      <c r="H940" s="1"/>
+      <c r="I940" s="1"/>
+      <c r="J940" s="1"/>
+      <c r="K940" s="1"/>
+    </row>
+    <row r="941" spans="1:11">
+      <c r="A941" s="1"/>
+      <c r="B941" s="1"/>
+      <c r="C941" s="1"/>
+      <c r="D941" s="1"/>
+      <c r="E941" s="1"/>
+      <c r="F941" s="1"/>
+      <c r="G941" s="1"/>
+      <c r="H941" s="1"/>
+      <c r="I941" s="1"/>
+      <c r="J941" s="1"/>
+      <c r="K941" s="1"/>
+    </row>
+    <row r="942" spans="1:11">
+      <c r="A942" s="1"/>
+      <c r="B942" s="1"/>
+      <c r="C942" s="1"/>
+      <c r="D942" s="1"/>
+      <c r="E942" s="1"/>
+      <c r="F942" s="1"/>
+      <c r="G942" s="1"/>
+      <c r="H942" s="1"/>
+      <c r="I942" s="1"/>
+      <c r="J942" s="1"/>
+      <c r="K942" s="1"/>
+    </row>
+    <row r="943" spans="1:11">
+      <c r="A943" s="1"/>
+      <c r="B943" s="1"/>
+      <c r="C943" s="1"/>
+      <c r="D943" s="1"/>
+      <c r="E943" s="1"/>
+      <c r="F943" s="1"/>
+      <c r="G943" s="1"/>
+      <c r="H943" s="1"/>
+      <c r="I943" s="1"/>
+      <c r="J943" s="1"/>
+      <c r="K943" s="1"/>
+    </row>
+    <row r="944" spans="1:11">
+      <c r="A944" s="1"/>
+      <c r="B944" s="1"/>
+      <c r="C944" s="1"/>
+      <c r="D944" s="1"/>
+      <c r="E944" s="1"/>
+      <c r="F944" s="1"/>
+      <c r="G944" s="1"/>
+      <c r="H944" s="1"/>
+      <c r="I944" s="1"/>
+      <c r="J944" s="1"/>
+      <c r="K944" s="1"/>
+    </row>
+    <row r="945" spans="1:11">
+      <c r="A945" s="1"/>
+      <c r="B945" s="1"/>
+      <c r="C945" s="1"/>
+      <c r="D945" s="1"/>
+      <c r="E945" s="1"/>
+      <c r="F945" s="1"/>
+      <c r="G945" s="1"/>
+      <c r="H945" s="1"/>
+      <c r="I945" s="1"/>
+      <c r="J945" s="1"/>
+      <c r="K945" s="1"/>
+    </row>
+    <row r="946" spans="1:11">
+      <c r="A946" s="1"/>
+      <c r="B946" s="1"/>
+      <c r="C946" s="1"/>
+      <c r="D946" s="1"/>
+      <c r="E946" s="1"/>
+      <c r="F946" s="1"/>
+      <c r="G946" s="1"/>
+      <c r="H946" s="1"/>
+      <c r="I946" s="1"/>
+      <c r="J946" s="1"/>
+      <c r="K946" s="1"/>
+    </row>
+    <row r="947" spans="1:11">
+      <c r="A947" s="1"/>
+      <c r="B947" s="1"/>
+      <c r="C947" s="1"/>
+      <c r="D947" s="1"/>
+      <c r="E947" s="1"/>
+      <c r="F947" s="1"/>
+      <c r="G947" s="1"/>
+      <c r="H947" s="1"/>
+      <c r="I947" s="1"/>
+      <c r="J947" s="1"/>
+      <c r="K947" s="1"/>
+    </row>
+    <row r="948" spans="1:11">
+      <c r="A948" s="1"/>
+      <c r="B948" s="1"/>
+      <c r="C948" s="1"/>
+      <c r="D948" s="1"/>
+      <c r="E948" s="1"/>
+      <c r="F948" s="1"/>
+      <c r="G948" s="1"/>
+      <c r="H948" s="1"/>
+      <c r="I948" s="1"/>
+      <c r="J948" s="1"/>
+      <c r="K948" s="1"/>
+    </row>
+    <row r="949" spans="1:11">
+      <c r="A949" s="1"/>
+      <c r="B949" s="1"/>
+      <c r="C949" s="1"/>
+      <c r="D949" s="1"/>
+      <c r="E949" s="1"/>
+      <c r="F949" s="1"/>
+      <c r="G949" s="1"/>
+      <c r="H949" s="1"/>
+      <c r="I949" s="1"/>
+      <c r="J949" s="1"/>
+      <c r="K949" s="1"/>
+    </row>
+    <row r="950" spans="1:11">
+      <c r="A950" s="1"/>
+      <c r="B950" s="1"/>
+      <c r="C950" s="1"/>
+      <c r="D950" s="1"/>
+      <c r="E950" s="1"/>
+      <c r="F950" s="1"/>
+      <c r="G950" s="1"/>
+      <c r="H950" s="1"/>
+      <c r="I950" s="1"/>
+      <c r="J950" s="1"/>
+      <c r="K950" s="1"/>
+    </row>
+    <row r="951" spans="1:11">
+      <c r="A951" s="1"/>
+      <c r="B951" s="1"/>
+      <c r="C951" s="1"/>
+      <c r="D951" s="1"/>
+      <c r="E951" s="1"/>
+      <c r="F951" s="1"/>
+      <c r="G951" s="1"/>
+      <c r="H951" s="1"/>
+      <c r="I951" s="1"/>
+      <c r="J951" s="1"/>
+      <c r="K951" s="1"/>
+    </row>
+    <row r="952" spans="1:11">
+      <c r="A952" s="1"/>
+      <c r="B952" s="1"/>
+      <c r="C952" s="1"/>
+      <c r="D952" s="1"/>
+      <c r="E952" s="1"/>
+      <c r="F952" s="1"/>
+      <c r="G952" s="1"/>
+      <c r="H952" s="1"/>
+      <c r="I952" s="1"/>
+      <c r="J952" s="1"/>
+      <c r="K952" s="1"/>
+    </row>
+    <row r="953" spans="1:11">
+      <c r="A953" s="1"/>
+      <c r="B953" s="1"/>
+      <c r="C953" s="1"/>
+      <c r="D953" s="1"/>
+      <c r="E953" s="1"/>
+      <c r="F953" s="1"/>
+      <c r="G953" s="1"/>
+      <c r="H953" s="1"/>
+      <c r="I953" s="1"/>
+      <c r="J953" s="1"/>
+      <c r="K953" s="1"/>
+    </row>
+    <row r="954" spans="1:11">
+      <c r="A954" s="1"/>
+      <c r="B954" s="1"/>
+      <c r="C954" s="1"/>
+      <c r="D954" s="1"/>
+      <c r="E954" s="1"/>
+      <c r="F954" s="1"/>
+      <c r="G954" s="1"/>
+      <c r="H954" s="1"/>
+      <c r="I954" s="1"/>
+      <c r="J954" s="1"/>
+      <c r="K954" s="1"/>
+    </row>
+    <row r="955" spans="1:11">
+      <c r="A955" s="1"/>
+      <c r="B955" s="1"/>
+      <c r="C955" s="1"/>
+      <c r="D955" s="1"/>
+      <c r="E955" s="1"/>
+      <c r="F955" s="1"/>
+      <c r="G955" s="1"/>
+      <c r="H955" s="1"/>
+      <c r="I955" s="1"/>
+      <c r="J955" s="1"/>
+      <c r="K955" s="1"/>
+    </row>
+    <row r="956" spans="1:11">
+      <c r="A956" s="1"/>
+      <c r="B956" s="1"/>
+      <c r="C956" s="1"/>
+      <c r="D956" s="1"/>
+      <c r="E956" s="1"/>
+      <c r="F956" s="1"/>
+      <c r="G956" s="1"/>
+      <c r="H956" s="1"/>
+      <c r="I956" s="1"/>
+      <c r="J956" s="1"/>
+      <c r="K956" s="1"/>
+    </row>
+    <row r="957" spans="1:11">
+      <c r="A957" s="1"/>
+      <c r="B957" s="1"/>
+      <c r="C957" s="1"/>
+      <c r="D957" s="1"/>
+      <c r="E957" s="1"/>
+      <c r="F957" s="1"/>
+      <c r="G957" s="1"/>
+      <c r="H957" s="1"/>
+      <c r="I957" s="1"/>
+      <c r="J957" s="1"/>
+      <c r="K957" s="1"/>
+    </row>
+    <row r="958" spans="1:11">
+      <c r="A958" s="1"/>
+      <c r="B958" s="1"/>
+      <c r="C958" s="1"/>
+      <c r="D958" s="1"/>
+      <c r="E958" s="1"/>
+      <c r="F958" s="1"/>
+      <c r="G958" s="1"/>
+      <c r="H958" s="1"/>
+      <c r="I958" s="1"/>
+      <c r="J958" s="1"/>
+      <c r="K958" s="1"/>
+    </row>
+    <row r="959" spans="1:11">
+      <c r="A959" s="1"/>
+      <c r="B959" s="1"/>
+      <c r="C959" s="1"/>
+      <c r="D959" s="1"/>
+      <c r="E959" s="1"/>
+      <c r="F959" s="1"/>
+      <c r="G959" s="1"/>
+      <c r="H959" s="1"/>
+      <c r="I959" s="1"/>
+      <c r="J959" s="1"/>
+      <c r="K959" s="1"/>
+    </row>
+    <row r="960" spans="1:11">
+      <c r="A960" s="1"/>
+      <c r="B960" s="1"/>
+      <c r="C960" s="1"/>
+      <c r="D960" s="1"/>
+      <c r="E960" s="1"/>
+      <c r="F960" s="1"/>
+      <c r="G960" s="1"/>
+      <c r="H960" s="1"/>
+      <c r="I960" s="1"/>
+      <c r="J960" s="1"/>
+      <c r="K960" s="1"/>
+    </row>
+    <row r="961" spans="1:11">
+      <c r="A961" s="1"/>
+      <c r="B961" s="1"/>
+      <c r="C961" s="1"/>
+      <c r="D961" s="1"/>
+      <c r="E961" s="1"/>
+      <c r="F961" s="1"/>
+      <c r="G961" s="1"/>
+      <c r="H961" s="1"/>
+      <c r="I961" s="1"/>
+      <c r="J961" s="1"/>
+      <c r="K961" s="1"/>
+    </row>
+    <row r="962" spans="1:11">
+      <c r="A962" s="1"/>
+      <c r="B962" s="1"/>
+      <c r="C962" s="1"/>
+      <c r="D962" s="1"/>
+      <c r="E962" s="1"/>
+      <c r="F962" s="1"/>
+      <c r="G962" s="1"/>
+      <c r="H962" s="1"/>
+      <c r="I962" s="1"/>
+      <c r="J962" s="1"/>
+      <c r="K962" s="1"/>
+    </row>
+    <row r="963" spans="1:11">
+      <c r="A963" s="1"/>
+      <c r="B963" s="1"/>
+      <c r="C963" s="1"/>
+      <c r="D963" s="1"/>
+      <c r="E963" s="1"/>
+      <c r="F963" s="1"/>
+      <c r="G963" s="1"/>
+      <c r="H963" s="1"/>
+      <c r="I963" s="1"/>
+      <c r="J963" s="1"/>
+      <c r="K963" s="1"/>
+    </row>
+    <row r="964" spans="1:11">
+      <c r="A964" s="1"/>
+      <c r="B964" s="1"/>
+      <c r="C964" s="1"/>
+      <c r="D964" s="1"/>
+      <c r="E964" s="1"/>
+      <c r="F964" s="1"/>
+      <c r="G964" s="1"/>
+      <c r="H964" s="1"/>
+      <c r="I964" s="1"/>
+      <c r="J964" s="1"/>
+      <c r="K964" s="1"/>
+    </row>
+    <row r="965" spans="1:11">
+      <c r="A965" s="1"/>
+      <c r="B965" s="1"/>
+      <c r="C965" s="1"/>
+      <c r="D965" s="1"/>
+      <c r="E965" s="1"/>
+      <c r="F965" s="1"/>
+      <c r="G965" s="1"/>
+      <c r="H965" s="1"/>
+      <c r="I965" s="1"/>
+      <c r="J965" s="1"/>
+      <c r="K965" s="1"/>
+    </row>
+    <row r="966" spans="1:11">
+      <c r="A966" s="1"/>
+      <c r="B966" s="1"/>
+      <c r="C966" s="1"/>
+      <c r="D966" s="1"/>
+      <c r="E966" s="1"/>
+      <c r="F966" s="1"/>
+      <c r="G966" s="1"/>
+      <c r="H966" s="1"/>
+      <c r="I966" s="1"/>
+      <c r="J966" s="1"/>
+      <c r="K966" s="1"/>
+    </row>
+    <row r="967" spans="1:11">
+      <c r="A967" s="1"/>
+      <c r="B967" s="1"/>
+      <c r="C967" s="1"/>
+      <c r="D967" s="1"/>
+      <c r="E967" s="1"/>
+      <c r="F967" s="1"/>
+      <c r="G967" s="1"/>
+      <c r="H967" s="1"/>
+      <c r="I967" s="1"/>
+      <c r="J967" s="1"/>
+      <c r="K967" s="1"/>
+    </row>
+    <row r="968" spans="1:11">
+      <c r="A968" s="1"/>
+      <c r="B968" s="1"/>
+      <c r="C968" s="1"/>
+      <c r="D968" s="1"/>
+      <c r="E968" s="1"/>
+      <c r="F968" s="1"/>
+      <c r="G968" s="1"/>
+      <c r="H968" s="1"/>
+      <c r="I968" s="1"/>
+      <c r="J968" s="1"/>
+      <c r="K968" s="1"/>
+    </row>
+    <row r="969" spans="1:11">
+      <c r="A969" s="1"/>
+      <c r="B969" s="1"/>
+      <c r="C969" s="1"/>
+      <c r="D969" s="1"/>
+      <c r="E969" s="1"/>
+      <c r="F969" s="1"/>
+      <c r="G969" s="1"/>
+      <c r="H969" s="1"/>
+      <c r="I969" s="1"/>
+      <c r="J969" s="1"/>
+      <c r="K969" s="1"/>
+    </row>
+    <row r="970" spans="1:11">
+      <c r="A970" s="1"/>
+      <c r="B970" s="1"/>
+      <c r="C970" s="1"/>
+      <c r="D970" s="1"/>
+      <c r="E970" s="1"/>
+      <c r="F970" s="1"/>
+      <c r="G970" s="1"/>
+      <c r="H970" s="1"/>
+      <c r="I970" s="1"/>
+      <c r="J970" s="1"/>
+      <c r="K970" s="1"/>
+    </row>
+    <row r="971" spans="1:11">
+      <c r="A971" s="1"/>
+      <c r="B971" s="1"/>
+      <c r="C971" s="1"/>
+      <c r="D971" s="1"/>
+      <c r="E971" s="1"/>
+      <c r="F971" s="1"/>
+      <c r="G971" s="1"/>
+      <c r="H971" s="1"/>
+      <c r="I971" s="1"/>
+      <c r="J971" s="1"/>
+      <c r="K971" s="1"/>
+    </row>
+    <row r="972" spans="1:11">
+      <c r="A972" s="1"/>
+      <c r="B972" s="1"/>
+      <c r="C972" s="1"/>
+      <c r="D972" s="1"/>
+      <c r="E972" s="1"/>
+      <c r="F972" s="1"/>
+      <c r="G972" s="1"/>
+      <c r="H972" s="1"/>
+      <c r="I972" s="1"/>
+      <c r="J972" s="1"/>
+      <c r="K972" s="1"/>
+    </row>
+    <row r="973" spans="1:11">
+      <c r="A973" s="1"/>
+      <c r="B973" s="1"/>
+      <c r="C973" s="1"/>
+      <c r="D973" s="1"/>
+      <c r="E973" s="1"/>
+      <c r="F973" s="1"/>
+      <c r="G973" s="1"/>
+      <c r="H973" s="1"/>
+      <c r="I973" s="1"/>
+      <c r="J973" s="1"/>
+      <c r="K973" s="1"/>
+    </row>
+    <row r="974" spans="1:11">
+      <c r="A974" s="1"/>
+      <c r="B974" s="1"/>
+      <c r="C974" s="1"/>
+      <c r="D974" s="1"/>
+      <c r="E974" s="1"/>
+      <c r="F974" s="1"/>
+      <c r="G974" s="1"/>
+      <c r="H974" s="1"/>
+      <c r="I974" s="1"/>
+      <c r="J974" s="1"/>
+      <c r="K974" s="1"/>
+    </row>
+    <row r="975" spans="1:11">
+      <c r="A975" s="1"/>
+      <c r="B975" s="1"/>
+      <c r="C975" s="1"/>
+      <c r="D975" s="1"/>
+      <c r="E975" s="1"/>
+      <c r="F975" s="1"/>
+      <c r="G975" s="1"/>
+      <c r="H975" s="1"/>
+      <c r="I975" s="1"/>
+      <c r="J975" s="1"/>
+      <c r="K975" s="1"/>
+    </row>
+    <row r="976" spans="1:11">
+      <c r="A976" s="1"/>
+      <c r="B976" s="1"/>
+      <c r="C976" s="1"/>
+      <c r="D976" s="1"/>
+      <c r="E976" s="1"/>
+      <c r="F976" s="1"/>
+      <c r="G976" s="1"/>
+      <c r="H976" s="1"/>
+      <c r="I976" s="1"/>
+      <c r="J976" s="1"/>
+      <c r="K976" s="1"/>
+    </row>
+    <row r="977" spans="1:11">
+      <c r="A977" s="1"/>
+      <c r="B977" s="1"/>
+      <c r="C977" s="1"/>
+      <c r="D977" s="1"/>
+      <c r="E977" s="1"/>
+      <c r="F977" s="1"/>
+      <c r="G977" s="1"/>
+      <c r="H977" s="1"/>
+      <c r="I977" s="1"/>
+      <c r="J977" s="1"/>
+      <c r="K977" s="1"/>
+    </row>
+    <row r="978" spans="1:11">
+      <c r="A978" s="1"/>
+      <c r="B978" s="1"/>
+      <c r="C978" s="1"/>
+      <c r="D978" s="1"/>
+      <c r="E978" s="1"/>
+      <c r="F978" s="1"/>
+      <c r="G978" s="1"/>
+      <c r="H978" s="1"/>
+      <c r="I978" s="1"/>
+      <c r="J978" s="1"/>
+      <c r="K978" s="1"/>
+    </row>
+    <row r="979" spans="1:11">
+      <c r="A979" s="1"/>
+      <c r="B979" s="1"/>
+      <c r="C979" s="1"/>
+      <c r="D979" s="1"/>
+      <c r="E979" s="1"/>
+      <c r="F979" s="1"/>
+      <c r="G979" s="1"/>
+      <c r="H979" s="1"/>
+      <c r="I979" s="1"/>
+      <c r="J979" s="1"/>
+      <c r="K979" s="1"/>
+    </row>
+    <row r="980" spans="1:11">
+      <c r="A980" s="1"/>
+      <c r="B980" s="1"/>
+      <c r="C980" s="1"/>
+      <c r="D980" s="1"/>
+      <c r="E980" s="1"/>
+      <c r="F980" s="1"/>
+      <c r="G980" s="1"/>
+      <c r="H980" s="1"/>
+      <c r="I980" s="1"/>
+      <c r="J980" s="1"/>
+      <c r="K980" s="1"/>
+    </row>
+    <row r="981" spans="1:11">
+      <c r="A981" s="1"/>
+      <c r="B981" s="1"/>
+      <c r="C981" s="1"/>
+      <c r="D981" s="1"/>
+      <c r="E981" s="1"/>
+      <c r="F981" s="1"/>
+      <c r="G981" s="1"/>
+      <c r="H981" s="1"/>
+      <c r="I981" s="1"/>
+      <c r="J981" s="1"/>
+      <c r="K981" s="1"/>
+    </row>
+    <row r="982" spans="1:11">
+      <c r="A982" s="1"/>
+      <c r="B982" s="1"/>
+      <c r="C982" s="1"/>
+      <c r="D982" s="1"/>
+      <c r="E982" s="1"/>
+      <c r="F982" s="1"/>
+      <c r="G982" s="1"/>
+      <c r="H982" s="1"/>
+      <c r="I982" s="1"/>
+      <c r="J982" s="1"/>
+      <c r="K982" s="1"/>
+    </row>
+    <row r="983" spans="1:11">
+      <c r="A983" s="1"/>
+      <c r="B983" s="1"/>
+      <c r="C983" s="1"/>
+      <c r="D983" s="1"/>
+      <c r="E983" s="1"/>
+      <c r="F983" s="1"/>
+      <c r="G983" s="1"/>
+      <c r="H983" s="1"/>
+      <c r="I983" s="1"/>
+      <c r="J983" s="1"/>
+      <c r="K983" s="1"/>
+    </row>
+    <row r="984" spans="1:11">
+      <c r="A984" s="1"/>
+      <c r="B984" s="1"/>
+      <c r="C984" s="1"/>
+      <c r="D984" s="1"/>
+      <c r="E984" s="1"/>
+      <c r="F984" s="1"/>
+      <c r="G984" s="1"/>
+      <c r="H984" s="1"/>
+      <c r="I984" s="1"/>
+      <c r="J984" s="1"/>
+      <c r="K984" s="1"/>
+    </row>
+    <row r="985" spans="1:11">
+      <c r="A985" s="1"/>
+      <c r="B985" s="1"/>
+      <c r="C985" s="1"/>
+      <c r="D985" s="1"/>
+      <c r="E985" s="1"/>
+      <c r="F985" s="1"/>
+      <c r="G985" s="1"/>
+      <c r="H985" s="1"/>
+      <c r="I985" s="1"/>
+      <c r="J985" s="1"/>
+      <c r="K985" s="1"/>
+    </row>
+    <row r="986" spans="1:11">
+      <c r="A986" s="1"/>
+      <c r="B986" s="1"/>
+      <c r="C986" s="1"/>
+      <c r="D986" s="1"/>
+      <c r="E986" s="1"/>
+      <c r="F986" s="1"/>
+      <c r="G986" s="1"/>
+      <c r="H986" s="1"/>
+      <c r="I986" s="1"/>
+      <c r="J986" s="1"/>
+      <c r="K986" s="1"/>
+    </row>
+    <row r="987" spans="1:11">
+      <c r="A987" s="1"/>
+      <c r="B987" s="1"/>
+      <c r="C987" s="1"/>
+      <c r="D987" s="1"/>
+      <c r="E987" s="1"/>
+      <c r="F987" s="1"/>
+      <c r="G987" s="1"/>
+      <c r="H987" s="1"/>
+      <c r="I987" s="1"/>
+      <c r="J987" s="1"/>
+      <c r="K987" s="1"/>
+    </row>
+    <row r="988" spans="1:11">
+      <c r="A988" s="1"/>
+      <c r="B988" s="1"/>
+      <c r="C988" s="1"/>
+      <c r="D988" s="1"/>
+      <c r="E988" s="1"/>
+      <c r="F988" s="1"/>
+      <c r="G988" s="1"/>
+      <c r="H988" s="1"/>
+      <c r="I988" s="1"/>
+      <c r="J988" s="1"/>
+      <c r="K988" s="1"/>
+    </row>
+    <row r="989" spans="1:11">
+      <c r="A989" s="1"/>
+      <c r="B989" s="1"/>
+      <c r="C989" s="1"/>
+      <c r="D989" s="1"/>
+      <c r="E989" s="1"/>
+      <c r="F989" s="1"/>
+      <c r="G989" s="1"/>
+      <c r="H989" s="1"/>
+      <c r="I989" s="1"/>
+      <c r="J989" s="1"/>
+      <c r="K989" s="1"/>
+    </row>
+    <row r="990" spans="1:11">
+      <c r="A990" s="1"/>
+      <c r="B990" s="1"/>
+      <c r="C990" s="1"/>
+      <c r="D990" s="1"/>
+      <c r="E990" s="1"/>
+      <c r="F990" s="1"/>
+      <c r="G990" s="1"/>
+      <c r="H990" s="1"/>
+      <c r="I990" s="1"/>
+      <c r="J990" s="1"/>
+      <c r="K990" s="1"/>
+    </row>
+    <row r="991" spans="1:11">
+      <c r="A991" s="1"/>
+      <c r="B991" s="1"/>
+      <c r="C991" s="1"/>
+      <c r="D991" s="1"/>
+      <c r="E991" s="1"/>
+      <c r="F991" s="1"/>
+      <c r="G991" s="1"/>
+      <c r="H991" s="1"/>
+      <c r="I991" s="1"/>
+      <c r="J991" s="1"/>
+      <c r="K991" s="1"/>
+    </row>
+    <row r="992" spans="1:11">
+      <c r="A992" s="1"/>
+      <c r="B992" s="1"/>
+      <c r="C992" s="1"/>
+      <c r="D992" s="1"/>
+      <c r="E992" s="1"/>
+      <c r="F992" s="1"/>
+      <c r="G992" s="1"/>
+      <c r="H992" s="1"/>
+      <c r="I992" s="1"/>
+      <c r="J992" s="1"/>
+      <c r="K992" s="1"/>
+    </row>
+    <row r="993" spans="1:11">
+      <c r="A993" s="1"/>
+      <c r="B993" s="1"/>
+      <c r="C993" s="1"/>
+      <c r="D993" s="1"/>
+      <c r="E993" s="1"/>
+      <c r="F993" s="1"/>
+      <c r="G993" s="1"/>
+      <c r="H993" s="1"/>
+      <c r="I993" s="1"/>
+      <c r="J993" s="1"/>
+      <c r="K993" s="1"/>
+    </row>
+    <row r="994" spans="1:11">
+      <c r="A994" s="1"/>
+      <c r="B994" s="1"/>
+      <c r="C994" s="1"/>
+      <c r="D994" s="1"/>
+      <c r="E994" s="1"/>
+      <c r="F994" s="1"/>
+      <c r="G994" s="1"/>
+      <c r="H994" s="1"/>
+      <c r="I994" s="1"/>
+      <c r="J994" s="1"/>
+      <c r="K994" s="1"/>
+    </row>
+    <row r="995" spans="1:11">
+      <c r="A995" s="1"/>
+      <c r="B995" s="1"/>
+      <c r="C995" s="1"/>
+      <c r="D995" s="1"/>
+      <c r="E995" s="1"/>
+      <c r="F995" s="1"/>
+      <c r="G995" s="1"/>
+      <c r="H995" s="1"/>
+      <c r="I995" s="1"/>
+      <c r="J995" s="1"/>
+      <c r="K995" s="1"/>
+    </row>
+    <row r="996" spans="1:11">
+      <c r="A996" s="1"/>
+      <c r="B996" s="1"/>
+      <c r="C996" s="1"/>
+      <c r="D996" s="1"/>
+      <c r="E996" s="1"/>
+      <c r="F996" s="1"/>
+      <c r="G996" s="1"/>
+      <c r="H996" s="1"/>
+      <c r="I996" s="1"/>
+      <c r="J996" s="1"/>
+      <c r="K996" s="1"/>
+    </row>
+    <row r="997" spans="1:11">
+      <c r="A997" s="1"/>
+      <c r="B997" s="1"/>
+      <c r="C997" s="1"/>
+      <c r="D997" s="1"/>
+      <c r="E997" s="1"/>
+      <c r="F997" s="1"/>
+      <c r="G997" s="1"/>
+      <c r="H997" s="1"/>
+      <c r="I997" s="1"/>
+      <c r="J997" s="1"/>
+      <c r="K997" s="1"/>
+    </row>
+    <row r="998" spans="1:11">
+      <c r="A998" s="1"/>
+      <c r="B998" s="1"/>
+      <c r="C998" s="1"/>
+      <c r="D998" s="1"/>
+      <c r="E998" s="1"/>
+      <c r="F998" s="1"/>
+      <c r="G998" s="1"/>
+      <c r="H998" s="1"/>
+      <c r="I998" s="1"/>
+      <c r="J998" s="1"/>
+      <c r="K998" s="1"/>
+    </row>
+    <row r="999" spans="1:11">
+      <c r="A999" s="1"/>
+      <c r="B999" s="1"/>
+      <c r="C999" s="1"/>
+      <c r="D999" s="1"/>
+      <c r="E999" s="1"/>
+      <c r="F999" s="1"/>
+      <c r="G999" s="1"/>
+      <c r="H999" s="1"/>
+      <c r="I999" s="1"/>
+      <c r="J999" s="1"/>
+      <c r="K999" s="1"/>
+    </row>
+    <row r="1000" spans="1:11">
+      <c r="A1000" s="1"/>
+      <c r="B1000" s="1"/>
+      <c r="C1000" s="1"/>
+      <c r="D1000" s="1"/>
+      <c r="E1000" s="1"/>
+      <c r="F1000" s="1"/>
+      <c r="G1000" s="1"/>
+      <c r="H1000" s="1"/>
+      <c r="I1000" s="1"/>
+      <c r="J1000" s="1"/>
+      <c r="K1000" s="1"/>
+    </row>
+    <row r="1001" spans="1:11">
+      <c r="A1001" s="1"/>
+      <c r="B1001" s="1"/>
+      <c r="C1001" s="1"/>
+      <c r="D1001" s="1"/>
+      <c r="E1001" s="1"/>
+      <c r="F1001" s="1"/>
+      <c r="G1001" s="1"/>
+      <c r="H1001" s="1"/>
+      <c r="I1001" s="1"/>
+      <c r="J1001" s="1"/>
+      <c r="K1001" s="1"/>
+    </row>
+    <row r="1002" spans="1:11">
+      <c r="A1002" s="1"/>
+      <c r="B1002" s="1"/>
+      <c r="C1002" s="1"/>
+      <c r="D1002" s="1"/>
+      <c r="E1002" s="1"/>
+      <c r="F1002" s="1"/>
+      <c r="G1002" s="1"/>
+      <c r="H1002" s="1"/>
+      <c r="I1002" s="1"/>
+      <c r="J1002" s="1"/>
+      <c r="K1002" s="1"/>
+    </row>
+    <row r="1003" spans="1:11">
+      <c r="A1003" s="1"/>
+      <c r="B1003" s="1"/>
+      <c r="C1003" s="1"/>
+      <c r="D1003" s="1"/>
+      <c r="E1003" s="1"/>
+      <c r="F1003" s="1"/>
+      <c r="G1003" s="1"/>
+      <c r="H1003" s="1"/>
+      <c r="I1003" s="1"/>
+      <c r="J1003" s="1"/>
+      <c r="K1003" s="1"/>
+    </row>
+    <row r="1004" spans="1:11">
+      <c r="A1004" s="1"/>
+      <c r="B1004" s="1"/>
+      <c r="C1004" s="1"/>
+      <c r="D1004" s="1"/>
+      <c r="E1004" s="1"/>
+      <c r="F1004" s="1"/>
+      <c r="G1004" s="1"/>
+      <c r="H1004" s="1"/>
+      <c r="I1004" s="1"/>
+      <c r="J1004" s="1"/>
+      <c r="K1004" s="1"/>
+    </row>
+    <row r="1005" spans="1:11">
+      <c r="A1005" s="1"/>
+      <c r="B1005" s="1"/>
+      <c r="C1005" s="1"/>
+      <c r="D1005" s="1"/>
+      <c r="E1005" s="1"/>
+      <c r="F1005" s="1"/>
+      <c r="G1005" s="1"/>
+      <c r="H1005" s="1"/>
+      <c r="I1005" s="1"/>
+      <c r="J1005" s="1"/>
+      <c r="K1005" s="1"/>
+    </row>
+    <row r="1006" spans="1:11">
+      <c r="A1006" s="1"/>
+      <c r="B1006" s="1"/>
+      <c r="C1006" s="1"/>
+      <c r="D1006" s="1"/>
+      <c r="E1006" s="1"/>
+      <c r="F1006" s="1"/>
+      <c r="G1006" s="1"/>
+      <c r="H1006" s="1"/>
+      <c r="I1006" s="1"/>
+      <c r="J1006" s="1"/>
+      <c r="K1006" s="1"/>
+    </row>
+    <row r="1007" spans="1:11">
+      <c r="A1007" s="1"/>
+      <c r="B1007" s="1"/>
+      <c r="C1007" s="1"/>
+      <c r="D1007" s="1"/>
+      <c r="E1007" s="1"/>
+      <c r="F1007" s="1"/>
+      <c r="G1007" s="1"/>
+      <c r="H1007" s="1"/>
+      <c r="I1007" s="1"/>
+      <c r="J1007" s="1"/>
+      <c r="K1007" s="1"/>
+    </row>
+    <row r="1008" spans="1:11">
+      <c r="A1008" s="1"/>
+      <c r="B1008" s="1"/>
+      <c r="C1008" s="1"/>
+      <c r="D1008" s="1"/>
+      <c r="E1008" s="1"/>
+      <c r="F1008" s="1"/>
+      <c r="G1008" s="1"/>
+      <c r="H1008" s="1"/>
+      <c r="I1008" s="1"/>
+      <c r="J1008" s="1"/>
+      <c r="K1008" s="1"/>
+    </row>
+    <row r="1009" spans="1:11">
+      <c r="A1009" s="1"/>
+      <c r="B1009" s="1"/>
+      <c r="C1009" s="1"/>
+      <c r="D1009" s="1"/>
+      <c r="E1009" s="1"/>
+      <c r="F1009" s="1"/>
+      <c r="G1009" s="1"/>
+      <c r="H1009" s="1"/>
+      <c r="I1009" s="1"/>
+      <c r="J1009" s="1"/>
+      <c r="K1009" s="1"/>
+    </row>
+    <row r="1010" spans="1:11">
+      <c r="A1010" s="1"/>
+      <c r="B1010" s="1"/>
+      <c r="C1010" s="1"/>
+      <c r="D1010" s="1"/>
+      <c r="E1010" s="1"/>
+      <c r="F1010" s="1"/>
+      <c r="G1010" s="1"/>
+      <c r="H1010" s="1"/>
+      <c r="I1010" s="1"/>
+      <c r="J1010" s="1"/>
+      <c r="K1010" s="1"/>
+    </row>
+    <row r="1011" spans="1:11">
+      <c r="A1011" s="1"/>
+      <c r="B1011" s="1"/>
+      <c r="C1011" s="1"/>
+      <c r="D1011" s="1"/>
+      <c r="E1011" s="1"/>
+      <c r="F1011" s="1"/>
+      <c r="G1011" s="1"/>
+      <c r="H1011" s="1"/>
+      <c r="I1011" s="1"/>
+      <c r="J1011" s="1"/>
+      <c r="K1011" s="1"/>
+    </row>
+    <row r="1012" spans="1:11">
+      <c r="A1012" s="1"/>
+      <c r="B1012" s="1"/>
+      <c r="C1012" s="1"/>
+      <c r="D1012" s="1"/>
+      <c r="E1012" s="1"/>
+      <c r="F1012" s="1"/>
+      <c r="G1012" s="1"/>
+      <c r="H1012" s="1"/>
+      <c r="I1012" s="1"/>
+      <c r="J1012" s="1"/>
+      <c r="K1012" s="1"/>
+    </row>
+    <row r="1013" spans="1:11">
+      <c r="A1013" s="1"/>
+      <c r="B1013" s="1"/>
+      <c r="C1013" s="1"/>
+      <c r="D1013" s="1"/>
+      <c r="E1013" s="1"/>
+      <c r="F1013" s="1"/>
+      <c r="G1013" s="1"/>
+      <c r="H1013" s="1"/>
+      <c r="I1013" s="1"/>
+      <c r="J1013" s="1"/>
+      <c r="K1013" s="1"/>
+    </row>
+    <row r="1014" spans="1:11">
+      <c r="A1014" s="1"/>
+      <c r="B1014" s="1"/>
+      <c r="C1014" s="1"/>
+      <c r="D1014" s="1"/>
+      <c r="E1014" s="1"/>
+      <c r="F1014" s="1"/>
+      <c r="G1014" s="1"/>
+      <c r="H1014" s="1"/>
+      <c r="I1014" s="1"/>
+      <c r="J1014" s="1"/>
+      <c r="K1014" s="1"/>
+    </row>
+    <row r="1015" spans="1:11">
+      <c r="A1015" s="1"/>
+      <c r="B1015" s="1"/>
+      <c r="C1015" s="1"/>
+      <c r="D1015" s="1"/>
+      <c r="E1015" s="1"/>
+      <c r="F1015" s="1"/>
+      <c r="G1015" s="1"/>
+      <c r="H1015" s="1"/>
+      <c r="I1015" s="1"/>
+      <c r="J1015" s="1"/>
+      <c r="K1015" s="1"/>
+    </row>
+    <row r="1016" spans="1:11">
+      <c r="A1016" s="1"/>
+      <c r="B1016" s="1"/>
+      <c r="C1016" s="1"/>
+      <c r="D1016" s="1"/>
+      <c r="E1016" s="1"/>
+      <c r="F1016" s="1"/>
+      <c r="G1016" s="1"/>
+      <c r="H1016" s="1"/>
+      <c r="I1016" s="1"/>
+      <c r="J1016" s="1"/>
+      <c r="K1016" s="1"/>
+    </row>
+    <row r="1017" spans="1:11">
+      <c r="A1017" s="1"/>
+      <c r="B1017" s="1"/>
+      <c r="C1017" s="1"/>
+      <c r="D1017" s="1"/>
+      <c r="E1017" s="1"/>
+      <c r="F1017" s="1"/>
+      <c r="G1017" s="1"/>
+      <c r="H1017" s="1"/>
+      <c r="I1017" s="1"/>
+      <c r="J1017" s="1"/>
+      <c r="K1017" s="1"/>
+    </row>
+    <row r="1018" spans="1:11">
+      <c r="A1018" s="1"/>
+      <c r="B1018" s="1"/>
+      <c r="C1018" s="1"/>
+      <c r="D1018" s="1"/>
+      <c r="E1018" s="1"/>
+      <c r="F1018" s="1"/>
+      <c r="G1018" s="1"/>
+      <c r="H1018" s="1"/>
+      <c r="I1018" s="1"/>
+      <c r="J1018" s="1"/>
+      <c r="K1018" s="1"/>
+    </row>
+    <row r="1019" spans="1:11">
+      <c r="A1019" s="1"/>
+      <c r="B1019" s="1"/>
+      <c r="C1019" s="1"/>
+      <c r="D1019" s="1"/>
+      <c r="E1019" s="1"/>
+      <c r="F1019" s="1"/>
+      <c r="G1019" s="1"/>
+      <c r="H1019" s="1"/>
+      <c r="I1019" s="1"/>
+      <c r="J1019" s="1"/>
+      <c r="K1019" s="1"/>
+    </row>
+    <row r="1020" spans="1:11">
+      <c r="A1020" s="1"/>
+      <c r="B1020" s="1"/>
+      <c r="C1020" s="1"/>
+      <c r="D1020" s="1"/>
+      <c r="E1020" s="1"/>
+      <c r="F1020" s="1"/>
+      <c r="G1020" s="1"/>
+      <c r="H1020" s="1"/>
+      <c r="I1020" s="1"/>
+      <c r="J1020" s="1"/>
+      <c r="K1020" s="1"/>
+    </row>
+    <row r="1021" spans="1:11">
+      <c r="A1021" s="1"/>
+      <c r="B1021" s="1"/>
+      <c r="C1021" s="1"/>
+      <c r="D1021" s="1"/>
+      <c r="E1021" s="1"/>
+      <c r="F1021" s="1"/>
+      <c r="G1021" s="1"/>
+      <c r="H1021" s="1"/>
+      <c r="I1021" s="1"/>
+      <c r="J1021" s="1"/>
+      <c r="K1021" s="1"/>
+    </row>
+    <row r="1022" spans="1:11">
+      <c r="A1022" s="1"/>
+      <c r="B1022" s="1"/>
+      <c r="C1022" s="1"/>
+      <c r="D1022" s="1"/>
+      <c r="E1022" s="1"/>
+      <c r="F1022" s="1"/>
+      <c r="G1022" s="1"/>
+      <c r="H1022" s="1"/>
+      <c r="I1022" s="1"/>
+      <c r="J1022" s="1"/>
+      <c r="K1022" s="1"/>
+    </row>
+    <row r="1023" spans="1:11">
+      <c r="A1023" s="1"/>
+      <c r="B1023" s="1"/>
+      <c r="C1023" s="1"/>
+      <c r="D1023" s="1"/>
+      <c r="E1023" s="1"/>
+      <c r="F1023" s="1"/>
+      <c r="G1023" s="1"/>
+      <c r="H1023" s="1"/>
+      <c r="I1023" s="1"/>
+      <c r="J1023" s="1"/>
+      <c r="K1023" s="1"/>
+    </row>
+    <row r="1024" spans="1:11">
+      <c r="A1024" s="1"/>
+      <c r="B1024" s="1"/>
+      <c r="C1024" s="1"/>
+      <c r="D1024" s="1"/>
+      <c r="E1024" s="1"/>
+      <c r="F1024" s="1"/>
+      <c r="G1024" s="1"/>
+      <c r="H1024" s="1"/>
+      <c r="I1024" s="1"/>
+      <c r="J1024" s="1"/>
+      <c r="K1024" s="1"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="H5:H6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="D1:I3"/>
+    <mergeCell ref="A1:C3"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="I5:I6"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="F5:F6"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{695D9780-C30A-4698-B8F4-76C31C50600C}">
+          <x14:formula1>
+            <xm:f>'Procesos y Estado'!$D$2:$D$4</xm:f>
+          </x14:formula1>
+          <xm:sqref>I7</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{54B694B6-FD47-45AE-A2D2-3E856898D5D3}">
+          <x14:formula1>
+            <xm:f>'Procesos y Estado'!$B$2:$B$20</xm:f>
+          </x14:formula1>
+          <xm:sqref>H7</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A45A53B-D661-4696-9359-86010DC5995F}">
+  <dimension ref="B1:F20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C24" sqref="C24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <cols>
+    <col min="2" max="2" width="82.28515625" customWidth="1"/>
+    <col min="3" max="3" width="24.7109375" customWidth="1"/>
+    <col min="4" max="4" width="15.28515625" customWidth="1"/>
+    <col min="6" max="6" width="19.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:6" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B2" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:6" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="B3" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
         <v>3</v>
       </c>
-      <c r="F4" s="5" t="s">
+    </row>
+    <row r="4" spans="2:6" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="B4" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="4" t="s">
-[...126 lines deleted...]
-      <c r="A9" s="8" t="s">
+    </row>
+    <row r="5" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B5" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="73" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="9" t="s">
+    </row>
+    <row r="6" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B6" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="E9" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="10" t="s">
+    </row>
+    <row r="7" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B7" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="G9" s="9" t="s">
+    </row>
+    <row r="8" spans="2:6" ht="27.75" customHeight="1">
+      <c r="B8" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="H9" s="13"/>
-[...4 lines deleted...]
-      <c r="A10" s="8" t="s">
+    </row>
+    <row r="9" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B9" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="B10" s="73" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="9" t="s">
+    </row>
+    <row r="10" spans="2:6" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="B10" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="10" t="s">
+    </row>
+    <row r="11" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B11" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="G10" s="9" t="s">
+    </row>
+    <row r="12" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B12" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="H10" s="13"/>
-[...4 lines deleted...]
-      <c r="A11" s="8" t="s">
+    </row>
+    <row r="13" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B13" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="B11" s="53" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="9" t="s">
+    </row>
+    <row r="14" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B14" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="E11" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="10" t="s">
+    </row>
+    <row r="15" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B15" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="G11" s="9" t="s">
+    </row>
+    <row r="16" spans="2:6" ht="20.100000000000001" customHeight="1">
+      <c r="B16" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="H11" s="13"/>
-[...30 lines deleted...]
-      <c r="A13" s="52" t="s">
+    </row>
+    <row r="17" spans="2:2" ht="20.100000000000001" customHeight="1">
+      <c r="B17" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B13" s="73" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="53" t="s">
+    </row>
+    <row r="18" spans="2:2" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="B18" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="E13" s="53" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="54" t="s">
+    </row>
+    <row r="19" spans="2:2" ht="20.100000000000001" customHeight="1">
+      <c r="B19" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="G13" s="53" t="s">
+    </row>
+    <row r="20" spans="2:2" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="B20" s="21" t="s">
         <v>41</v>
       </c>
-      <c r="H13" s="55"/>
-[...10969 lines deleted...]
-      <c r="J447" s="50"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:G369" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-[...364 lines deleted...]
-  </oleObjects>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Rangos con nombre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>PROPUESTA</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Control de Cambios</vt:lpstr>
+      <vt:lpstr>NORMOGRAMA</vt:lpstr>
+      <vt:lpstr>GENERAL Y MISIONAL </vt:lpstr>
+      <vt:lpstr>Procesos y Estado</vt:lpstr>
+      <vt:lpstr>NORMOGRAMA!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>gcalidad</dc:creator>
+  <dc:creator>Ana Raquel Blanco Sotelo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>