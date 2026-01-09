--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -8,60 +8,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://invias-my.sharepoint.com/personal/lbejarano_invias_gov_co/Documents/Documentos/FUNCIONAL 2025/2 SEGUIMIENTO AGOSTO A DICIEMBRE/NORMOGRAMA/2025I-VBOG-036195/versiones finales fr 6 y fr7/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Luis\Desktop\INVIAS\2025\NORMOGRAMA\2025I-VBOG-094376\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C6646159-2185-4C63-BF2B-F5F328207AB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6293CEF-DFC3-4427-99DE-4A765ABEE2C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{710E2835-8871-4C1F-AEFC-3BF78A9D3D47}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{710E2835-8871-4C1F-AEFC-3BF78A9D3D47}"/>
   </bookViews>
   <sheets>
     <sheet name="Control de Cambios" sheetId="4" r:id="rId1"/>
     <sheet name="NORMOGRAMA" sheetId="6" r:id="rId2"/>
     <sheet name="GENERAL Y MISIONAL " sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="Procesos y Estado" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">NORMOGRAMA!$A$1:$I$216</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -141,51 +141,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ivon Yanneth Veloza Rios:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Descripción corta de la norma</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1548" uniqueCount="651">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1551" uniqueCount="654">
   <si>
     <t xml:space="preserve">No </t>
   </si>
   <si>
     <t>TIPO DE NORMA</t>
   </si>
   <si>
     <t>ENLACE DE CONSULTA</t>
   </si>
   <si>
     <t xml:space="preserve">SUSTANCIAL </t>
   </si>
   <si>
     <t xml:space="preserve">NO SUSTANCIAL </t>
   </si>
   <si>
     <t>PROCESOS INVOLUCRADOS</t>
   </si>
   <si>
     <t xml:space="preserve">ESTADO </t>
   </si>
   <si>
     <t xml:space="preserve">ENLACE DE CONSULTA </t>
   </si>
   <si>
@@ -2190,100 +2190,102 @@
   </si>
   <si>
     <t>Por medio de la cual se delegan unas funciones a las Direcciones Territoriales, y se adiciona el numeral 20 Artículo Quinto de la Resolución No. 3309 de 29 de octubre de 2021, la cual fue adicionada por el artículo tercero de la Resolución No. 3429 de 5 de noviembre de 2021, a su vez adicionado por la Resolución 4609 de 16 de diciembre de 2023.</t>
   </si>
   <si>
     <t>31 de diciembre de 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Por medio de la cual se  reglamenta el tramite de  de la peticiones, quejas y reclamos y denuncias  - PQRD- en el  Instituto  Nacional de Vias  - INVIAS  y se establecen otras disposiciones </t>
   </si>
   <si>
     <t>https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19059-res-6258-tramite-pqrd</t>
   </si>
   <si>
     <t>29 de febrero de 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Por medio de la cual se modifica  una disposición  del manual  de contratación del Invias  y se delega una función  </t>
   </si>
   <si>
     <t>26 de dciembre  de 2023</t>
   </si>
   <si>
     <t>“Por medio de la cual se adiciona el numeral 8 al parágrafo primero del artículo primero de la Resolución 3202 de 21 de octubre de 2021”</t>
   </si>
+  <si>
+    <t xml:space="preserve">Luis Felipe Bejarano Bustos / Profesional Dirección Jurídica </t>
+  </si>
+  <si>
+    <t>Se actualiza la estructura del normograma y se verifica e incorpora información conforme a  los lineamientos establecidos en la Política de Mejora Normativa del Modelo Integrado de Planeación y Gestión -MIPG, los dispuesto en el numeral 5.1.3 del procedimiento EDEP-PR-10 versión 5, y lo estipulado en el numeral 2.4.1 del anexo 2 “Estándares de Publicación y divulgación información” de la Resolución 1519 de 2020 del Ministerio de Tecnologías de la Información y las Comunicaciones.</t>
+  </si>
+  <si>
+    <t>Versión inicial formalización del formato en el Sistema de Gestión de la Entidad, a través del aplicativo KAWAK.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/yyyy"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
@@ -2341,103 +2343,108 @@
     </font>
     <font>
       <sz val="8"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="11">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB0DD7F"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFD85B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7030A0"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -2678,305 +2685,311 @@
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="78">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="9" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...67 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{593ADCA1-AC80-F1C0-16CD-E9C5D3248FD9}"/>
             </a:ext>
           </a:extLst>
@@ -3464,6489 +3477,6497 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14062-resolucion-1019-del-24-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcaldiabogota.gov.co/sisjur/normas/Norma1.jsp?i=72620&amp;dt=S" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10644-resolucion-1778-del-10-de-agosto-de-2020" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/5948-resolucion-1528-del-23-de-mayo-de-2017" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14577-resolucion-5143-de-30-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13263-resolucion-2335-del-7-de-julio-del-2022/file" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15373-anexo-1-resolucion-1704-del-24-de-mayo-de-2023-manual-especifico-de-funciones-y-competencias-laborales" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17315-resolucion-1789-del-23-de-mayo-de-2024/file" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13930-resolucion-3684-del-24-de-noviembre-de-2021/file" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/994-resolucion-003482-del-15-de-agosto-de-2007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/servicios-al-ciudadano/normatividad/resoluciones-circulares-otros/3937-resolucion-4806-de-julio-15-de-2015" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13844-resolucion-3648-del-29-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10584-circular-externa-4-del-27-de-julio-de-2020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020/file" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13326-resolucion-2418-de-14-de-julio-del-2022/file" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15656-resolucion-2597-del-31-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9020-resolucion-01935-del-24-de-mayo-de-2019" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04456-del-25-de-septiembre-de-2007" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14592-resolucion-37-del-10-de-enero-de-2023/file" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8852-resolucion-01363-del-2-marzo-de-2016" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15302-resolucion-1704-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/17311-resolucion-33-del-12-de-enero-de-2024/file" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19059-res-6258-tramite-pqrd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/991-resolucion-000743-del-04-de-marzo-de-2009/file" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14285-resolucion-4442-de-25-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/5397-resolucion-9337-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020/file" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14902-resolucion-17-del-6-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13329-resolucion-2451-del-15-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16305-resolucion-4080-del-14-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9873-circular-externa-001-del-15-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerlatam.com/wp-content/uploads/2020/10/Resolucion-No.-20203040015885-de-15-10-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/145-resolucion-no-1101" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8853-resolucion-01364-del-2-marzo-de-2016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14314-resolucion-4561-29-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15342-resolucion-1856-del-2-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/guia-de-manejo-ambiental-de-proyectos/972-guia-de-manejo-ambiental-subsector-maritimo-y-fluvial/file" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/990-resolucion-000744-del-04-de-marzo-de-2009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12506-resolucion-376-del-28-de-enero-de-2022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6034-resolucion-4592-del-21-de-junio-de-2017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11032-resolucion-3001-del-30-de-noviembre-de-2020/file" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12866-resolucion-1524-del-6-de-mayo-de-2022/file" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14809-resolucion-826-del-7-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11109-circular-externa-5-del-13-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13498-resolucion-2849-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16626-resolucion-4614-del-15-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/servicios-al-ciudadano/proyectos-invias/615-resolucion-de-la-politica-ambiental-3000-de-junio-5-de-1998/file" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9379-resolucion-1147-del-23-de-febrero-de-2016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-04050-del-22-de-junio-de-2018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9144-resolucion-2005-del-03-de-mayo-de-2019" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14337-resolucion-4580-de-30-de-noviembre-de-2022/file" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10183-resolucion-1168-del-20-de-mayo-de-2020" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9857-resolucion-7150-del-30-de-diciembre-de-2019" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15394-resolucion-1862-del-5-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/1067-resolucion-n-004100-de-2004-1/file" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12504-resolucion-350-del-28-de-enero-de-2022" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17722-resolucion-2922-del-16-de-julio-de-2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3664-resolucion-no-001219-del-4-mayo-de-2015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/989-resolucion-000803-del-06-de-marzo-de-2009/file" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12710-resolucion-1129-del-30-de-marzo-de-2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/documentos-tecnicos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-0630-del-14-de-noviembre-de-2008" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11509-resolucion-1074-del-22-de-abril-de-2021/file" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13495-resolucion-2844-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14709-resolucion-550-del-15-de-febrero-de-2023" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15499-resolucion-2239-del-30-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11240-circular-externa-1-del-13-de-enero-de-2021/file" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/2230-resolucion-1376-del-26-de-mayo-de-2014?format=html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9582-resolucion-5471-del-8-de-octubre-de-2019" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11111-resolucion-3168-del-14-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13317-resolucion-2413-del-13-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14915-resolucion-877-del-10-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/14985-resolucion-1107-del-29-de-marzo-de-2023" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16785-resolucion-4740-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17033-resolucion-970-del-2-de-abril-de-2024-capitulo-2-supervision-de-contratos-y-convenios" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10088-circular-externa-1-del-23-de-marzo-de-2020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9380-resolucion-1413-del-3-de-marzo-de-2016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13255-resolucion-2323-del-7-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mintransporte.gov.co/documentos/29/manuales-de-senalizacion-vial/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svrpubindc.imprenta.gov.co/diario/view/diarioficial/consultarDiarios.xhtml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10702-resolucion-1991-del-3-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10317-resolucion-1290-del-5-de-junio-de-2020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15582-resolucion-2384-del-13-de-julio-de-2023" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15829-resolucion-3059-del-1-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3610-resolucion-no-108-del-26-de-enero-de-2015" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17044-resolucion-1011-del-4-de-abril-de-2024/file" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17725-resolucion-2929-del-17-de-julio-de-2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/997-resolucion-n-0024-de-2011/file" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9952-resolucion-263-del-31-de-enero-de-2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13718-resolucion-3292-del-2-de-septiembre-de-2022/file" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/173-resolucion-no-70" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11024-resolucion-2840-del-23-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/3113-resolucion-7169-del-19-de-noviembre-de-2014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/informacion-institucional/51-normatividad-politicas-y-lineamientos/resoluciones-circulares-y-otros-actos/resoluciones" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10867-resolucion-2483-del-19-de-octubre-de-2020/file" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11379-resolucion-513-del-25-de-febrero-de-2021/file" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11521-resolucion-1124-del-27-de-abril-de-2021/file" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13431-resolucion-2719-del-26-de-julio-de-2022/file" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14916-resolucion-898-del-14-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15141-resolucion-1315-del-20-de-abril-de-2023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15475-resolucion-2198-del-27-de-junio-de-2023" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16784-resolucion-4742-del-21-de-diciembre-de-2023" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10123-circular-externa-2-del-13-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minambiente.gov.co/documento-normativa/resolucion-1258-de-2018/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15808-resolucion-2720-del-10-de-agosto-de-2023" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-09324-del-30-de-diciembre-de-2016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-08130-del-31-de-diciembre-de-2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros?limit=20&amp;limitstart=240" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12594-resolucion-744-del-3-de-marzo-de-2022/file" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16238-resolucion-3990-del-2-de-noviembre-de-2023" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/1088-resolucion-n-2566-2567-del-16-de-junio-de-2010-1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/19435-resolucion-833-de-21-de-marzo-de-2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/documentos-tecnicos/especificaciones-tecnicas/1019-resolucion-001049-del-11-de-abril-de-2013/file" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9975-resolucion-315-del-6-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9196-resolucion-3273-del-3-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11779-resolucion-1876-del-9-de-julio-de-2021/file" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14817-resolucion-766-del-2-de-marzo-de-2023/file" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9443-resolucion-4551-del-27-de-agosto-de-2019" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15301-resolucion-1701-del-24-de-mayo-de-2023" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16619-resolucion-62-del-15-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/477-resolucion-n-03662-del-13-de-agosto-de-2007-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/8553-resolucion-0359-del-30-de-enero-de-2019" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14381-resolucion-4745-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/normatividad/470-resolucion-n-03807-del-24-de-julio-de-2019" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12998-resolucion-1505-del-4-de-mayo-de-2022/file" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16136-resolucion-3479-del-2-de-octubre-de-2023" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17044-resolucion-1011-del-4-de-abril-de-2024/file" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13030-resolucion-1911-del-3-de-junio-de-2022" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros/1823-resolucion-0003767-del-26-de-septiembre-de-2013" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9988-resolucion-405-del-13-de-febrero-de-2020" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13496-resolucion-2846-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11200-resolucion-3455-del-29-de-diciembre-de-2020/file" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10704-resolucion-1978-del-2-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14594-resolucion-43-del-10-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15299-anexo-1-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16630-resolucion-94-del-18-de-enero-de-2024" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suin-juriscol.gov.co/viewDocument.asp?id=1341294" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/6567-resolucion-00130-del-13-de-enero-de-2014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10116-resolucion-916-del-7-de-abril-de-2020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/9442-resolucion-4615-del-29-de-agosto-de-2019" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14354-resolucion-4648-de-2-de-diciembre-del-2022/file" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13156-resolucion-2119-del-22-de-junio-de-2022/file" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15970-resolucion-3198-del-13-de-septiembre-de-2023" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12594-resolucion-744-del-3-de-marzo-de-2022" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/20104-resolucion-2361-del-27-de-junio-de-2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/3610-resolucion-no-108-del-26-de-enero-de-2015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/archivo-y-documentos/bibilioteca-virtual/resoluciones-circulares-y-otros" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13497-resolucion-2845-del-3-de-agosto-de-2022/file" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14610-resolucion-111-de-16-de-enero-de-2023" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15300-anexo-2-de-la-resolucion-1701-del-24-de-mayo-de-2023-dependencias-y-grupos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/17376-resolucion-2017-del-5-de-junio-de-2024/file" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/11453-resolucion-738-del-19-de-marzo-de-2021/file" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10736-resolucion-2091-del-15-de-septiembre-de-2020/file" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.secretariasenado.gov.co/senado/basedoc/decreto_1292_2021.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/10891-resolucion-2654-del-4-de-noviembre-de-2020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/12550-resolucion-555-del-17-de-febrero-de-2022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/14385-resolucion-4754-de-07-de-diciembre-de-2022/file" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/13195-resolucion-2232-del-28-de-junio-de-2022/file" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/15831-resolucion-3081-del-4-de-septiembre-de-2023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB451068-0171-4767-BF6E-2CDCD267EC01}">
   <dimension ref="A1:F26"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A9" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G5" sqref="G5"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.28515625" customWidth="1"/>
     <col min="3" max="3" width="24" customWidth="1"/>
-    <col min="4" max="4" width="54.28515625" customWidth="1"/>
+    <col min="4" max="4" width="56.140625" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="29.25" customHeight="1">
-      <c r="A1" s="42"/>
-[...1 lines deleted...]
-      <c r="C1" s="30" t="s">
+      <c r="A1" s="63"/>
+      <c r="B1" s="63"/>
+      <c r="C1" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="D1" s="31"/>
+      <c r="D1" s="54"/>
       <c r="E1" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="24" customHeight="1">
-      <c r="A2" s="42"/>
-[...2 lines deleted...]
-      <c r="D2" s="33"/>
+      <c r="A2" s="63"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="56"/>
       <c r="E2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="31.5" customHeight="1">
-      <c r="A3" s="42"/>
-[...2 lines deleted...]
-      <c r="D3" s="35"/>
+      <c r="A3" s="63"/>
+      <c r="B3" s="63"/>
+      <c r="C3" s="57"/>
+      <c r="D3" s="58"/>
       <c r="E3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="24" customHeight="1">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="36" t="s">
+      <c r="B6" s="59" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="39"/>
-      <c r="D6" s="8" t="s">
+      <c r="C6" s="62"/>
+      <c r="D6" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="36" t="s">
+      <c r="E6" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="F6" s="36"/>
-[...7 lines deleted...]
-      <c r="F7" s="38"/>
+      <c r="F6" s="59"/>
+    </row>
+    <row r="7" spans="1:6" ht="134.25" customHeight="1">
+      <c r="A7" s="48">
+        <v>45974</v>
+      </c>
+      <c r="B7" s="60" t="s">
+        <v>653</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="49" t="s">
+        <v>652</v>
+      </c>
+      <c r="E7" s="60" t="s">
+        <v>651</v>
+      </c>
+      <c r="F7" s="61"/>
     </row>
     <row r="8" spans="1:6" ht="30" customHeight="1">
-      <c r="A8" s="9"/>
-[...4 lines deleted...]
-      <c r="F8" s="38"/>
+      <c r="A8" s="7"/>
+      <c r="B8" s="64"/>
+      <c r="C8" s="65"/>
+      <c r="D8" s="8"/>
+      <c r="E8" s="66"/>
+      <c r="F8" s="67"/>
     </row>
     <row r="9" spans="1:6" ht="30" customHeight="1">
-      <c r="A9" s="9"/>
-[...4 lines deleted...]
-      <c r="F9" s="38"/>
+      <c r="A9" s="7"/>
+      <c r="B9" s="64"/>
+      <c r="C9" s="65"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="66"/>
+      <c r="F9" s="67"/>
     </row>
     <row r="10" spans="1:6" ht="30" customHeight="1">
-      <c r="A10" s="9"/>
-[...4 lines deleted...]
-      <c r="F10" s="38"/>
+      <c r="A10" s="7"/>
+      <c r="B10" s="64"/>
+      <c r="C10" s="65"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="66"/>
+      <c r="F10" s="67"/>
     </row>
     <row r="11" spans="1:6" ht="30" customHeight="1">
-      <c r="A11" s="9"/>
-[...4 lines deleted...]
-      <c r="F11" s="38"/>
+      <c r="A11" s="7"/>
+      <c r="B11" s="64"/>
+      <c r="C11" s="65"/>
+      <c r="D11" s="8"/>
+      <c r="E11" s="66"/>
+      <c r="F11" s="67"/>
     </row>
     <row r="12" spans="1:6" ht="30" customHeight="1">
-      <c r="A12" s="9"/>
-[...4 lines deleted...]
-      <c r="F12" s="38"/>
+      <c r="A12" s="7"/>
+      <c r="B12" s="64"/>
+      <c r="C12" s="65"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="66"/>
+      <c r="F12" s="67"/>
     </row>
     <row r="13" spans="1:6" ht="30" customHeight="1">
-      <c r="A13" s="9"/>
-[...4 lines deleted...]
-      <c r="F13" s="38"/>
+      <c r="A13" s="7"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="65"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="66"/>
+      <c r="F13" s="67"/>
     </row>
     <row r="14" spans="1:6" ht="30" customHeight="1">
-      <c r="A14" s="9"/>
-[...4 lines deleted...]
-      <c r="F14" s="38"/>
+      <c r="A14" s="7"/>
+      <c r="B14" s="64"/>
+      <c r="C14" s="65"/>
+      <c r="D14" s="8"/>
+      <c r="E14" s="66"/>
+      <c r="F14" s="67"/>
     </row>
     <row r="15" spans="1:6" ht="30" customHeight="1">
-      <c r="A15" s="9"/>
-[...4 lines deleted...]
-      <c r="F15" s="38"/>
+      <c r="A15" s="7"/>
+      <c r="B15" s="64"/>
+      <c r="C15" s="65"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="66"/>
+      <c r="F15" s="67"/>
     </row>
     <row r="16" spans="1:6" ht="30" customHeight="1">
-      <c r="A16" s="9"/>
-[...4 lines deleted...]
-      <c r="F16" s="38"/>
+      <c r="A16" s="7"/>
+      <c r="B16" s="64"/>
+      <c r="C16" s="65"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="66"/>
+      <c r="F16" s="67"/>
     </row>
     <row r="17" spans="1:6" ht="30" customHeight="1">
-      <c r="A17" s="9"/>
-[...4 lines deleted...]
-      <c r="F17" s="38"/>
+      <c r="A17" s="7"/>
+      <c r="B17" s="64"/>
+      <c r="C17" s="65"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="66"/>
+      <c r="F17" s="67"/>
     </row>
     <row r="18" spans="1:6" ht="30" customHeight="1">
-      <c r="A18" s="9"/>
-[...4 lines deleted...]
-      <c r="F18" s="38"/>
+      <c r="A18" s="7"/>
+      <c r="B18" s="64"/>
+      <c r="C18" s="65"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="66"/>
+      <c r="F18" s="67"/>
     </row>
     <row r="19" spans="1:6" ht="30" customHeight="1">
-      <c r="A19" s="9"/>
-[...4 lines deleted...]
-      <c r="F19" s="38"/>
+      <c r="A19" s="7"/>
+      <c r="B19" s="64"/>
+      <c r="C19" s="65"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="66"/>
+      <c r="F19" s="67"/>
     </row>
     <row r="20" spans="1:6" ht="30" customHeight="1">
-      <c r="A20" s="9"/>
-[...4 lines deleted...]
-      <c r="F20" s="38"/>
+      <c r="A20" s="7"/>
+      <c r="B20" s="64"/>
+      <c r="C20" s="65"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="66"/>
+      <c r="F20" s="67"/>
     </row>
     <row r="21" spans="1:6" ht="30" customHeight="1">
-      <c r="A21" s="9"/>
-[...4 lines deleted...]
-      <c r="F21" s="38"/>
+      <c r="A21" s="7"/>
+      <c r="B21" s="64"/>
+      <c r="C21" s="65"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="66"/>
+      <c r="F21" s="67"/>
     </row>
     <row r="22" spans="1:6" ht="30" customHeight="1">
-      <c r="A22" s="9"/>
-[...4 lines deleted...]
-      <c r="F22" s="38"/>
+      <c r="A22" s="7"/>
+      <c r="B22" s="64"/>
+      <c r="C22" s="65"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="66"/>
+      <c r="F22" s="67"/>
     </row>
     <row r="23" spans="1:6" ht="30" customHeight="1">
-      <c r="A23" s="9"/>
-[...4 lines deleted...]
-      <c r="F23" s="38"/>
+      <c r="A23" s="7"/>
+      <c r="B23" s="64"/>
+      <c r="C23" s="65"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="66"/>
+      <c r="F23" s="67"/>
     </row>
     <row r="24" spans="1:6" ht="30" customHeight="1">
-      <c r="A24" s="9"/>
-[...4 lines deleted...]
-      <c r="F24" s="38"/>
+      <c r="A24" s="7"/>
+      <c r="B24" s="64"/>
+      <c r="C24" s="65"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="66"/>
+      <c r="F24" s="67"/>
     </row>
     <row r="25" spans="1:6" ht="30" customHeight="1">
-      <c r="A25" s="9"/>
-[...4 lines deleted...]
-      <c r="F25" s="38"/>
+      <c r="A25" s="7"/>
+      <c r="B25" s="64"/>
+      <c r="C25" s="65"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="66"/>
+      <c r="F25" s="67"/>
     </row>
     <row r="26" spans="1:6" ht="30" customHeight="1">
-      <c r="A26" s="9"/>
-[...4 lines deleted...]
-      <c r="F26" s="38"/>
+      <c r="A26" s="7"/>
+      <c r="B26" s="64"/>
+      <c r="C26" s="65"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="66"/>
+      <c r="F26" s="67"/>
     </row>
   </sheetData>
   <mergeCells count="44">
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="E17:F17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="C1:D3"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="A1:B3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="64" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F5E93E2A-5868-4AA5-B255-4F65EE424850}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I216"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:C3"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="35.42578125" customWidth="1"/>
     <col min="6" max="6" width="40" customWidth="1"/>
     <col min="7" max="7" width="26.28515625" customWidth="1"/>
-    <col min="8" max="8" width="27.42578125" customWidth="1"/>
+    <col min="8" max="8" width="23.28515625" customWidth="1"/>
     <col min="9" max="9" width="55.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18" customHeight="1">
-      <c r="A1" s="42"/>
-[...2 lines deleted...]
-      <c r="D1" s="30" t="s">
+      <c r="A1" s="63"/>
+      <c r="B1" s="63"/>
+      <c r="C1" s="63"/>
+      <c r="D1" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="E1" s="43"/>
-[...1 lines deleted...]
-      <c r="G1" s="31"/>
+      <c r="E1" s="68"/>
+      <c r="F1" s="68"/>
+      <c r="G1" s="54"/>
       <c r="H1" s="3" t="s">
         <v>16</v>
       </c>
       <c r="I1" s="5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="23.25" customHeight="1">
-      <c r="A2" s="42"/>
-[...5 lines deleted...]
-      <c r="G2" s="33"/>
+      <c r="A2" s="63"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="69"/>
+      <c r="F2" s="69"/>
+      <c r="G2" s="56"/>
       <c r="H2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="26.25" customHeight="1">
-      <c r="A3" s="42"/>
-[...5 lines deleted...]
-      <c r="G3" s="35"/>
+      <c r="A3" s="63"/>
+      <c r="B3" s="63"/>
+      <c r="C3" s="63"/>
+      <c r="D3" s="57"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="58"/>
       <c r="H3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15.75" thickBot="1"/>
     <row r="5" spans="1:9" ht="39.75" customHeight="1" thickBot="1">
-      <c r="A5" s="24" t="s">
+      <c r="A5" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="25" t="s">
+      <c r="B5" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="50" t="s">
         <v>43</v>
       </c>
-      <c r="D5" s="27" t="s">
+      <c r="D5" s="51" t="s">
         <v>10</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="E5" s="50" t="s">
         <v>57</v>
       </c>
-      <c r="F5" s="25" t="s">
+      <c r="F5" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="G5" s="28" t="s">
+      <c r="G5" s="50" t="s">
         <v>48</v>
       </c>
-      <c r="H5" s="25" t="s">
+      <c r="H5" s="50" t="s">
         <v>58</v>
       </c>
-      <c r="I5" s="29" t="s">
+      <c r="I5" s="52" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="115.5">
-      <c r="A6" s="53">
+    <row r="6" spans="1:9" ht="99">
+      <c r="A6" s="23">
         <v>1</v>
       </c>
-      <c r="B6" s="54" t="s">
+      <c r="B6" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="C6" s="55">
+      <c r="C6" s="25">
         <v>1735</v>
       </c>
-      <c r="D6" s="54" t="s">
+      <c r="D6" s="24" t="s">
         <v>61</v>
       </c>
-      <c r="E6" s="55" t="s">
+      <c r="E6" s="25" t="s">
         <v>62</v>
       </c>
-      <c r="F6" s="55" t="s">
+      <c r="F6" s="25" t="s">
         <v>63</v>
       </c>
-      <c r="G6" s="55" t="s">
+      <c r="G6" s="25" t="s">
         <v>64</v>
       </c>
-      <c r="H6" s="56" t="s">
+      <c r="H6" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="I6" s="57" t="s">
+      <c r="I6" s="27" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="82.5">
-      <c r="A7" s="58">
+    <row r="7" spans="1:9" ht="66">
+      <c r="A7" s="28">
         <v>2</v>
       </c>
-      <c r="B7" s="54" t="s">
+      <c r="B7" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="C7" s="55">
+      <c r="C7" s="25">
         <v>2618</v>
       </c>
-      <c r="D7" s="54" t="s">
+      <c r="D7" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="E7" s="55" t="s">
+      <c r="E7" s="25" t="s">
         <v>62</v>
       </c>
-      <c r="F7" s="55" t="s">
+      <c r="F7" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="G7" s="55" t="s">
+      <c r="G7" s="25" t="s">
         <v>64</v>
       </c>
-      <c r="H7" s="55" t="s">
+      <c r="H7" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="I7" s="57" t="s">
+      <c r="I7" s="27" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="49.5">
-      <c r="A8" s="58">
+      <c r="A8" s="28">
         <v>3</v>
       </c>
-      <c r="B8" s="54" t="s">
+      <c r="B8" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="C8" s="59">
+      <c r="C8" s="29">
         <v>1292</v>
       </c>
-      <c r="D8" s="60" t="s">
+      <c r="D8" s="30" t="s">
         <v>71</v>
       </c>
-      <c r="E8" s="59" t="s">
+      <c r="E8" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="F8" s="59" t="s">
+      <c r="F8" s="29" t="s">
         <v>73</v>
       </c>
-      <c r="G8" s="59" t="s">
+      <c r="G8" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H8" s="59" t="s">
+      <c r="H8" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I8" s="61" t="s">
+      <c r="I8" s="31" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="66">
-      <c r="A9" s="58">
+      <c r="A9" s="28">
         <v>4</v>
       </c>
-      <c r="B9" s="58" t="s">
+      <c r="B9" s="28" t="s">
         <v>60</v>
       </c>
-      <c r="C9" s="59">
+      <c r="C9" s="29">
         <v>1293</v>
       </c>
-      <c r="D9" s="60" t="s">
+      <c r="D9" s="30" t="s">
         <v>76</v>
       </c>
-      <c r="E9" s="59" t="s">
+      <c r="E9" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="F9" s="59" t="s">
+      <c r="F9" s="29" t="s">
         <v>77</v>
       </c>
-      <c r="G9" s="59" t="s">
+      <c r="G9" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H9" s="59" t="s">
+      <c r="H9" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I9" s="61" t="s">
+      <c r="I9" s="31" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="82.5">
-      <c r="A10" s="62">
+    <row r="10" spans="1:9" ht="66">
+      <c r="A10" s="32">
         <v>5</v>
       </c>
-      <c r="B10" s="58" t="s">
+      <c r="B10" s="28" t="s">
         <v>79</v>
       </c>
-      <c r="C10" s="59">
+      <c r="C10" s="29">
         <v>1</v>
       </c>
-      <c r="D10" s="60" t="s">
+      <c r="D10" s="30" t="s">
         <v>80</v>
       </c>
-      <c r="E10" s="59" t="s">
+      <c r="E10" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F10" s="59" t="s">
+      <c r="F10" s="29" t="s">
         <v>82</v>
       </c>
-      <c r="G10" s="59" t="s">
+      <c r="G10" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H10" s="59" t="s">
+      <c r="H10" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I10" s="61" t="s">
+      <c r="I10" s="31" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="231">
-      <c r="A11" s="62">
+    <row r="11" spans="1:9" ht="214.5">
+      <c r="A11" s="32">
         <v>6</v>
       </c>
-      <c r="B11" s="58" t="s">
+      <c r="B11" s="28" t="s">
         <v>79</v>
       </c>
-      <c r="C11" s="59">
+      <c r="C11" s="29">
         <v>1</v>
       </c>
-      <c r="D11" s="60" t="s">
+      <c r="D11" s="30" t="s">
         <v>85</v>
       </c>
-      <c r="E11" s="59" t="s">
+      <c r="E11" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F11" s="59" t="s">
+      <c r="F11" s="29" t="s">
         <v>86</v>
       </c>
-      <c r="G11" s="59" t="s">
+      <c r="G11" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H11" s="59" t="s">
+      <c r="H11" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I11" s="61" t="s">
+      <c r="I11" s="31" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="231">
-      <c r="A12" s="58">
+    <row r="12" spans="1:9" ht="198">
+      <c r="A12" s="28">
         <v>7</v>
       </c>
-      <c r="B12" s="58" t="s">
+      <c r="B12" s="28" t="s">
         <v>79</v>
       </c>
-      <c r="C12" s="59">
+      <c r="C12" s="29">
         <v>3</v>
       </c>
-      <c r="D12" s="60" t="s">
+      <c r="D12" s="30" t="s">
         <v>88</v>
       </c>
-      <c r="E12" s="59" t="s">
+      <c r="E12" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F12" s="59" t="s">
+      <c r="F12" s="29" t="s">
         <v>89</v>
       </c>
-      <c r="G12" s="59" t="s">
+      <c r="G12" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H12" s="59" t="s">
+      <c r="H12" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I12" s="61" t="s">
+      <c r="I12" s="31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="66">
-      <c r="A13" s="58">
+      <c r="A13" s="28">
         <v>8</v>
       </c>
-      <c r="B13" s="58" t="s">
+      <c r="B13" s="28" t="s">
         <v>79</v>
       </c>
-      <c r="C13" s="59">
+      <c r="C13" s="29">
         <v>4</v>
       </c>
-      <c r="D13" s="60" t="s">
+      <c r="D13" s="30" t="s">
         <v>91</v>
       </c>
-      <c r="E13" s="59" t="s">
+      <c r="E13" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F13" s="59" t="s">
+      <c r="F13" s="29" t="s">
         <v>92</v>
       </c>
-      <c r="G13" s="59" t="s">
+      <c r="G13" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H13" s="59" t="s">
+      <c r="H13" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I13" s="61" t="s">
+      <c r="I13" s="31" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="165">
-      <c r="A14" s="58">
+    <row r="14" spans="1:9" ht="132">
+      <c r="A14" s="28">
         <v>9</v>
       </c>
-      <c r="B14" s="58" t="s">
+      <c r="B14" s="28" t="s">
         <v>79</v>
       </c>
-      <c r="C14" s="59">
+      <c r="C14" s="29">
         <v>5</v>
       </c>
-      <c r="D14" s="60" t="s">
+      <c r="D14" s="30" t="s">
         <v>94</v>
       </c>
-      <c r="E14" s="59" t="s">
+      <c r="E14" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F14" s="59" t="s">
+      <c r="F14" s="29" t="s">
         <v>95</v>
       </c>
-      <c r="G14" s="59" t="s">
+      <c r="G14" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H14" s="59" t="s">
+      <c r="H14" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I14" s="61" t="s">
+      <c r="I14" s="31" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="99">
-      <c r="A15" s="58">
+    <row r="15" spans="1:9" ht="66">
+      <c r="A15" s="28">
         <v>10</v>
       </c>
-      <c r="B15" s="58" t="s">
+      <c r="B15" s="28" t="s">
         <v>79</v>
       </c>
-      <c r="C15" s="59">
+      <c r="C15" s="29">
         <v>1</v>
       </c>
-      <c r="D15" s="60" t="s">
+      <c r="D15" s="30" t="s">
         <v>97</v>
       </c>
-      <c r="E15" s="59" t="s">
+      <c r="E15" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F15" s="59" t="s">
+      <c r="F15" s="29" t="s">
         <v>98</v>
       </c>
-      <c r="G15" s="59" t="s">
+      <c r="G15" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H15" s="59" t="s">
+      <c r="H15" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I15" s="61" t="s">
+      <c r="I15" s="31" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="148.5">
-      <c r="A16" s="58">
+    <row r="16" spans="1:9" ht="115.5">
+      <c r="A16" s="28">
         <v>11</v>
       </c>
-      <c r="B16" s="58" t="s">
+      <c r="B16" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C16" s="59">
+      <c r="C16" s="29">
         <v>1258</v>
       </c>
-      <c r="D16" s="60" t="s">
+      <c r="D16" s="30" t="s">
         <v>101</v>
       </c>
-      <c r="E16" s="59" t="s">
+      <c r="E16" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="F16" s="59" t="s">
+      <c r="F16" s="29" t="s">
         <v>103</v>
       </c>
-      <c r="G16" s="59" t="s">
+      <c r="G16" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="H16" s="59" t="s">
+      <c r="H16" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I16" s="61" t="s">
+      <c r="I16" s="31" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="17" spans="1:9" ht="82.5">
-      <c r="A17" s="58">
+    <row r="17" spans="1:9" ht="66">
+      <c r="A17" s="28">
         <v>12</v>
       </c>
-      <c r="B17" s="58" t="s">
+      <c r="B17" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="59">
+      <c r="C17" s="29">
         <v>70</v>
       </c>
-      <c r="D17" s="60" t="s">
+      <c r="D17" s="30" t="s">
         <v>105</v>
       </c>
-      <c r="E17" s="59" t="s">
+      <c r="E17" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F17" s="59" t="s">
+      <c r="F17" s="29" t="s">
         <v>107</v>
       </c>
-      <c r="G17" s="59" t="s">
+      <c r="G17" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H17" s="59" t="s">
+      <c r="H17" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I17" s="63" t="s">
+      <c r="I17" s="33" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="18" spans="1:9" ht="90">
-      <c r="A18" s="58">
+    <row r="18" spans="1:9" ht="66">
+      <c r="A18" s="28">
         <v>13</v>
       </c>
-      <c r="B18" s="58" t="s">
+      <c r="B18" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C18" s="59">
+      <c r="C18" s="29">
         <v>3482</v>
       </c>
-      <c r="D18" s="60" t="s">
+      <c r="D18" s="30" t="s">
         <v>109</v>
       </c>
-      <c r="E18" s="59" t="s">
+      <c r="E18" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="F18" s="59" t="s">
+      <c r="F18" s="29" t="s">
         <v>110</v>
       </c>
-      <c r="G18" s="59" t="s">
+      <c r="G18" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H18" s="59" t="s">
+      <c r="H18" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I18" s="63" t="s">
+      <c r="I18" s="33" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="19" spans="1:9" ht="90">
-      <c r="A19" s="58">
+    <row r="19" spans="1:9" ht="66">
+      <c r="A19" s="28">
         <v>14</v>
       </c>
-      <c r="B19" s="58" t="s">
+      <c r="B19" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C19" s="59">
+      <c r="C19" s="29">
         <v>743</v>
       </c>
-      <c r="D19" s="60" t="s">
+      <c r="D19" s="30" t="s">
         <v>112</v>
       </c>
-      <c r="E19" s="59" t="s">
+      <c r="E19" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="F19" s="59" t="s">
+      <c r="F19" s="29" t="s">
         <v>113</v>
       </c>
-      <c r="G19" s="59" t="s">
+      <c r="G19" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H19" s="59" t="s">
+      <c r="H19" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I19" s="63" t="s">
+      <c r="I19" s="33" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="90">
-      <c r="A20" s="58">
+    <row r="20" spans="1:9" ht="66">
+      <c r="A20" s="28">
         <v>15</v>
       </c>
-      <c r="B20" s="58" t="s">
+      <c r="B20" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C20" s="59">
+      <c r="C20" s="29">
         <v>744</v>
       </c>
-      <c r="D20" s="60" t="s">
+      <c r="D20" s="30" t="s">
         <v>112</v>
       </c>
-      <c r="E20" s="59" t="s">
+      <c r="E20" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="F20" s="59" t="s">
+      <c r="F20" s="29" t="s">
         <v>115</v>
       </c>
-      <c r="G20" s="59" t="s">
+      <c r="G20" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H20" s="59" t="s">
+      <c r="H20" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I20" s="61" t="s">
+      <c r="I20" s="31" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="90">
-      <c r="A21" s="58">
+    <row r="21" spans="1:9" ht="66">
+      <c r="A21" s="28">
         <v>16</v>
       </c>
-      <c r="B21" s="58" t="s">
+      <c r="B21" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C21" s="59">
+      <c r="C21" s="29">
         <v>803</v>
       </c>
-      <c r="D21" s="60" t="s">
+      <c r="D21" s="30" t="s">
         <v>117</v>
       </c>
-      <c r="E21" s="59" t="s">
+      <c r="E21" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="F21" s="59" t="s">
+      <c r="F21" s="29" t="s">
         <v>118</v>
       </c>
-      <c r="G21" s="59" t="s">
+      <c r="G21" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H21" s="59" t="s">
+      <c r="H21" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I21" s="63" t="s">
+      <c r="I21" s="33" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="90">
-      <c r="A22" s="58">
+    <row r="22" spans="1:9" ht="66">
+      <c r="A22" s="28">
         <v>17</v>
       </c>
-      <c r="B22" s="58" t="s">
+      <c r="B22" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C22" s="59">
+      <c r="C22" s="29">
         <v>24</v>
       </c>
-      <c r="D22" s="60" t="s">
+      <c r="D22" s="30" t="s">
         <v>120</v>
       </c>
-      <c r="E22" s="59" t="s">
+      <c r="E22" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F22" s="59" t="s">
+      <c r="F22" s="29" t="s">
         <v>121</v>
       </c>
-      <c r="G22" s="59" t="s">
+      <c r="G22" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H22" s="59" t="s">
+      <c r="H22" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I22" s="61" t="s">
+      <c r="I22" s="31" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="23" spans="1:9" ht="90">
-      <c r="A23" s="58">
+    <row r="23" spans="1:9" ht="66">
+      <c r="A23" s="28">
         <v>18</v>
       </c>
-      <c r="B23" s="58" t="s">
+      <c r="B23" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C23" s="59">
+      <c r="C23" s="29">
         <v>1049</v>
       </c>
-      <c r="D23" s="60" t="s">
+      <c r="D23" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="E23" s="59" t="s">
+      <c r="E23" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F23" s="59" t="s">
+      <c r="F23" s="29" t="s">
         <v>124</v>
       </c>
-      <c r="G23" s="59" t="s">
+      <c r="G23" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H23" s="59" t="s">
+      <c r="H23" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I23" s="61" t="s">
+      <c r="I23" s="31" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="24" spans="1:9" ht="99">
-      <c r="A24" s="58">
+    <row r="24" spans="1:9" ht="82.5">
+      <c r="A24" s="28">
         <v>19</v>
       </c>
-      <c r="B24" s="58" t="s">
+      <c r="B24" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C24" s="59">
+      <c r="C24" s="29">
         <v>3767</v>
       </c>
-      <c r="D24" s="60" t="s">
+      <c r="D24" s="30" t="s">
         <v>126</v>
       </c>
-      <c r="E24" s="59" t="s">
+      <c r="E24" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F24" s="59" t="s">
+      <c r="F24" s="29" t="s">
         <v>127</v>
       </c>
-      <c r="G24" s="59" t="s">
+      <c r="G24" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H24" s="59" t="s">
+      <c r="H24" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I24" s="63" t="s">
+      <c r="I24" s="33" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="25" spans="1:9" ht="94.5">
-      <c r="A25" s="58">
+    <row r="25" spans="1:9" ht="78">
+      <c r="A25" s="28">
         <v>20</v>
       </c>
-      <c r="B25" s="58" t="s">
+      <c r="B25" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C25" s="59">
+      <c r="C25" s="29">
         <v>108</v>
       </c>
-      <c r="D25" s="60" t="s">
+      <c r="D25" s="30" t="s">
         <v>129</v>
       </c>
-      <c r="E25" s="59" t="s">
+      <c r="E25" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F25" s="59" t="s">
+      <c r="F25" s="29" t="s">
         <v>130</v>
       </c>
-      <c r="G25" s="59" t="s">
+      <c r="G25" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H25" s="59" t="s">
+      <c r="H25" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I25" s="63" t="s">
+      <c r="I25" s="33" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="26" spans="1:9" ht="231">
-      <c r="A26" s="58">
+    <row r="26" spans="1:9" ht="181.5">
+      <c r="A26" s="28">
         <v>21</v>
       </c>
-      <c r="B26" s="58" t="s">
+      <c r="B26" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C26" s="59">
+      <c r="C26" s="29">
         <v>1219</v>
       </c>
-      <c r="D26" s="60" t="s">
+      <c r="D26" s="30" t="s">
         <v>132</v>
       </c>
-      <c r="E26" s="59" t="s">
+      <c r="E26" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F26" s="59" t="s">
+      <c r="F26" s="29" t="s">
         <v>133</v>
       </c>
-      <c r="G26" s="59" t="s">
+      <c r="G26" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H26" s="59" t="s">
+      <c r="H26" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I26" s="63" t="s">
+      <c r="I26" s="33" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="27" spans="1:9" ht="99">
-      <c r="A27" s="58">
+    <row r="27" spans="1:9" ht="82.5">
+      <c r="A27" s="28">
         <v>22</v>
       </c>
-      <c r="B27" s="58" t="s">
+      <c r="B27" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C27" s="59">
+      <c r="C27" s="29">
         <v>1885</v>
       </c>
-      <c r="D27" s="60" t="s">
+      <c r="D27" s="30" t="s">
         <v>135</v>
       </c>
-      <c r="E27" s="59" t="s">
+      <c r="E27" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F27" s="59" t="s">
+      <c r="F27" s="29" t="s">
         <v>136</v>
       </c>
-      <c r="G27" s="59" t="s">
+      <c r="G27" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H27" s="59" t="s">
+      <c r="H27" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I27" s="61" t="s">
+      <c r="I27" s="31" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="66">
-      <c r="A28" s="58">
+      <c r="A28" s="28">
         <v>23</v>
       </c>
-      <c r="B28" s="58" t="s">
+      <c r="B28" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C28" s="59">
+      <c r="C28" s="29">
         <v>4401</v>
       </c>
-      <c r="D28" s="60" t="s">
+      <c r="D28" s="30" t="s">
         <v>138</v>
       </c>
-      <c r="E28" s="59" t="s">
+      <c r="E28" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F28" s="59" t="s">
+      <c r="F28" s="29" t="s">
         <v>139</v>
       </c>
-      <c r="G28" s="59" t="s">
+      <c r="G28" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H28" s="59" t="s">
+      <c r="H28" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I28" s="63" t="s">
+      <c r="I28" s="33" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="29" spans="1:9" ht="99">
-      <c r="A29" s="58">
+    <row r="29" spans="1:9" ht="82.5">
+      <c r="A29" s="28">
         <v>24</v>
       </c>
-      <c r="B29" s="58" t="s">
+      <c r="B29" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C29" s="59">
+      <c r="C29" s="29">
         <v>1935</v>
       </c>
-      <c r="D29" s="60" t="s">
+      <c r="D29" s="30" t="s">
         <v>141</v>
       </c>
-      <c r="E29" s="59" t="s">
+      <c r="E29" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F29" s="59" t="s">
+      <c r="F29" s="29" t="s">
         <v>142</v>
       </c>
-      <c r="G29" s="59" t="s">
+      <c r="G29" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H29" s="59" t="s">
+      <c r="H29" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I29" s="63" t="s">
+      <c r="I29" s="33" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="82.5">
-      <c r="A30" s="58">
+      <c r="A30" s="28">
         <v>25</v>
       </c>
-      <c r="B30" s="58" t="s">
+      <c r="B30" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C30" s="64">
+      <c r="C30" s="34">
         <v>20203040015885</v>
       </c>
-      <c r="D30" s="60" t="s">
+      <c r="D30" s="30" t="s">
         <v>144</v>
       </c>
-      <c r="E30" s="59" t="s">
+      <c r="E30" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="F30" s="59" t="s">
+      <c r="F30" s="29" t="s">
         <v>145</v>
       </c>
-      <c r="G30" s="59" t="s">
+      <c r="G30" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H30" s="59" t="s">
+      <c r="H30" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I30" s="61" t="s">
+      <c r="I30" s="31" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="90">
-      <c r="A31" s="58">
+    <row r="31" spans="1:9" ht="66">
+      <c r="A31" s="28">
         <v>26</v>
       </c>
-      <c r="B31" s="65" t="s">
+      <c r="B31" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C31" s="55">
+      <c r="C31" s="25">
         <v>3000</v>
       </c>
-      <c r="D31" s="54" t="s">
+      <c r="D31" s="24" t="s">
         <v>147</v>
       </c>
-      <c r="E31" s="55" t="s">
+      <c r="E31" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F31" s="55" t="s">
+      <c r="F31" s="25" t="s">
         <v>148</v>
       </c>
-      <c r="G31" s="59" t="s">
+      <c r="G31" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H31" s="55" t="s">
+      <c r="H31" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I31" s="57" t="s">
+      <c r="I31" s="27" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="32" spans="1:9" ht="115.5">
-      <c r="A32" s="58">
+    <row r="32" spans="1:9" ht="82.5">
+      <c r="A32" s="28">
         <v>27</v>
       </c>
-      <c r="B32" s="65" t="s">
+      <c r="B32" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C32" s="55">
+      <c r="C32" s="25">
         <v>1101</v>
       </c>
-      <c r="D32" s="54" t="s">
+      <c r="D32" s="24" t="s">
         <v>150</v>
       </c>
-      <c r="E32" s="55" t="s">
+      <c r="E32" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F32" s="55" t="s">
+      <c r="F32" s="25" t="s">
         <v>151</v>
       </c>
-      <c r="G32" s="55" t="s">
+      <c r="G32" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H32" s="55" t="s">
+      <c r="H32" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I32" s="57" t="s">
+      <c r="I32" s="27" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="33" spans="1:9" ht="132">
-      <c r="A33" s="58">
+    <row r="33" spans="1:9" ht="115.5">
+      <c r="A33" s="28">
         <v>28</v>
       </c>
-      <c r="B33" s="65" t="s">
+      <c r="B33" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C33" s="55">
+      <c r="C33" s="25">
         <v>3662</v>
       </c>
-      <c r="D33" s="54" t="s">
+      <c r="D33" s="24" t="s">
         <v>153</v>
       </c>
-      <c r="E33" s="55" t="s">
+      <c r="E33" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F33" s="55" t="s">
+      <c r="F33" s="25" t="s">
         <v>154</v>
       </c>
-      <c r="G33" s="55" t="s">
+      <c r="G33" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H33" s="55" t="s">
+      <c r="H33" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I33" s="57" t="s">
+      <c r="I33" s="27" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="34" spans="1:9" ht="115.5">
-      <c r="A34" s="58">
+    <row r="34" spans="1:9" ht="99">
+      <c r="A34" s="28">
         <v>29</v>
       </c>
-      <c r="B34" s="65" t="s">
+      <c r="B34" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="55">
+      <c r="C34" s="25">
         <v>4456</v>
       </c>
-      <c r="D34" s="54" t="s">
+      <c r="D34" s="24" t="s">
         <v>156</v>
       </c>
-      <c r="E34" s="55" t="s">
+      <c r="E34" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F34" s="55" t="s">
+      <c r="F34" s="25" t="s">
         <v>157</v>
       </c>
-      <c r="G34" s="55" t="s">
+      <c r="G34" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H34" s="55" t="s">
+      <c r="H34" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I34" s="57" t="s">
+      <c r="I34" s="27" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="99">
-      <c r="A35" s="58">
+      <c r="A35" s="28">
         <v>30</v>
       </c>
-      <c r="B35" s="65" t="s">
+      <c r="B35" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C35" s="55">
+      <c r="C35" s="25">
         <v>630</v>
       </c>
-      <c r="D35" s="54" t="s">
+      <c r="D35" s="24" t="s">
         <v>160</v>
       </c>
-      <c r="E35" s="55" t="s">
+      <c r="E35" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F35" s="55" t="s">
+      <c r="F35" s="25" t="s">
         <v>161</v>
       </c>
-      <c r="G35" s="55" t="s">
+      <c r="G35" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H35" s="55" t="s">
+      <c r="H35" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I35" s="57" t="s">
+      <c r="I35" s="27" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="36" spans="1:9" ht="60">
-      <c r="A36" s="58">
+    <row r="36" spans="1:9" ht="49.5">
+      <c r="A36" s="28">
         <v>31</v>
       </c>
-      <c r="B36" s="65" t="s">
+      <c r="B36" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C36" s="55">
+      <c r="C36" s="25">
         <v>130</v>
       </c>
-      <c r="D36" s="54" t="s">
+      <c r="D36" s="24" t="s">
         <v>164</v>
       </c>
-      <c r="E36" s="55" t="s">
+      <c r="E36" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F36" s="55" t="s">
+      <c r="F36" s="25" t="s">
         <v>165</v>
       </c>
-      <c r="G36" s="55" t="s">
+      <c r="G36" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="H36" s="55" t="s">
+      <c r="H36" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I36" s="57" t="s">
+      <c r="I36" s="27" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="37" spans="1:9" ht="75">
-      <c r="A37" s="58">
+    <row r="37" spans="1:9" ht="66">
+      <c r="A37" s="28">
         <v>32</v>
       </c>
-      <c r="B37" s="65" t="s">
+      <c r="B37" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C37" s="55">
+      <c r="C37" s="25">
         <v>221</v>
       </c>
-      <c r="D37" s="54" t="s">
+      <c r="D37" s="24" t="s">
         <v>168</v>
       </c>
-      <c r="E37" s="55" t="s">
+      <c r="E37" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F37" s="55" t="s">
+      <c r="F37" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="G37" s="55" t="s">
+      <c r="G37" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="H37" s="55" t="s">
+      <c r="H37" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I37" s="57" t="s">
+      <c r="I37" s="27" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="38" spans="1:9" ht="90">
-      <c r="A38" s="58">
+    <row r="38" spans="1:9" ht="82.5">
+      <c r="A38" s="28">
         <v>33</v>
       </c>
-      <c r="B38" s="65" t="s">
+      <c r="B38" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C38" s="55">
+      <c r="C38" s="25">
         <v>1376</v>
       </c>
-      <c r="D38" s="54" t="s">
+      <c r="D38" s="24" t="s">
         <v>172</v>
       </c>
-      <c r="E38" s="55" t="s">
+      <c r="E38" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F38" s="55" t="s">
+      <c r="F38" s="25" t="s">
         <v>173</v>
       </c>
-      <c r="G38" s="55" t="s">
+      <c r="G38" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H38" s="55" t="s">
+      <c r="H38" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I38" s="57" t="s">
+      <c r="I38" s="27" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="39" spans="1:9" ht="90">
-      <c r="A39" s="58">
+    <row r="39" spans="1:9" ht="66">
+      <c r="A39" s="28">
         <v>34</v>
       </c>
-      <c r="B39" s="65" t="s">
+      <c r="B39" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C39" s="55">
+      <c r="C39" s="25">
         <v>7169</v>
       </c>
-      <c r="D39" s="54" t="s">
+      <c r="D39" s="24" t="s">
         <v>175</v>
       </c>
-      <c r="E39" s="55" t="s">
+      <c r="E39" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F39" s="55" t="s">
+      <c r="F39" s="25" t="s">
         <v>176</v>
       </c>
-      <c r="G39" s="55" t="s">
+      <c r="G39" s="25" t="s">
         <v>35</v>
       </c>
-      <c r="H39" s="55" t="s">
+      <c r="H39" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I39" s="57" t="s">
+      <c r="I39" s="27" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="40" spans="1:9" ht="181.5">
-      <c r="A40" s="58">
+    <row r="40" spans="1:9" ht="148.5">
+      <c r="A40" s="28">
         <v>35</v>
       </c>
-      <c r="B40" s="65" t="s">
+      <c r="B40" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C40" s="55">
+      <c r="C40" s="25">
         <v>2747</v>
       </c>
-      <c r="D40" s="54" t="s">
+      <c r="D40" s="24" t="s">
         <v>178</v>
       </c>
-      <c r="E40" s="55" t="s">
+      <c r="E40" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F40" s="55" t="s">
+      <c r="F40" s="25" t="s">
         <v>179</v>
       </c>
-      <c r="G40" s="55" t="s">
+      <c r="G40" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H40" s="55" t="s">
+      <c r="H40" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I40" s="57" t="s">
+      <c r="I40" s="27" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="99">
-      <c r="A41" s="58">
+      <c r="A41" s="28">
         <v>36</v>
       </c>
-      <c r="B41" s="65" t="s">
+      <c r="B41" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C41" s="55">
+      <c r="C41" s="25">
         <v>4806</v>
       </c>
-      <c r="D41" s="54" t="s">
+      <c r="D41" s="24" t="s">
         <v>181</v>
       </c>
-      <c r="E41" s="55" t="s">
+      <c r="E41" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F41" s="55" t="s">
+      <c r="F41" s="25" t="s">
         <v>182</v>
       </c>
-      <c r="G41" s="55" t="s">
+      <c r="G41" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H41" s="55" t="s">
+      <c r="H41" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I41" s="57" t="s">
+      <c r="I41" s="27" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="42" spans="1:9" ht="214.5">
-      <c r="A42" s="58">
+    <row r="42" spans="1:9" ht="181.5">
+      <c r="A42" s="28">
         <v>37</v>
       </c>
-      <c r="B42" s="65" t="s">
+      <c r="B42" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C42" s="55">
+      <c r="C42" s="25">
         <v>7310</v>
       </c>
-      <c r="D42" s="54" t="s">
+      <c r="D42" s="24" t="s">
         <v>184</v>
       </c>
-      <c r="E42" s="55" t="s">
+      <c r="E42" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F42" s="55" t="s">
+      <c r="F42" s="25" t="s">
         <v>185</v>
       </c>
-      <c r="G42" s="55" t="s">
+      <c r="G42" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H42" s="55" t="s">
+      <c r="H42" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I42" s="57" t="s">
+      <c r="I42" s="27" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="43" spans="1:9" ht="132">
-      <c r="A43" s="58">
+    <row r="43" spans="1:9" ht="115.5">
+      <c r="A43" s="28">
         <v>38</v>
       </c>
-      <c r="B43" s="65" t="s">
+      <c r="B43" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C43" s="55">
+      <c r="C43" s="25">
         <v>1147</v>
       </c>
-      <c r="D43" s="54" t="s">
+      <c r="D43" s="24" t="s">
         <v>186</v>
       </c>
-      <c r="E43" s="55" t="s">
+      <c r="E43" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F43" s="55" t="s">
+      <c r="F43" s="25" t="s">
         <v>187</v>
       </c>
-      <c r="G43" s="55" t="s">
+      <c r="G43" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H43" s="55" t="s">
+      <c r="H43" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I43" s="57" t="s">
+      <c r="I43" s="27" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="44" spans="1:9" ht="99">
-      <c r="A44" s="58">
+    <row r="44" spans="1:9" ht="82.5">
+      <c r="A44" s="28">
         <v>39</v>
       </c>
-      <c r="B44" s="65" t="s">
+      <c r="B44" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C44" s="55">
+      <c r="C44" s="25">
         <v>1363</v>
       </c>
-      <c r="D44" s="54" t="s">
+      <c r="D44" s="24" t="s">
         <v>189</v>
       </c>
-      <c r="E44" s="55" t="s">
+      <c r="E44" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F44" s="55" t="s">
+      <c r="F44" s="25" t="s">
         <v>190</v>
       </c>
-      <c r="G44" s="55" t="s">
+      <c r="G44" s="25" t="s">
         <v>191</v>
       </c>
-      <c r="H44" s="55" t="s">
+      <c r="H44" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I44" s="57" t="s">
+      <c r="I44" s="27" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="45" spans="1:9" ht="99">
-      <c r="A45" s="58">
+    <row r="45" spans="1:9" ht="66">
+      <c r="A45" s="28">
         <v>40</v>
       </c>
-      <c r="B45" s="65" t="s">
+      <c r="B45" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C45" s="55">
+      <c r="C45" s="25">
         <v>1364</v>
       </c>
-      <c r="D45" s="54" t="s">
+      <c r="D45" s="24" t="s">
         <v>189</v>
       </c>
-      <c r="E45" s="55" t="s">
+      <c r="E45" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F45" s="55" t="s">
+      <c r="F45" s="25" t="s">
         <v>193</v>
       </c>
-      <c r="G45" s="55" t="s">
+      <c r="G45" s="25" t="s">
         <v>191</v>
       </c>
-      <c r="H45" s="55" t="s">
+      <c r="H45" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I45" s="57" t="s">
+      <c r="I45" s="27" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="46" spans="1:9" ht="132">
-      <c r="A46" s="58">
+    <row r="46" spans="1:9" ht="115.5">
+      <c r="A46" s="28">
         <v>41</v>
       </c>
-      <c r="B46" s="65" t="s">
+      <c r="B46" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C46" s="55">
+      <c r="C46" s="25">
         <v>1413</v>
       </c>
-      <c r="D46" s="54" t="s">
+      <c r="D46" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="E46" s="55" t="s">
+      <c r="E46" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F46" s="55" t="s">
+      <c r="F46" s="25" t="s">
         <v>187</v>
       </c>
-      <c r="G46" s="55" t="s">
+      <c r="G46" s="25" t="s">
         <v>196</v>
       </c>
-      <c r="H46" s="55" t="s">
+      <c r="H46" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I46" s="57" t="s">
+      <c r="I46" s="27" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="47" spans="1:9" ht="75">
-      <c r="A47" s="58">
+    <row r="47" spans="1:9" ht="49.5">
+      <c r="A47" s="28">
         <v>42</v>
       </c>
-      <c r="B47" s="65" t="s">
+      <c r="B47" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C47" s="55">
+      <c r="C47" s="25">
         <v>9324</v>
       </c>
-      <c r="D47" s="54" t="s">
+      <c r="D47" s="24" t="s">
         <v>198</v>
       </c>
-      <c r="E47" s="55" t="s">
+      <c r="E47" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F47" s="55" t="s">
+      <c r="F47" s="25" t="s">
         <v>199</v>
       </c>
-      <c r="G47" s="55" t="s">
+      <c r="G47" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H47" s="55" t="s">
+      <c r="H47" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I47" s="57" t="s">
+      <c r="I47" s="27" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="66">
-      <c r="A48" s="58">
+      <c r="A48" s="28">
         <v>43</v>
       </c>
-      <c r="B48" s="65" t="s">
+      <c r="B48" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C48" s="55">
+      <c r="C48" s="25">
         <v>9337</v>
       </c>
-      <c r="D48" s="54" t="s">
+      <c r="D48" s="24" t="s">
         <v>198</v>
       </c>
-      <c r="E48" s="55" t="s">
+      <c r="E48" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F48" s="55" t="s">
+      <c r="F48" s="25" t="s">
         <v>201</v>
       </c>
-      <c r="G48" s="55" t="s">
+      <c r="G48" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H48" s="55" t="s">
+      <c r="H48" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I48" s="57" t="s">
+      <c r="I48" s="27" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="49" spans="1:9" ht="75">
-      <c r="A49" s="58">
+    <row r="49" spans="1:9" ht="66">
+      <c r="A49" s="28">
         <v>44</v>
       </c>
-      <c r="B49" s="65" t="s">
+      <c r="B49" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C49" s="55">
+      <c r="C49" s="25">
         <v>1528</v>
       </c>
-      <c r="D49" s="54" t="s">
+      <c r="D49" s="24" t="s">
         <v>203</v>
       </c>
-      <c r="E49" s="55" t="s">
+      <c r="E49" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F49" s="55" t="s">
+      <c r="F49" s="25" t="s">
         <v>204</v>
       </c>
-      <c r="G49" s="55" t="s">
+      <c r="G49" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H49" s="55" t="s">
+      <c r="H49" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I49" s="57" t="s">
+      <c r="I49" s="27" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="50" spans="1:9" ht="115.5">
-      <c r="A50" s="58">
+    <row r="50" spans="1:9" ht="82.5">
+      <c r="A50" s="28">
         <v>45</v>
       </c>
-      <c r="B50" s="65" t="s">
+      <c r="B50" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C50" s="55">
+      <c r="C50" s="25">
         <v>4592</v>
       </c>
-      <c r="D50" s="54" t="s">
+      <c r="D50" s="24" t="s">
         <v>206</v>
       </c>
-      <c r="E50" s="55" t="s">
+      <c r="E50" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F50" s="55" t="s">
+      <c r="F50" s="25" t="s">
         <v>207</v>
       </c>
-      <c r="G50" s="55" t="s">
+      <c r="G50" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="H50" s="55" t="s">
+      <c r="H50" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I50" s="57" t="s">
+      <c r="I50" s="27" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="66">
-      <c r="A51" s="58">
+      <c r="A51" s="28">
         <v>46</v>
       </c>
-      <c r="B51" s="65" t="s">
+      <c r="B51" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C51" s="55">
+      <c r="C51" s="25">
         <v>4046</v>
       </c>
-      <c r="D51" s="54" t="s">
+      <c r="D51" s="24" t="s">
         <v>209</v>
       </c>
-      <c r="E51" s="55" t="s">
+      <c r="E51" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F51" s="55" t="s">
+      <c r="F51" s="25" t="s">
         <v>210</v>
       </c>
-      <c r="G51" s="55" t="s">
+      <c r="G51" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H51" s="55" t="s">
+      <c r="H51" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I51" s="57" t="s">
+      <c r="I51" s="27" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="52" spans="1:9" ht="99">
-      <c r="A52" s="58">
+    <row r="52" spans="1:9" ht="82.5">
+      <c r="A52" s="28">
         <v>47</v>
       </c>
-      <c r="B52" s="65" t="s">
+      <c r="B52" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C52" s="55">
+      <c r="C52" s="25">
         <v>4050</v>
       </c>
-      <c r="D52" s="54" t="s">
+      <c r="D52" s="24" t="s">
         <v>209</v>
       </c>
-      <c r="E52" s="55" t="s">
+      <c r="E52" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F52" s="55" t="s">
+      <c r="F52" s="25" t="s">
         <v>212</v>
       </c>
-      <c r="G52" s="55" t="s">
+      <c r="G52" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H52" s="55" t="s">
+      <c r="H52" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I52" s="57" t="s">
+      <c r="I52" s="27" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="53" spans="1:9" ht="60">
-      <c r="A53" s="58">
+    <row r="53" spans="1:9" ht="49.5">
+      <c r="A53" s="28">
         <v>48</v>
       </c>
-      <c r="B53" s="65" t="s">
+      <c r="B53" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C53" s="55">
+      <c r="C53" s="25">
         <v>8121</v>
       </c>
-      <c r="D53" s="54" t="s">
+      <c r="D53" s="24" t="s">
         <v>214</v>
       </c>
-      <c r="E53" s="55" t="s">
+      <c r="E53" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F53" s="55" t="s">
+      <c r="F53" s="25" t="s">
         <v>215</v>
       </c>
-      <c r="G53" s="55" t="s">
+      <c r="G53" s="25" t="s">
         <v>196</v>
       </c>
-      <c r="H53" s="55" t="s">
+      <c r="H53" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I53" s="57" t="s">
+      <c r="I53" s="27" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="66">
-      <c r="A54" s="58">
+      <c r="A54" s="28">
         <v>49</v>
       </c>
-      <c r="B54" s="65" t="s">
+      <c r="B54" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C54" s="55">
+      <c r="C54" s="25">
         <v>8130</v>
       </c>
-      <c r="D54" s="54" t="s">
+      <c r="D54" s="24" t="s">
         <v>214</v>
       </c>
-      <c r="E54" s="55" t="s">
+      <c r="E54" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F54" s="55" t="s">
+      <c r="F54" s="25" t="s">
         <v>217</v>
       </c>
-      <c r="G54" s="55" t="s">
+      <c r="G54" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="H54" s="55" t="s">
+      <c r="H54" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I54" s="57" t="s">
+      <c r="I54" s="27" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="55" spans="1:9" ht="115.5">
-      <c r="A55" s="58">
+    <row r="55" spans="1:9" ht="99">
+      <c r="A55" s="28">
         <v>50</v>
       </c>
-      <c r="B55" s="65" t="s">
+      <c r="B55" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C55" s="55">
+      <c r="C55" s="25">
         <v>359</v>
       </c>
-      <c r="D55" s="54" t="s">
+      <c r="D55" s="24" t="s">
         <v>219</v>
       </c>
-      <c r="E55" s="55" t="s">
+      <c r="E55" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F55" s="55" t="s">
+      <c r="F55" s="25" t="s">
         <v>220</v>
       </c>
-      <c r="G55" s="55" t="s">
+      <c r="G55" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="H55" s="55" t="s">
+      <c r="H55" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I55" s="57" t="s">
+      <c r="I55" s="27" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="56" spans="1:9" ht="115.5">
-      <c r="A56" s="58">
+    <row r="56" spans="1:9" ht="99">
+      <c r="A56" s="28">
         <v>51</v>
       </c>
-      <c r="B56" s="65" t="s">
+      <c r="B56" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C56" s="55">
+      <c r="C56" s="25">
         <v>2005</v>
       </c>
-      <c r="D56" s="54" t="s">
+      <c r="D56" s="24" t="s">
         <v>222</v>
       </c>
-      <c r="E56" s="55" t="s">
+      <c r="E56" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F56" s="55" t="s">
+      <c r="F56" s="25" t="s">
         <v>223</v>
       </c>
-      <c r="G56" s="55" t="s">
+      <c r="G56" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H56" s="55" t="s">
+      <c r="H56" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I56" s="57" t="s">
+      <c r="I56" s="27" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="57" spans="1:9" ht="99">
-      <c r="A57" s="58">
+    <row r="57" spans="1:9" ht="82.5">
+      <c r="A57" s="28">
         <v>52</v>
       </c>
-      <c r="B57" s="65" t="s">
+      <c r="B57" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C57" s="55">
+      <c r="C57" s="25">
         <v>3807</v>
       </c>
-      <c r="D57" s="54" t="s">
+      <c r="D57" s="24" t="s">
         <v>225</v>
       </c>
-      <c r="E57" s="55" t="s">
+      <c r="E57" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F57" s="55" t="s">
+      <c r="F57" s="25" t="s">
         <v>226</v>
       </c>
-      <c r="G57" s="55" t="s">
+      <c r="G57" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H57" s="55" t="s">
+      <c r="H57" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I57" s="57" t="s">
+      <c r="I57" s="27" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="58" spans="1:9" ht="99">
-      <c r="A58" s="58">
+    <row r="58" spans="1:9" ht="82.5">
+      <c r="A58" s="28">
         <v>53</v>
       </c>
-      <c r="B58" s="65" t="s">
+      <c r="B58" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C58" s="55">
+      <c r="C58" s="25">
         <v>7150</v>
       </c>
-      <c r="D58" s="54" t="s">
+      <c r="D58" s="24" t="s">
         <v>228</v>
       </c>
-      <c r="E58" s="55" t="s">
+      <c r="E58" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F58" s="55" t="s">
+      <c r="F58" s="25" t="s">
         <v>229</v>
       </c>
-      <c r="G58" s="55" t="s">
+      <c r="G58" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H58" s="55" t="s">
+      <c r="H58" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I58" s="57" t="s">
+      <c r="I58" s="27" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="82.5">
-      <c r="A59" s="58">
+      <c r="A59" s="28">
         <v>54</v>
       </c>
-      <c r="B59" s="65" t="s">
+      <c r="B59" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C59" s="55">
+      <c r="C59" s="25">
         <v>263</v>
       </c>
-      <c r="D59" s="54" t="s">
+      <c r="D59" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="E59" s="55" t="s">
+      <c r="E59" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F59" s="55" t="s">
+      <c r="F59" s="25" t="s">
         <v>232</v>
       </c>
-      <c r="G59" s="55" t="s">
+      <c r="G59" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H59" s="55" t="s">
+      <c r="H59" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I59" s="57" t="s">
+      <c r="I59" s="27" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="60" spans="1:9" ht="115.5">
-      <c r="A60" s="58">
+    <row r="60" spans="1:9" ht="99">
+      <c r="A60" s="28">
         <v>55</v>
       </c>
-      <c r="B60" s="65" t="s">
+      <c r="B60" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="55">
+      <c r="C60" s="25">
         <v>315</v>
       </c>
-      <c r="D60" s="54" t="s">
+      <c r="D60" s="24" t="s">
         <v>234</v>
       </c>
-      <c r="E60" s="55" t="s">
+      <c r="E60" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F60" s="55" t="s">
+      <c r="F60" s="25" t="s">
         <v>235</v>
       </c>
-      <c r="G60" s="55" t="s">
+      <c r="G60" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H60" s="55" t="s">
+      <c r="H60" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I60" s="57" t="s">
+      <c r="I60" s="27" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="61" spans="1:9" ht="99">
-      <c r="A61" s="58">
+    <row r="61" spans="1:9" ht="82.5">
+      <c r="A61" s="28">
         <v>56</v>
       </c>
-      <c r="B61" s="65" t="s">
+      <c r="B61" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C61" s="55">
+      <c r="C61" s="25">
         <v>405</v>
       </c>
-      <c r="D61" s="54" t="s">
+      <c r="D61" s="24" t="s">
         <v>237</v>
       </c>
-      <c r="E61" s="55" t="s">
+      <c r="E61" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F61" s="55" t="s">
+      <c r="F61" s="25" t="s">
         <v>238</v>
       </c>
-      <c r="G61" s="55" t="s">
+      <c r="G61" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H61" s="55" t="s">
+      <c r="H61" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I61" s="57" t="s">
+      <c r="I61" s="27" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="62" spans="1:9" ht="148.5">
-      <c r="A62" s="58">
+    <row r="62" spans="1:9" ht="132">
+      <c r="A62" s="28">
         <v>57</v>
       </c>
-      <c r="B62" s="65" t="s">
+      <c r="B62" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C62" s="55">
+      <c r="C62" s="25">
         <v>916</v>
       </c>
-      <c r="D62" s="54" t="s">
+      <c r="D62" s="24" t="s">
         <v>240</v>
       </c>
-      <c r="E62" s="55" t="s">
+      <c r="E62" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F62" s="55" t="s">
+      <c r="F62" s="25" t="s">
         <v>241</v>
       </c>
-      <c r="G62" s="55" t="s">
+      <c r="G62" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H62" s="55" t="s">
+      <c r="H62" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I62" s="57" t="s">
+      <c r="I62" s="27" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="82.5">
-      <c r="A63" s="58">
+    <row r="63" spans="1:9" ht="66">
+      <c r="A63" s="28">
         <v>58</v>
       </c>
-      <c r="B63" s="65" t="s">
+      <c r="B63" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C63" s="55">
+      <c r="C63" s="25">
         <v>1168</v>
       </c>
-      <c r="D63" s="54" t="s">
+      <c r="D63" s="24" t="s">
         <v>243</v>
       </c>
-      <c r="E63" s="55" t="s">
+      <c r="E63" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F63" s="55" t="s">
+      <c r="F63" s="25" t="s">
         <v>244</v>
       </c>
-      <c r="G63" s="55" t="s">
+      <c r="G63" s="25" t="s">
         <v>245</v>
       </c>
-      <c r="H63" s="55" t="s">
+      <c r="H63" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I63" s="57" t="s">
+      <c r="I63" s="27" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="64" spans="1:9" ht="132">
-      <c r="A64" s="58">
+    <row r="64" spans="1:9" ht="115.5">
+      <c r="A64" s="28">
         <v>59</v>
       </c>
-      <c r="B64" s="65" t="s">
+      <c r="B64" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C64" s="55">
+      <c r="C64" s="25">
         <v>1290</v>
       </c>
-      <c r="D64" s="54" t="s">
+      <c r="D64" s="24" t="s">
         <v>247</v>
       </c>
-      <c r="E64" s="55" t="s">
+      <c r="E64" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F64" s="55" t="s">
+      <c r="F64" s="25" t="s">
         <v>248</v>
       </c>
-      <c r="G64" s="55" t="s">
+      <c r="G64" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H64" s="55" t="s">
+      <c r="H64" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I64" s="57" t="s">
+      <c r="I64" s="27" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="65" spans="1:9" ht="82.5">
-      <c r="A65" s="58">
+    <row r="65" spans="1:9" ht="66">
+      <c r="A65" s="28">
         <v>60</v>
       </c>
-      <c r="B65" s="65" t="s">
+      <c r="B65" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C65" s="55">
+      <c r="C65" s="25">
         <v>3273</v>
       </c>
-      <c r="D65" s="54" t="s">
+      <c r="D65" s="24" t="s">
         <v>250</v>
       </c>
-      <c r="E65" s="55" t="s">
+      <c r="E65" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F65" s="55" t="s">
+      <c r="F65" s="25" t="s">
         <v>251</v>
       </c>
-      <c r="G65" s="55" t="s">
+      <c r="G65" s="25" t="s">
         <v>252</v>
       </c>
-      <c r="H65" s="55" t="s">
+      <c r="H65" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I65" s="57" t="s">
+      <c r="I65" s="27" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="165">
-      <c r="A66" s="58">
+    <row r="66" spans="1:9" ht="132">
+      <c r="A66" s="28">
         <v>61</v>
       </c>
-      <c r="B66" s="65" t="s">
+      <c r="B66" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C66" s="66" t="s">
+      <c r="C66" s="36" t="s">
         <v>254</v>
       </c>
-      <c r="D66" s="54" t="s">
+      <c r="D66" s="24" t="s">
         <v>255</v>
       </c>
-      <c r="E66" s="55" t="s">
+      <c r="E66" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F66" s="55" t="s">
+      <c r="F66" s="25" t="s">
         <v>256</v>
       </c>
-      <c r="G66" s="55" t="s">
+      <c r="G66" s="25" t="s">
         <v>257</v>
       </c>
-      <c r="H66" s="55" t="s">
+      <c r="H66" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I66" s="55" t="s">
+      <c r="I66" s="25" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="99">
-      <c r="A67" s="58">
+      <c r="A67" s="28">
         <v>62</v>
       </c>
-      <c r="B67" s="65" t="s">
+      <c r="B67" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C67" s="55">
+      <c r="C67" s="25">
         <v>629</v>
       </c>
-      <c r="D67" s="54" t="s">
+      <c r="D67" s="24" t="s">
         <v>259</v>
       </c>
-      <c r="E67" s="55" t="s">
+      <c r="E67" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F67" s="55" t="s">
+      <c r="F67" s="25" t="s">
         <v>260</v>
       </c>
-      <c r="G67" s="55" t="s">
+      <c r="G67" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H67" s="55" t="s">
+      <c r="H67" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I67" s="55" t="s">
+      <c r="I67" s="25" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="68" spans="1:9" ht="115.5">
-      <c r="A68" s="58">
+    <row r="68" spans="1:9" ht="99">
+      <c r="A68" s="28">
         <v>63</v>
       </c>
-      <c r="B68" s="65" t="s">
+      <c r="B68" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C68" s="55">
+      <c r="C68" s="25">
         <v>1178</v>
       </c>
-      <c r="D68" s="54" t="s">
+      <c r="D68" s="24" t="s">
         <v>262</v>
       </c>
-      <c r="E68" s="55" t="s">
+      <c r="E68" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F68" s="55" t="s">
+      <c r="F68" s="25" t="s">
         <v>263</v>
       </c>
-      <c r="G68" s="55" t="s">
+      <c r="G68" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H68" s="55" t="s">
+      <c r="H68" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I68" s="57" t="s">
+      <c r="I68" s="27" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="69" spans="1:9" ht="115.5">
-      <c r="A69" s="58">
+    <row r="69" spans="1:9" ht="99">
+      <c r="A69" s="28">
         <v>64</v>
       </c>
-      <c r="B69" s="65" t="s">
+      <c r="B69" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C69" s="55">
+      <c r="C69" s="25">
         <v>1778</v>
       </c>
-      <c r="D69" s="54" t="s">
+      <c r="D69" s="24" t="s">
         <v>265</v>
       </c>
-      <c r="E69" s="55" t="s">
+      <c r="E69" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F69" s="55" t="s">
+      <c r="F69" s="25" t="s">
         <v>263</v>
       </c>
-      <c r="G69" s="55" t="s">
+      <c r="G69" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H69" s="55" t="s">
+      <c r="H69" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I69" s="57" t="s">
+      <c r="I69" s="27" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="82.5">
-      <c r="A70" s="58">
+    <row r="70" spans="1:9" ht="66">
+      <c r="A70" s="28">
         <v>65</v>
       </c>
-      <c r="B70" s="65" t="s">
+      <c r="B70" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C70" s="55">
+      <c r="C70" s="25">
         <v>4551</v>
       </c>
-      <c r="D70" s="54" t="s">
+      <c r="D70" s="24" t="s">
         <v>267</v>
       </c>
-      <c r="E70" s="55" t="s">
+      <c r="E70" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F70" s="55" t="s">
+      <c r="F70" s="25" t="s">
         <v>268</v>
       </c>
-      <c r="G70" s="55" t="s">
+      <c r="G70" s="25" t="s">
         <v>269</v>
       </c>
-      <c r="H70" s="55" t="s">
+      <c r="H70" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I70" s="57" t="s">
+      <c r="I70" s="27" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="71" spans="1:9" ht="82.5">
-      <c r="A71" s="58">
+    <row r="71" spans="1:9" ht="66">
+      <c r="A71" s="28">
         <v>66</v>
       </c>
-      <c r="B71" s="65" t="s">
+      <c r="B71" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C71" s="55">
+      <c r="C71" s="25">
         <v>4615</v>
       </c>
-      <c r="D71" s="54" t="s">
+      <c r="D71" s="24" t="s">
         <v>271</v>
       </c>
-      <c r="E71" s="55" t="s">
+      <c r="E71" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F71" s="55" t="s">
+      <c r="F71" s="25" t="s">
         <v>272</v>
       </c>
-      <c r="G71" s="55" t="s">
+      <c r="G71" s="25" t="s">
         <v>269</v>
       </c>
-      <c r="H71" s="55" t="s">
+      <c r="H71" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I71" s="57" t="s">
+      <c r="I71" s="27" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="72" spans="1:9" ht="82.5">
-      <c r="A72" s="58">
+    <row r="72" spans="1:9" ht="66">
+      <c r="A72" s="28">
         <v>67</v>
       </c>
-      <c r="B72" s="65" t="s">
+      <c r="B72" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C72" s="55">
+      <c r="C72" s="25">
         <v>1978</v>
       </c>
-      <c r="D72" s="54" t="s">
+      <c r="D72" s="24" t="s">
         <v>274</v>
       </c>
-      <c r="E72" s="55" t="s">
+      <c r="E72" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F72" s="55" t="s">
+      <c r="F72" s="25" t="s">
         <v>275</v>
       </c>
-      <c r="G72" s="55" t="s">
+      <c r="G72" s="25" t="s">
         <v>257</v>
       </c>
-      <c r="H72" s="55" t="s">
+      <c r="H72" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I72" s="57" t="s">
+      <c r="I72" s="27" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="132">
-      <c r="A73" s="58">
+    <row r="73" spans="1:9" ht="115.5">
+      <c r="A73" s="28">
         <v>68</v>
       </c>
-      <c r="B73" s="65" t="s">
+      <c r="B73" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C73" s="55">
+      <c r="C73" s="25">
         <v>1991</v>
       </c>
-      <c r="D73" s="54" t="s">
+      <c r="D73" s="24" t="s">
         <v>277</v>
       </c>
-      <c r="E73" s="55" t="s">
+      <c r="E73" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F73" s="55" t="s">
+      <c r="F73" s="25" t="s">
         <v>278</v>
       </c>
-      <c r="G73" s="55" t="s">
+      <c r="G73" s="25" t="s">
         <v>279</v>
       </c>
-      <c r="H73" s="55" t="s">
+      <c r="H73" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I73" s="57" t="s">
+      <c r="I73" s="27" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="74" spans="1:9" ht="165">
-      <c r="A74" s="58">
+    <row r="74" spans="1:9" ht="132">
+      <c r="A74" s="28">
         <v>69</v>
       </c>
-      <c r="B74" s="65" t="s">
+      <c r="B74" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C74" s="55">
+      <c r="C74" s="25">
         <v>2091</v>
       </c>
-      <c r="D74" s="54" t="s">
+      <c r="D74" s="24" t="s">
         <v>281</v>
       </c>
-      <c r="E74" s="55" t="s">
+      <c r="E74" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F74" s="55" t="s">
+      <c r="F74" s="25" t="s">
         <v>282</v>
       </c>
-      <c r="G74" s="55" t="s">
+      <c r="G74" s="25" t="s">
         <v>279</v>
       </c>
-      <c r="H74" s="55" t="s">
+      <c r="H74" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I74" s="57" t="s">
+      <c r="I74" s="27" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="75" spans="1:9" ht="60">
-      <c r="A75" s="58">
+    <row r="75" spans="1:9" ht="49.5">
+      <c r="A75" s="28">
         <v>70</v>
       </c>
-      <c r="B75" s="65" t="s">
+      <c r="B75" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C75" s="55">
+      <c r="C75" s="25">
         <v>5471</v>
       </c>
-      <c r="D75" s="54" t="s">
+      <c r="D75" s="24" t="s">
         <v>284</v>
       </c>
-      <c r="E75" s="55" t="s">
+      <c r="E75" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F75" s="55" t="s">
+      <c r="F75" s="25" t="s">
         <v>285</v>
       </c>
-      <c r="G75" s="55" t="s">
+      <c r="G75" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H75" s="55" t="s">
+      <c r="H75" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I75" s="57" t="s">
+      <c r="I75" s="27" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="76" spans="1:9" ht="82.5">
-      <c r="A76" s="58">
+    <row r="76" spans="1:9" ht="66">
+      <c r="A76" s="28">
         <v>71</v>
       </c>
-      <c r="B76" s="65" t="s">
+      <c r="B76" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C76" s="55">
+      <c r="C76" s="25">
         <v>24583</v>
       </c>
-      <c r="D76" s="54" t="s">
+      <c r="D76" s="24" t="s">
         <v>287</v>
       </c>
-      <c r="E76" s="55" t="s">
+      <c r="E76" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F76" s="55" t="s">
+      <c r="F76" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="G76" s="55" t="s">
+      <c r="G76" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H76" s="55" t="s">
+      <c r="H76" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I76" s="57" t="s">
+      <c r="I76" s="27" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="77" spans="1:9" ht="115.5">
-      <c r="A77" s="58">
+    <row r="77" spans="1:9" ht="82.5">
+      <c r="A77" s="28">
         <v>72</v>
       </c>
-      <c r="B77" s="65" t="s">
+      <c r="B77" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C77" s="55">
+      <c r="C77" s="25">
         <v>2654</v>
       </c>
-      <c r="D77" s="54" t="s">
+      <c r="D77" s="24" t="s">
         <v>290</v>
       </c>
-      <c r="E77" s="55" t="s">
+      <c r="E77" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F77" s="55" t="s">
+      <c r="F77" s="25" t="s">
         <v>291</v>
       </c>
-      <c r="G77" s="55" t="s">
+      <c r="G77" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H77" s="55" t="s">
+      <c r="H77" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I77" s="57" t="s">
+      <c r="I77" s="27" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="78" spans="1:9" ht="165">
-      <c r="A78" s="58">
+    <row r="78" spans="1:9" ht="132">
+      <c r="A78" s="28">
         <v>73</v>
       </c>
-      <c r="B78" s="65" t="s">
+      <c r="B78" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C78" s="55">
+      <c r="C78" s="25">
         <v>2840</v>
       </c>
-      <c r="D78" s="54" t="s">
+      <c r="D78" s="24" t="s">
         <v>293</v>
       </c>
-      <c r="E78" s="55" t="s">
+      <c r="E78" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F78" s="55" t="s">
+      <c r="F78" s="25" t="s">
         <v>294</v>
       </c>
-      <c r="G78" s="55" t="s">
+      <c r="G78" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="H78" s="55" t="s">
+      <c r="H78" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I78" s="57" t="s">
+      <c r="I78" s="27" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="79" spans="1:9" ht="313.5">
-      <c r="A79" s="58">
+    <row r="79" spans="1:9" ht="264">
+      <c r="A79" s="28">
         <v>74</v>
       </c>
-      <c r="B79" s="65" t="s">
+      <c r="B79" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C79" s="55">
+      <c r="C79" s="25">
         <v>3001</v>
       </c>
-      <c r="D79" s="54" t="s">
+      <c r="D79" s="24" t="s">
         <v>296</v>
       </c>
-      <c r="E79" s="55" t="s">
+      <c r="E79" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F79" s="55" t="s">
+      <c r="F79" s="25" t="s">
         <v>297</v>
       </c>
-      <c r="G79" s="55" t="s">
+      <c r="G79" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H79" s="55" t="s">
+      <c r="H79" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I79" s="57" t="s">
+      <c r="I79" s="27" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="80" spans="1:9" ht="75">
-      <c r="A80" s="58">
+    <row r="80" spans="1:9" ht="66">
+      <c r="A80" s="28">
         <v>75</v>
       </c>
-      <c r="B80" s="65" t="s">
+      <c r="B80" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C80" s="55">
+      <c r="C80" s="25">
         <v>3168</v>
       </c>
-      <c r="D80" s="54" t="s">
+      <c r="D80" s="24" t="s">
         <v>299</v>
       </c>
-      <c r="E80" s="55" t="s">
+      <c r="E80" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F80" s="55" t="s">
+      <c r="F80" s="25" t="s">
         <v>300</v>
       </c>
-      <c r="G80" s="55" t="s">
+      <c r="G80" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="H80" s="55" t="s">
+      <c r="H80" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I80" s="57" t="s">
+      <c r="I80" s="27" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="82.5">
-      <c r="A81" s="58">
+    <row r="81" spans="1:9" ht="66">
+      <c r="A81" s="28">
         <v>76</v>
       </c>
-      <c r="B81" s="65" t="s">
+      <c r="B81" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C81" s="55">
+      <c r="C81" s="25">
         <v>3455</v>
       </c>
-      <c r="D81" s="54" t="s">
+      <c r="D81" s="24" t="s">
         <v>302</v>
       </c>
-      <c r="E81" s="55" t="s">
+      <c r="E81" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F81" s="55" t="s">
+      <c r="F81" s="25" t="s">
         <v>303</v>
       </c>
-      <c r="G81" s="55" t="s">
+      <c r="G81" s="25" t="s">
         <v>279</v>
       </c>
-      <c r="H81" s="55" t="s">
+      <c r="H81" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I81" s="57" t="s">
+      <c r="I81" s="27" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="82" spans="1:9" ht="99">
-      <c r="A82" s="58">
+    <row r="82" spans="1:9" ht="82.5">
+      <c r="A82" s="28">
         <v>77</v>
       </c>
-      <c r="B82" s="65" t="s">
+      <c r="B82" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C82" s="55">
+      <c r="C82" s="25">
         <v>513</v>
       </c>
-      <c r="D82" s="54" t="s">
+      <c r="D82" s="24" t="s">
         <v>305</v>
       </c>
-      <c r="E82" s="55" t="s">
+      <c r="E82" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F82" s="55" t="s">
+      <c r="F82" s="25" t="s">
         <v>306</v>
       </c>
-      <c r="G82" s="55" t="s">
+      <c r="G82" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="H82" s="55" t="s">
+      <c r="H82" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I82" s="57" t="s">
+      <c r="I82" s="27" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="83" spans="1:9" ht="60">
-      <c r="A83" s="58">
+    <row r="83" spans="1:9" ht="49.5">
+      <c r="A83" s="28">
         <v>78</v>
       </c>
-      <c r="B83" s="65" t="s">
+      <c r="B83" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C83" s="55">
+      <c r="C83" s="25">
         <v>738</v>
       </c>
-      <c r="D83" s="54" t="s">
+      <c r="D83" s="24" t="s">
         <v>308</v>
       </c>
-      <c r="E83" s="55" t="s">
+      <c r="E83" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F83" s="55" t="s">
+      <c r="F83" s="25" t="s">
         <v>309</v>
       </c>
-      <c r="G83" s="55" t="s">
+      <c r="G83" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H83" s="55" t="s">
+      <c r="H83" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I83" s="57" t="s">
+      <c r="I83" s="27" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="66">
-      <c r="A84" s="58">
+      <c r="A84" s="28">
         <v>79</v>
       </c>
-      <c r="B84" s="65" t="s">
+      <c r="B84" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C84" s="55">
+      <c r="C84" s="25">
         <v>1074</v>
       </c>
-      <c r="D84" s="54" t="s">
+      <c r="D84" s="24" t="s">
         <v>311</v>
       </c>
-      <c r="E84" s="55" t="s">
+      <c r="E84" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F84" s="55" t="s">
+      <c r="F84" s="25" t="s">
         <v>312</v>
       </c>
-      <c r="G84" s="55" t="s">
+      <c r="G84" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="H84" s="55" t="s">
+      <c r="H84" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I84" s="57" t="s">
+      <c r="I84" s="27" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="82.5">
-      <c r="A85" s="58">
+    <row r="85" spans="1:9" ht="66">
+      <c r="A85" s="28">
         <v>80</v>
       </c>
-      <c r="B85" s="65" t="s">
+      <c r="B85" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C85" s="55">
+      <c r="C85" s="25">
         <v>1124</v>
       </c>
-      <c r="D85" s="54" t="s">
+      <c r="D85" s="24" t="s">
         <v>314</v>
       </c>
-      <c r="E85" s="55" t="s">
+      <c r="E85" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F85" s="55" t="s">
+      <c r="F85" s="25" t="s">
         <v>315</v>
       </c>
-      <c r="G85" s="55" t="s">
+      <c r="G85" s="25" t="s">
         <v>279</v>
       </c>
-      <c r="H85" s="55" t="s">
+      <c r="H85" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I85" s="57" t="s">
+      <c r="I85" s="27" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="86" spans="1:9" ht="82.5">
-      <c r="A86" s="58">
+      <c r="A86" s="28">
         <v>81</v>
       </c>
-      <c r="B86" s="65" t="s">
+      <c r="B86" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C86" s="55">
+      <c r="C86" s="25">
         <v>1876</v>
       </c>
-      <c r="D86" s="54" t="s">
+      <c r="D86" s="24" t="s">
         <v>317</v>
       </c>
-      <c r="E86" s="55" t="s">
+      <c r="E86" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F86" s="55" t="s">
+      <c r="F86" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="G86" s="55" t="s">
+      <c r="G86" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H86" s="55" t="s">
+      <c r="H86" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I86" s="57" t="s">
+      <c r="I86" s="27" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="87" spans="1:9" ht="49.5">
-      <c r="A87" s="58">
+      <c r="A87" s="28">
         <v>82</v>
       </c>
-      <c r="B87" s="65" t="s">
+      <c r="B87" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C87" s="55">
+      <c r="C87" s="25">
         <v>3157</v>
       </c>
-      <c r="D87" s="54" t="s">
+      <c r="D87" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="E87" s="55" t="s">
+      <c r="E87" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F87" s="55" t="s">
+      <c r="F87" s="25" t="s">
         <v>320</v>
       </c>
-      <c r="G87" s="55" t="s">
+      <c r="G87" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H87" s="55" t="s">
+      <c r="H87" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I87" s="57" t="s">
+      <c r="I87" s="27" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="88" spans="1:9" ht="99">
-      <c r="A88" s="58">
+    <row r="88" spans="1:9" ht="82.5">
+      <c r="A88" s="28">
         <v>83</v>
       </c>
-      <c r="B88" s="65" t="s">
+      <c r="B88" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C88" s="55">
+      <c r="C88" s="25">
         <v>3309</v>
       </c>
-      <c r="D88" s="54" t="s">
+      <c r="D88" s="24" t="s">
         <v>322</v>
       </c>
-      <c r="E88" s="55" t="s">
+      <c r="E88" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F88" s="55" t="s">
+      <c r="F88" s="25" t="s">
         <v>323</v>
       </c>
-      <c r="G88" s="55" t="s">
+      <c r="G88" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H88" s="55" t="s">
+      <c r="H88" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I88" s="57" t="s">
+      <c r="I88" s="27" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="89" spans="1:9" ht="99">
-      <c r="A89" s="58">
+    <row r="89" spans="1:9" ht="82.5">
+      <c r="A89" s="28">
         <v>84</v>
       </c>
-      <c r="B89" s="65" t="s">
+      <c r="B89" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C89" s="55">
+      <c r="C89" s="25">
         <v>3343</v>
       </c>
-      <c r="D89" s="54" t="s">
+      <c r="D89" s="24" t="s">
         <v>324</v>
       </c>
-      <c r="E89" s="55" t="s">
+      <c r="E89" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F89" s="55" t="s">
+      <c r="F89" s="25" t="s">
         <v>325</v>
       </c>
-      <c r="G89" s="55" t="s">
+      <c r="G89" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="H89" s="55" t="s">
+      <c r="H89" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I89" s="57" t="s">
+      <c r="I89" s="27" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="90" spans="1:9" ht="66">
-      <c r="A90" s="58">
+      <c r="A90" s="28">
         <v>85</v>
       </c>
-      <c r="B90" s="65" t="s">
+      <c r="B90" s="35" t="s">
         <v>100</v>
       </c>
-      <c r="C90" s="55">
+      <c r="C90" s="25">
         <v>3427</v>
       </c>
-      <c r="D90" s="54" t="s">
+      <c r="D90" s="24" t="s">
         <v>326</v>
       </c>
-      <c r="E90" s="55" t="s">
+      <c r="E90" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="F90" s="55" t="s">
+      <c r="F90" s="25" t="s">
         <v>327</v>
       </c>
-      <c r="G90" s="55" t="s">
+      <c r="G90" s="25" t="s">
         <v>279</v>
       </c>
-      <c r="H90" s="55" t="s">
+      <c r="H90" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="I90" s="57" t="s">
+      <c r="I90" s="27" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="66">
-      <c r="A91" s="58">
+      <c r="A91" s="28">
         <v>86</v>
       </c>
-      <c r="B91" s="58" t="s">
+      <c r="B91" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C91" s="59">
+      <c r="C91" s="29">
         <v>3428</v>
       </c>
-      <c r="D91" s="60" t="s">
+      <c r="D91" s="30" t="s">
         <v>326</v>
       </c>
-      <c r="E91" s="59" t="s">
+      <c r="E91" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F91" s="59" t="s">
+      <c r="F91" s="29" t="s">
         <v>328</v>
       </c>
-      <c r="G91" s="59" t="s">
+      <c r="G91" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H91" s="59" t="s">
+      <c r="H91" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I91" s="61" t="s">
+      <c r="I91" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="92" spans="1:9" ht="82.5">
-      <c r="A92" s="58">
+    <row r="92" spans="1:9" ht="66">
+      <c r="A92" s="28">
         <v>87</v>
       </c>
-      <c r="B92" s="58" t="s">
+      <c r="B92" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C92" s="59">
+      <c r="C92" s="29">
         <v>3429</v>
       </c>
-      <c r="D92" s="60" t="s">
+      <c r="D92" s="30" t="s">
         <v>326</v>
       </c>
-      <c r="E92" s="59" t="s">
+      <c r="E92" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F92" s="59" t="s">
+      <c r="F92" s="29" t="s">
         <v>329</v>
       </c>
-      <c r="G92" s="59" t="s">
+      <c r="G92" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H92" s="59" t="s">
+      <c r="H92" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I92" s="61" t="s">
+      <c r="I92" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="93" spans="1:9" ht="82.5">
-      <c r="A93" s="58">
+    <row r="93" spans="1:9" ht="66">
+      <c r="A93" s="28">
         <v>88</v>
       </c>
-      <c r="B93" s="58" t="s">
+      <c r="B93" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C93" s="59">
+      <c r="C93" s="29">
         <v>3497</v>
       </c>
-      <c r="D93" s="60" t="s">
+      <c r="D93" s="30" t="s">
         <v>330</v>
       </c>
-      <c r="E93" s="59" t="s">
+      <c r="E93" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F93" s="59" t="s">
+      <c r="F93" s="29" t="s">
         <v>331</v>
       </c>
-      <c r="G93" s="59" t="s">
+      <c r="G93" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H93" s="59" t="s">
+      <c r="H93" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I93" s="61" t="s">
+      <c r="I93" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="94" spans="1:9" ht="66">
-      <c r="A94" s="58">
+    <row r="94" spans="1:9" ht="49.5">
+      <c r="A94" s="28">
         <v>89</v>
       </c>
-      <c r="B94" s="58" t="s">
+      <c r="B94" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C94" s="59">
+      <c r="C94" s="29">
         <v>3940</v>
       </c>
-      <c r="D94" s="60" t="s">
+      <c r="D94" s="30" t="s">
         <v>332</v>
       </c>
-      <c r="E94" s="59" t="s">
+      <c r="E94" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F94" s="59" t="s">
+      <c r="F94" s="29" t="s">
         <v>333</v>
       </c>
-      <c r="G94" s="59" t="s">
+      <c r="G94" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H94" s="59" t="s">
+      <c r="H94" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I94" s="61" t="s">
+      <c r="I94" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="95" spans="1:9" ht="115.5">
-      <c r="A95" s="58">
+    <row r="95" spans="1:9" ht="99">
+      <c r="A95" s="28">
         <v>90</v>
       </c>
-      <c r="B95" s="58" t="s">
+      <c r="B95" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C95" s="59">
+      <c r="C95" s="29">
         <v>4172</v>
       </c>
-      <c r="D95" s="60" t="s">
+      <c r="D95" s="30" t="s">
         <v>334</v>
       </c>
-      <c r="E95" s="59" t="s">
+      <c r="E95" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F95" s="59" t="s">
+      <c r="F95" s="29" t="s">
         <v>335</v>
       </c>
-      <c r="G95" s="59" t="s">
+      <c r="G95" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H95" s="59" t="s">
+      <c r="H95" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I95" s="61" t="s">
+      <c r="I95" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="96" spans="1:9" ht="99">
-      <c r="A96" s="58">
+    <row r="96" spans="1:9" ht="82.5">
+      <c r="A96" s="28">
         <v>91</v>
       </c>
-      <c r="B96" s="58" t="s">
+      <c r="B96" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C96" s="59">
+      <c r="C96" s="29">
         <v>4188</v>
       </c>
-      <c r="D96" s="60" t="s">
+      <c r="D96" s="30" t="s">
         <v>334</v>
       </c>
-      <c r="E96" s="59" t="s">
+      <c r="E96" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F96" s="59" t="s">
+      <c r="F96" s="29" t="s">
         <v>336</v>
       </c>
-      <c r="G96" s="59" t="s">
+      <c r="G96" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H96" s="59" t="s">
+      <c r="H96" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I96" s="61" t="s">
+      <c r="I96" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="49.5">
-      <c r="A97" s="58">
+      <c r="A97" s="28">
         <v>92</v>
       </c>
-      <c r="B97" s="58" t="s">
+      <c r="B97" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C97" s="59">
+      <c r="C97" s="29">
         <v>4536</v>
       </c>
-      <c r="D97" s="60" t="s">
+      <c r="D97" s="30" t="s">
         <v>337</v>
       </c>
-      <c r="E97" s="59" t="s">
+      <c r="E97" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F97" s="59" t="s">
+      <c r="F97" s="29" t="s">
         <v>338</v>
       </c>
-      <c r="G97" s="59" t="s">
+      <c r="G97" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H97" s="59" t="s">
+      <c r="H97" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I97" s="61" t="s">
+      <c r="I97" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="132">
-      <c r="A98" s="58">
+    <row r="98" spans="1:9" ht="115.5">
+      <c r="A98" s="28">
         <v>93</v>
       </c>
-      <c r="B98" s="58" t="s">
+      <c r="B98" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C98" s="59">
+      <c r="C98" s="29">
         <v>219</v>
       </c>
-      <c r="D98" s="60" t="s">
+      <c r="D98" s="30" t="s">
         <v>339</v>
       </c>
-      <c r="E98" s="59" t="s">
+      <c r="E98" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F98" s="59" t="s">
+      <c r="F98" s="29" t="s">
         <v>340</v>
       </c>
-      <c r="G98" s="59" t="s">
+      <c r="G98" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H98" s="59" t="s">
+      <c r="H98" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I98" s="61" t="s">
+      <c r="I98" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="66">
-      <c r="A99" s="58">
+      <c r="A99" s="28">
         <v>94</v>
       </c>
-      <c r="B99" s="58" t="s">
+      <c r="B99" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C99" s="59">
+      <c r="C99" s="29">
         <v>319</v>
       </c>
-      <c r="D99" s="60" t="s">
+      <c r="D99" s="30" t="s">
         <v>341</v>
       </c>
-      <c r="E99" s="59" t="s">
+      <c r="E99" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F99" s="59" t="s">
+      <c r="F99" s="29" t="s">
         <v>342</v>
       </c>
-      <c r="G99" s="59" t="s">
+      <c r="G99" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H99" s="59" t="s">
+      <c r="H99" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I99" s="61" t="s">
+      <c r="I99" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="100" spans="1:9" ht="99">
-      <c r="A100" s="58">
+    <row r="100" spans="1:9" ht="82.5">
+      <c r="A100" s="28">
         <v>95</v>
       </c>
-      <c r="B100" s="58" t="s">
+      <c r="B100" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C100" s="59">
+      <c r="C100" s="29">
         <v>320</v>
       </c>
-      <c r="D100" s="60" t="s">
+      <c r="D100" s="30" t="s">
         <v>341</v>
       </c>
-      <c r="E100" s="59" t="s">
+      <c r="E100" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F100" s="59" t="s">
+      <c r="F100" s="29" t="s">
         <v>343</v>
       </c>
-      <c r="G100" s="59" t="s">
+      <c r="G100" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H100" s="59" t="s">
+      <c r="H100" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I100" s="61" t="s">
+      <c r="I100" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="66">
-      <c r="A101" s="58">
+      <c r="A101" s="28">
         <v>96</v>
       </c>
-      <c r="B101" s="58" t="s">
+      <c r="B101" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C101" s="59">
+      <c r="C101" s="29">
         <v>376</v>
       </c>
-      <c r="D101" s="60" t="s">
+      <c r="D101" s="30" t="s">
         <v>344</v>
       </c>
-      <c r="E101" s="59" t="s">
+      <c r="E101" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F101" s="59" t="s">
+      <c r="F101" s="29" t="s">
         <v>345</v>
       </c>
-      <c r="G101" s="59" t="s">
+      <c r="G101" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H101" s="59" t="s">
+      <c r="H101" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I101" s="61" t="s">
+      <c r="I101" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="102" spans="1:9" ht="148.5">
-      <c r="A102" s="58">
+    <row r="102" spans="1:9" ht="132">
+      <c r="A102" s="28">
         <v>97</v>
       </c>
-      <c r="B102" s="58" t="s">
+      <c r="B102" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C102" s="59">
+      <c r="C102" s="29">
         <v>471</v>
       </c>
-      <c r="D102" s="60" t="s">
+      <c r="D102" s="30" t="s">
         <v>346</v>
       </c>
-      <c r="E102" s="59" t="s">
+      <c r="E102" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F102" s="59" t="s">
+      <c r="F102" s="29" t="s">
         <v>347</v>
       </c>
-      <c r="G102" s="59" t="s">
+      <c r="G102" s="29" t="s">
         <v>35</v>
       </c>
-      <c r="H102" s="59" t="s">
+      <c r="H102" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I102" s="61" t="s">
+      <c r="I102" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="103" spans="1:9" ht="132">
-      <c r="A103" s="58">
+    <row r="103" spans="1:9" ht="99">
+      <c r="A103" s="28">
         <v>98</v>
       </c>
-      <c r="B103" s="58" t="s">
+      <c r="B103" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C103" s="59">
+      <c r="C103" s="29">
         <v>545</v>
       </c>
-      <c r="D103" s="60" t="s">
+      <c r="D103" s="30" t="s">
         <v>348</v>
       </c>
-      <c r="E103" s="59" t="s">
+      <c r="E103" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F103" s="59" t="s">
+      <c r="F103" s="29" t="s">
         <v>349</v>
       </c>
-      <c r="G103" s="59" t="s">
+      <c r="G103" s="29" t="s">
         <v>279</v>
       </c>
-      <c r="H103" s="59" t="s">
+      <c r="H103" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I103" s="61" t="s">
+      <c r="I103" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="82.5">
-      <c r="A104" s="58">
+      <c r="A104" s="28">
         <v>99</v>
       </c>
-      <c r="B104" s="58" t="s">
+      <c r="B104" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C104" s="59">
+      <c r="C104" s="29">
         <v>546</v>
       </c>
-      <c r="D104" s="60" t="s">
+      <c r="D104" s="30" t="s">
         <v>348</v>
       </c>
-      <c r="E104" s="59" t="s">
+      <c r="E104" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F104" s="59" t="s">
+      <c r="F104" s="29" t="s">
         <v>350</v>
       </c>
-      <c r="G104" s="59" t="s">
+      <c r="G104" s="29" t="s">
         <v>351</v>
       </c>
-      <c r="H104" s="59" t="s">
+      <c r="H104" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I104" s="61" t="s">
+      <c r="I104" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="99">
-      <c r="A105" s="58">
+      <c r="A105" s="28">
         <v>100</v>
       </c>
-      <c r="B105" s="58" t="s">
+      <c r="B105" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C105" s="59">
+      <c r="C105" s="29">
         <v>553</v>
       </c>
-      <c r="D105" s="60" t="s">
+      <c r="D105" s="30" t="s">
         <v>352</v>
       </c>
-      <c r="E105" s="59" t="s">
+      <c r="E105" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F105" s="59" t="s">
+      <c r="F105" s="29" t="s">
         <v>353</v>
       </c>
-      <c r="G105" s="59" t="s">
+      <c r="G105" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="H105" s="59" t="s">
+      <c r="H105" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I105" s="61" t="s">
+      <c r="I105" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="82.5">
-      <c r="A106" s="58">
+      <c r="A106" s="28">
         <v>101</v>
       </c>
-      <c r="B106" s="58" t="s">
+      <c r="B106" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C106" s="59">
+      <c r="C106" s="29">
         <v>555</v>
       </c>
-      <c r="D106" s="60" t="s">
+      <c r="D106" s="30" t="s">
         <v>352</v>
       </c>
-      <c r="E106" s="59" t="s">
+      <c r="E106" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F106" s="59" t="s">
+      <c r="F106" s="29" t="s">
         <v>354</v>
       </c>
-      <c r="G106" s="59" t="s">
+      <c r="G106" s="29" t="s">
         <v>355</v>
       </c>
-      <c r="H106" s="59" t="s">
+      <c r="H106" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I106" s="61" t="s">
+      <c r="I106" s="31" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="66">
-      <c r="A107" s="58">
+      <c r="A107" s="28">
         <v>102</v>
       </c>
-      <c r="B107" s="58" t="s">
+      <c r="B107" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C107" s="59">
+      <c r="C107" s="29">
         <v>559</v>
       </c>
-      <c r="D107" s="60" t="s">
+      <c r="D107" s="30" t="s">
         <v>356</v>
       </c>
-      <c r="E107" s="59" t="s">
+      <c r="E107" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F107" s="59" t="s">
+      <c r="F107" s="29" t="s">
         <v>357</v>
       </c>
-      <c r="G107" s="59" t="s">
+      <c r="G107" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H107" s="59" t="s">
+      <c r="H107" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I107" s="61" t="s">
+      <c r="I107" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="108" spans="1:9" ht="99">
-      <c r="A108" s="58">
+    <row r="108" spans="1:9" ht="82.5">
+      <c r="A108" s="28">
         <v>103</v>
       </c>
-      <c r="B108" s="58" t="s">
+      <c r="B108" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C108" s="59">
+      <c r="C108" s="29">
         <v>718</v>
       </c>
-      <c r="D108" s="60" t="s">
+      <c r="D108" s="30" t="s">
         <v>358</v>
       </c>
-      <c r="E108" s="59" t="s">
+      <c r="E108" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F108" s="59" t="s">
+      <c r="F108" s="29" t="s">
         <v>359</v>
       </c>
-      <c r="G108" s="59" t="s">
+      <c r="G108" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H108" s="59" t="s">
+      <c r="H108" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I108" s="61" t="s">
+      <c r="I108" s="31" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="109" spans="1:9" ht="115.5">
-      <c r="A109" s="58">
+    <row r="109" spans="1:9" ht="99">
+      <c r="A109" s="28">
         <v>104</v>
       </c>
-      <c r="B109" s="58" t="s">
+      <c r="B109" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C109" s="59">
+      <c r="C109" s="29">
         <v>744</v>
       </c>
-      <c r="D109" s="60" t="s">
+      <c r="D109" s="30" t="s">
         <v>361</v>
       </c>
-      <c r="E109" s="59" t="s">
+      <c r="E109" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F109" s="59" t="s">
+      <c r="F109" s="29" t="s">
         <v>362</v>
       </c>
-      <c r="G109" s="59" t="s">
+      <c r="G109" s="29" t="s">
         <v>355</v>
       </c>
-      <c r="H109" s="59" t="s">
+      <c r="H109" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I109" s="61" t="s">
+      <c r="I109" s="31" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="110" spans="1:9" ht="148.5">
-      <c r="A110" s="58">
+    <row r="110" spans="1:9" ht="115.5">
+      <c r="A110" s="28">
         <v>105</v>
       </c>
-      <c r="B110" s="58" t="s">
+      <c r="B110" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C110" s="59">
+      <c r="C110" s="29">
         <v>886</v>
       </c>
-      <c r="D110" s="60" t="s">
+      <c r="D110" s="30" t="s">
         <v>363</v>
       </c>
-      <c r="E110" s="59" t="s">
+      <c r="E110" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F110" s="59" t="s">
+      <c r="F110" s="29" t="s">
         <v>364</v>
       </c>
-      <c r="G110" s="59" t="s">
+      <c r="G110" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H110" s="59" t="s">
+      <c r="H110" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I110" s="61" t="s">
+      <c r="I110" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="111" spans="1:9" ht="66">
-      <c r="A111" s="58">
+    <row r="111" spans="1:9" ht="49.5">
+      <c r="A111" s="28">
         <v>106</v>
       </c>
-      <c r="B111" s="58" t="s">
+      <c r="B111" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C111" s="59">
+      <c r="C111" s="29">
         <v>1129</v>
       </c>
-      <c r="D111" s="60" t="s">
+      <c r="D111" s="30" t="s">
         <v>365</v>
       </c>
-      <c r="E111" s="59" t="s">
+      <c r="E111" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F111" s="59" t="s">
+      <c r="F111" s="29" t="s">
         <v>366</v>
       </c>
-      <c r="G111" s="59" t="s">
+      <c r="G111" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H111" s="59" t="s">
+      <c r="H111" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I111" s="61" t="s">
+      <c r="I111" s="31" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="112" spans="1:9" ht="115.5">
-      <c r="A112" s="58">
+    <row r="112" spans="1:9" ht="99">
+      <c r="A112" s="28">
         <v>107</v>
       </c>
-      <c r="B112" s="58" t="s">
+      <c r="B112" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C112" s="59">
+      <c r="C112" s="29">
         <v>744</v>
       </c>
-      <c r="D112" s="60" t="s">
+      <c r="D112" s="30" t="s">
         <v>361</v>
       </c>
-      <c r="E112" s="59" t="s">
+      <c r="E112" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F112" s="59" t="s">
+      <c r="F112" s="29" t="s">
         <v>367</v>
       </c>
-      <c r="G112" s="59" t="s">
+      <c r="G112" s="29" t="s">
         <v>355</v>
       </c>
-      <c r="H112" s="59" t="s">
+      <c r="H112" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I112" s="61" t="s">
+      <c r="I112" s="31" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="66">
-      <c r="A113" s="58">
+      <c r="A113" s="28">
         <v>108</v>
       </c>
-      <c r="B113" s="58" t="s">
+      <c r="B113" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C113" s="59" t="s">
+      <c r="C113" s="29" t="s">
         <v>369</v>
       </c>
-      <c r="D113" s="60" t="s">
+      <c r="D113" s="30" t="s">
         <v>370</v>
       </c>
-      <c r="E113" s="59" t="s">
+      <c r="E113" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F113" s="59" t="s">
+      <c r="F113" s="29" t="s">
         <v>371</v>
       </c>
-      <c r="G113" s="59" t="s">
+      <c r="G113" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H113" s="59" t="s">
+      <c r="H113" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I113" s="61" t="s">
+      <c r="I113" s="31" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="114" spans="1:9" ht="66">
-      <c r="A114" s="58">
+    <row r="114" spans="1:9" ht="49.5">
+      <c r="A114" s="28">
         <v>109</v>
       </c>
-      <c r="B114" s="58" t="s">
+      <c r="B114" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C114" s="59">
+      <c r="C114" s="29">
         <v>1129</v>
       </c>
-      <c r="D114" s="60" t="s">
+      <c r="D114" s="30" t="s">
         <v>373</v>
       </c>
-      <c r="E114" s="59" t="s">
+      <c r="E114" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F114" s="59" t="s">
+      <c r="F114" s="29" t="s">
         <v>374</v>
       </c>
-      <c r="G114" s="59" t="s">
+      <c r="G114" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H114" s="59" t="s">
+      <c r="H114" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I114" s="61" t="s">
+      <c r="I114" s="31" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="115" spans="1:9" ht="115.5">
-      <c r="A115" s="58">
+    <row r="115" spans="1:9" ht="82.5">
+      <c r="A115" s="28">
         <v>110</v>
       </c>
-      <c r="B115" s="58" t="s">
+      <c r="B115" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C115" s="59">
+      <c r="C115" s="29">
         <v>1314</v>
       </c>
-      <c r="D115" s="60" t="s">
+      <c r="D115" s="30" t="s">
         <v>376</v>
       </c>
-      <c r="E115" s="59" t="s">
+      <c r="E115" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F115" s="59" t="s">
+      <c r="F115" s="29" t="s">
         <v>377</v>
       </c>
-      <c r="G115" s="59" t="s">
+      <c r="G115" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="H115" s="59" t="s">
+      <c r="H115" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I115" s="61" t="s">
+      <c r="I115" s="31" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="116" spans="1:9" ht="82.5">
-      <c r="A116" s="58">
+    <row r="116" spans="1:9" ht="66">
+      <c r="A116" s="28">
         <v>111</v>
       </c>
-      <c r="B116" s="58" t="s">
+      <c r="B116" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C116" s="59">
+      <c r="C116" s="29">
         <v>1505</v>
       </c>
-      <c r="D116" s="60" t="s">
+      <c r="D116" s="30" t="s">
         <v>378</v>
       </c>
-      <c r="E116" s="59" t="s">
+      <c r="E116" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F116" s="59" t="s">
+      <c r="F116" s="29" t="s">
         <v>379</v>
       </c>
-      <c r="G116" s="59" t="s">
+      <c r="G116" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H116" s="59" t="s">
+      <c r="H116" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I116" s="61" t="s">
+      <c r="I116" s="31" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="117" spans="1:9" ht="99">
-      <c r="A117" s="58">
+    <row r="117" spans="1:9" ht="82.5">
+      <c r="A117" s="28">
         <v>112</v>
       </c>
-      <c r="B117" s="58" t="s">
+      <c r="B117" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C117" s="59">
+      <c r="C117" s="29">
         <v>1524</v>
       </c>
-      <c r="D117" s="60" t="s">
+      <c r="D117" s="30" t="s">
         <v>381</v>
       </c>
-      <c r="E117" s="59" t="s">
+      <c r="E117" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F117" s="59" t="s">
+      <c r="F117" s="29" t="s">
         <v>382</v>
       </c>
-      <c r="G117" s="59" t="s">
+      <c r="G117" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H117" s="59" t="s">
+      <c r="H117" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I117" s="61" t="s">
+      <c r="I117" s="31" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="66">
-      <c r="A118" s="58">
+      <c r="A118" s="28">
         <v>113</v>
       </c>
-      <c r="B118" s="58" t="s">
+      <c r="B118" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C118" s="59">
+      <c r="C118" s="29">
         <v>2119</v>
       </c>
-      <c r="D118" s="67" t="s">
+      <c r="D118" s="37" t="s">
         <v>385</v>
       </c>
-      <c r="E118" s="59" t="s">
+      <c r="E118" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F118" s="59" t="s">
+      <c r="F118" s="29" t="s">
         <v>386</v>
       </c>
-      <c r="G118" s="59" t="s">
+      <c r="G118" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H118" s="59" t="s">
+      <c r="H118" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I118" s="61" t="s">
+      <c r="I118" s="31" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="119" spans="1:9" ht="148.5">
-      <c r="A119" s="58">
+    <row r="119" spans="1:9" ht="132">
+      <c r="A119" s="28">
         <v>114</v>
       </c>
-      <c r="B119" s="58" t="s">
+      <c r="B119" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C119" s="59">
+      <c r="C119" s="29">
         <v>2232</v>
       </c>
-      <c r="D119" s="67" t="s">
+      <c r="D119" s="37" t="s">
         <v>388</v>
       </c>
-      <c r="E119" s="59" t="s">
+      <c r="E119" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F119" s="59" t="s">
+      <c r="F119" s="29" t="s">
         <v>389</v>
       </c>
-      <c r="G119" s="59" t="s">
+      <c r="G119" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H119" s="59" t="s">
+      <c r="H119" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I119" s="61" t="s">
+      <c r="I119" s="31" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="120" spans="1:9" ht="99">
-      <c r="A120" s="58">
+    <row r="120" spans="1:9" ht="82.5">
+      <c r="A120" s="28">
         <v>115</v>
       </c>
-      <c r="B120" s="58" t="s">
+      <c r="B120" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C120" s="59" t="s">
+      <c r="C120" s="29" t="s">
         <v>391</v>
       </c>
-      <c r="D120" s="67" t="s">
+      <c r="D120" s="37" t="s">
         <v>392</v>
       </c>
-      <c r="E120" s="59" t="s">
+      <c r="E120" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F120" s="59" t="s">
+      <c r="F120" s="29" t="s">
         <v>393</v>
       </c>
-      <c r="G120" s="59" t="s">
+      <c r="G120" s="29" t="s">
         <v>252</v>
       </c>
-      <c r="H120" s="59" t="s">
+      <c r="H120" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I120" s="61" t="s">
+      <c r="I120" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="121" spans="1:9" ht="132">
-      <c r="A121" s="58">
+    <row r="121" spans="1:9" ht="115.5">
+      <c r="A121" s="28">
         <v>116</v>
       </c>
-      <c r="B121" s="58" t="s">
+      <c r="B121" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C121" s="59">
+      <c r="C121" s="29">
         <v>2335</v>
       </c>
-      <c r="D121" s="67" t="s">
+      <c r="D121" s="37" t="s">
         <v>392</v>
       </c>
-      <c r="E121" s="59" t="s">
+      <c r="E121" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F121" s="59" t="s">
+      <c r="F121" s="29" t="s">
         <v>395</v>
       </c>
-      <c r="G121" s="59" t="s">
+      <c r="G121" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H121" s="59" t="s">
+      <c r="H121" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I121" s="61" t="s">
+      <c r="I121" s="31" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="122" spans="1:9" ht="82.5">
-      <c r="A122" s="58">
+    <row r="122" spans="1:9" ht="66">
+      <c r="A122" s="28">
         <v>117</v>
       </c>
-      <c r="B122" s="58" t="s">
+      <c r="B122" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C122" s="59">
+      <c r="C122" s="29">
         <v>2413</v>
       </c>
-      <c r="D122" s="67" t="s">
+      <c r="D122" s="37" t="s">
         <v>397</v>
       </c>
-      <c r="E122" s="59" t="s">
+      <c r="E122" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F122" s="59" t="s">
+      <c r="F122" s="29" t="s">
         <v>398</v>
       </c>
-      <c r="G122" s="59" t="s">
+      <c r="G122" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H122" s="59" t="s">
+      <c r="H122" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I122" s="61" t="s">
+      <c r="I122" s="31" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="123" spans="1:9" ht="99">
-      <c r="A123" s="58">
+    <row r="123" spans="1:9" ht="82.5">
+      <c r="A123" s="28">
         <v>118</v>
       </c>
-      <c r="B123" s="58" t="s">
+      <c r="B123" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C123" s="59">
+      <c r="C123" s="29">
         <v>2418</v>
       </c>
-      <c r="D123" s="67" t="s">
+      <c r="D123" s="37" t="s">
         <v>400</v>
       </c>
-      <c r="E123" s="59" t="s">
+      <c r="E123" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F123" s="59" t="s">
+      <c r="F123" s="29" t="s">
         <v>401</v>
       </c>
-      <c r="G123" s="59" t="s">
+      <c r="G123" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H123" s="59" t="s">
+      <c r="H123" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I123" s="61" t="s">
+      <c r="I123" s="31" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="148.5">
-      <c r="A124" s="58">
+      <c r="A124" s="28">
         <v>119</v>
       </c>
-      <c r="B124" s="58" t="s">
+      <c r="B124" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C124" s="59">
+      <c r="C124" s="29">
         <v>2451</v>
       </c>
-      <c r="D124" s="67" t="s">
+      <c r="D124" s="37" t="s">
         <v>403</v>
       </c>
-      <c r="E124" s="59" t="s">
+      <c r="E124" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F124" s="59" t="s">
+      <c r="F124" s="29" t="s">
         <v>404</v>
       </c>
-      <c r="G124" s="59" t="s">
+      <c r="G124" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H124" s="59" t="s">
+      <c r="H124" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I124" s="61" t="s">
+      <c r="I124" s="31" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="66">
-      <c r="A125" s="58">
+      <c r="A125" s="28">
         <v>120</v>
       </c>
-      <c r="B125" s="58" t="s">
+      <c r="B125" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C125" s="59">
+      <c r="C125" s="29">
         <v>2719</v>
       </c>
-      <c r="D125" s="67" t="s">
+      <c r="D125" s="37" t="s">
         <v>406</v>
       </c>
-      <c r="E125" s="59" t="s">
+      <c r="E125" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F125" s="59" t="s">
+      <c r="F125" s="29" t="s">
         <v>407</v>
       </c>
-      <c r="G125" s="59" t="s">
+      <c r="G125" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H125" s="59" t="s">
+      <c r="H125" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I125" s="61" t="s">
+      <c r="I125" s="31" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="126" spans="1:9" ht="165">
-      <c r="A126" s="58">
+    <row r="126" spans="1:9" ht="132">
+      <c r="A126" s="28">
         <v>121</v>
       </c>
-      <c r="B126" s="58" t="s">
+      <c r="B126" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C126" s="59">
+      <c r="C126" s="29">
         <v>2845</v>
       </c>
-      <c r="D126" s="59" t="s">
+      <c r="D126" s="29" t="s">
         <v>409</v>
       </c>
-      <c r="E126" s="59" t="s">
+      <c r="E126" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F126" s="59" t="s">
+      <c r="F126" s="29" t="s">
         <v>410</v>
       </c>
-      <c r="G126" s="59" t="s">
+      <c r="G126" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H126" s="59" t="s">
+      <c r="H126" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I126" s="61" t="s">
+      <c r="I126" s="31" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="66">
-      <c r="A127" s="58">
+      <c r="A127" s="28">
         <v>122</v>
       </c>
-      <c r="B127" s="58" t="s">
+      <c r="B127" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C127" s="59">
+      <c r="C127" s="29">
         <v>2846</v>
       </c>
-      <c r="D127" s="59" t="s">
+      <c r="D127" s="29" t="s">
         <v>409</v>
       </c>
-      <c r="E127" s="59" t="s">
+      <c r="E127" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F127" s="59" t="s">
+      <c r="F127" s="29" t="s">
         <v>412</v>
       </c>
-      <c r="G127" s="59" t="s">
+      <c r="G127" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H127" s="59" t="s">
+      <c r="H127" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I127" s="61" t="s">
+      <c r="I127" s="31" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="128" spans="1:9" ht="214.5">
-      <c r="A128" s="58">
+    <row r="128" spans="1:9" ht="198">
+      <c r="A128" s="28">
         <v>123</v>
       </c>
-      <c r="B128" s="58" t="s">
+      <c r="B128" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C128" s="59">
+      <c r="C128" s="29">
         <v>2849</v>
       </c>
-      <c r="D128" s="59" t="s">
+      <c r="D128" s="29" t="s">
         <v>409</v>
       </c>
-      <c r="E128" s="59" t="s">
+      <c r="E128" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F128" s="59" t="s">
+      <c r="F128" s="29" t="s">
         <v>414</v>
       </c>
-      <c r="G128" s="59" t="s">
+      <c r="G128" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H128" s="59" t="s">
+      <c r="H128" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I128" s="61" t="s">
+      <c r="I128" s="31" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="129" spans="1:9" ht="148.5">
-      <c r="A129" s="58">
+    <row r="129" spans="1:9" ht="115.5">
+      <c r="A129" s="28">
         <v>124</v>
       </c>
-      <c r="B129" s="58" t="s">
+      <c r="B129" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C129" s="59" t="s">
+      <c r="C129" s="29" t="s">
         <v>416</v>
       </c>
-      <c r="D129" s="59" t="s">
+      <c r="D129" s="29" t="s">
         <v>409</v>
       </c>
-      <c r="E129" s="59" t="s">
+      <c r="E129" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F129" s="59" t="s">
+      <c r="F129" s="29" t="s">
         <v>417</v>
       </c>
-      <c r="G129" s="59" t="s">
+      <c r="G129" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H129" s="59" t="s">
+      <c r="H129" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I129" s="61" t="s">
+      <c r="I129" s="31" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="130" spans="1:9" ht="115.5">
-      <c r="A130" s="58">
+    <row r="130" spans="1:9" ht="99">
+      <c r="A130" s="28">
         <v>125</v>
       </c>
-      <c r="B130" s="58" t="s">
+      <c r="B130" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C130" s="59" t="s">
+      <c r="C130" s="29" t="s">
         <v>419</v>
       </c>
-      <c r="D130" s="59" t="s">
+      <c r="D130" s="29" t="s">
         <v>409</v>
       </c>
-      <c r="E130" s="59" t="s">
+      <c r="E130" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F130" s="59" t="s">
+      <c r="F130" s="29" t="s">
         <v>420</v>
       </c>
-      <c r="G130" s="59" t="s">
+      <c r="G130" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H130" s="59" t="s">
+      <c r="H130" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I130" s="61" t="s">
+      <c r="I130" s="31" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="82.5">
-      <c r="A131" s="58">
+      <c r="A131" s="28">
         <v>126</v>
       </c>
-      <c r="B131" s="58" t="s">
+      <c r="B131" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C131" s="59">
+      <c r="C131" s="29">
         <v>3292</v>
       </c>
-      <c r="D131" s="60" t="s">
+      <c r="D131" s="30" t="s">
         <v>422</v>
       </c>
-      <c r="E131" s="59" t="s">
+      <c r="E131" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F131" s="59" t="s">
+      <c r="F131" s="29" t="s">
         <v>423</v>
       </c>
-      <c r="G131" s="59" t="s">
+      <c r="G131" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H131" s="59" t="s">
+      <c r="H131" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I131" s="61" t="s">
+      <c r="I131" s="31" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="115.5">
-      <c r="A132" s="58">
+      <c r="A132" s="28">
         <v>127</v>
       </c>
-      <c r="B132" s="58" t="s">
+      <c r="B132" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C132" s="68" t="s">
+      <c r="C132" s="38" t="s">
         <v>425</v>
       </c>
-      <c r="D132" s="60" t="s">
+      <c r="D132" s="30" t="s">
         <v>426</v>
       </c>
-      <c r="E132" s="59" t="s">
+      <c r="E132" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F132" s="59" t="s">
+      <c r="F132" s="29" t="s">
         <v>427</v>
       </c>
-      <c r="G132" s="59" t="s">
+      <c r="G132" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H132" s="59" t="s">
+      <c r="H132" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I132" s="61" t="s">
+      <c r="I132" s="31" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="409.5">
-      <c r="A133" s="58">
+      <c r="A133" s="28">
         <v>128</v>
       </c>
-      <c r="B133" s="58" t="s">
+      <c r="B133" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C133" s="59" t="s">
+      <c r="C133" s="29" t="s">
         <v>429</v>
       </c>
-      <c r="D133" s="60" t="s">
+      <c r="D133" s="30" t="s">
         <v>426</v>
       </c>
-      <c r="E133" s="59" t="s">
+      <c r="E133" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F133" s="59" t="s">
+      <c r="F133" s="29" t="s">
         <v>430</v>
       </c>
-      <c r="G133" s="59" t="s">
+      <c r="G133" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H133" s="59" t="s">
+      <c r="H133" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I133" s="61" t="s">
+      <c r="I133" s="31" t="s">
         <v>431</v>
       </c>
     </row>
-    <row r="134" spans="1:9" ht="148.5">
-      <c r="A134" s="58">
+    <row r="134" spans="1:9" ht="132">
+      <c r="A134" s="28">
         <v>129</v>
       </c>
-      <c r="B134" s="58" t="s">
+      <c r="B134" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C134" s="59">
+      <c r="C134" s="29">
         <v>4561</v>
       </c>
-      <c r="D134" s="60" t="s">
+      <c r="D134" s="30" t="s">
         <v>426</v>
       </c>
-      <c r="E134" s="59" t="s">
+      <c r="E134" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F134" s="59" t="s">
+      <c r="F134" s="29" t="s">
         <v>432</v>
       </c>
-      <c r="G134" s="59" t="s">
+      <c r="G134" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H134" s="59" t="s">
+      <c r="H134" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I134" s="61" t="s">
+      <c r="I134" s="31" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="135" spans="1:9" ht="181.5">
-      <c r="A135" s="58">
+    <row r="135" spans="1:9" ht="148.5">
+      <c r="A135" s="28">
         <v>130</v>
       </c>
-      <c r="B135" s="58" t="s">
+      <c r="B135" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C135" s="59" t="s">
+      <c r="C135" s="29" t="s">
         <v>434</v>
       </c>
-      <c r="D135" s="60" t="s">
+      <c r="D135" s="30" t="s">
         <v>435</v>
       </c>
-      <c r="E135" s="59" t="s">
+      <c r="E135" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F135" s="59" t="s">
+      <c r="F135" s="29" t="s">
         <v>436</v>
       </c>
-      <c r="G135" s="59" t="s">
+      <c r="G135" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H135" s="59" t="s">
+      <c r="H135" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I135" s="61" t="s">
+      <c r="I135" s="31" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="136" spans="1:9" ht="280.5">
-      <c r="A136" s="58">
+      <c r="A136" s="28">
         <v>131</v>
       </c>
-      <c r="B136" s="58" t="s">
+      <c r="B136" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C136" s="59" t="s">
+      <c r="C136" s="29" t="s">
         <v>438</v>
       </c>
-      <c r="D136" s="59" t="s">
+      <c r="D136" s="29" t="s">
         <v>439</v>
       </c>
-      <c r="E136" s="59" t="s">
+      <c r="E136" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F136" s="59" t="s">
+      <c r="F136" s="29" t="s">
         <v>440</v>
       </c>
-      <c r="G136" s="59" t="s">
+      <c r="G136" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H136" s="59" t="s">
+      <c r="H136" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I136" s="61" t="s">
+      <c r="I136" s="31" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="137" spans="1:9" ht="99">
-      <c r="A137" s="58">
+    <row r="137" spans="1:9" ht="82.5">
+      <c r="A137" s="28">
         <v>132</v>
       </c>
-      <c r="B137" s="58" t="s">
+      <c r="B137" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C137" s="59">
+      <c r="C137" s="29">
         <v>4754</v>
       </c>
-      <c r="D137" s="59" t="s">
+      <c r="D137" s="29" t="s">
         <v>442</v>
       </c>
-      <c r="E137" s="59" t="s">
+      <c r="E137" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F137" s="59" t="s">
+      <c r="F137" s="29" t="s">
         <v>443</v>
       </c>
-      <c r="G137" s="59" t="s">
+      <c r="G137" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H137" s="59" t="s">
+      <c r="H137" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I137" s="61" t="s">
+      <c r="I137" s="31" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="138" spans="1:9" ht="75">
-      <c r="A138" s="58">
+    <row r="138" spans="1:9" ht="66">
+      <c r="A138" s="28">
         <v>133</v>
       </c>
-      <c r="B138" s="58" t="s">
+      <c r="B138" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C138" s="59" t="s">
+      <c r="C138" s="29" t="s">
         <v>445</v>
       </c>
-      <c r="D138" s="59" t="s">
+      <c r="D138" s="29" t="s">
         <v>442</v>
       </c>
-      <c r="E138" s="59" t="s">
+      <c r="E138" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F138" s="59" t="s">
+      <c r="F138" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="G138" s="59" t="s">
+      <c r="G138" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H138" s="59" t="s">
+      <c r="H138" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I138" s="61" t="s">
+      <c r="I138" s="31" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="139" spans="1:9" ht="280.5">
-      <c r="A139" s="58">
+    <row r="139" spans="1:9" ht="247.5">
+      <c r="A139" s="28">
         <v>134</v>
       </c>
-      <c r="B139" s="58" t="s">
+      <c r="B139" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C139" s="59">
+      <c r="C139" s="29">
         <v>4648</v>
       </c>
-      <c r="D139" s="60" t="s">
+      <c r="D139" s="30" t="s">
         <v>448</v>
       </c>
-      <c r="E139" s="59" t="s">
+      <c r="E139" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F139" s="59" t="s">
+      <c r="F139" s="29" t="s">
         <v>449</v>
       </c>
-      <c r="G139" s="59" t="s">
+      <c r="G139" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H139" s="59" t="s">
+      <c r="H139" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I139" s="61" t="s">
+      <c r="I139" s="31" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="140" spans="1:9" ht="82.5">
-      <c r="A140" s="58">
+    <row r="140" spans="1:9" ht="66">
+      <c r="A140" s="28">
         <v>135</v>
       </c>
-      <c r="B140" s="58" t="s">
+      <c r="B140" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C140" s="59">
+      <c r="C140" s="29">
         <v>4754</v>
       </c>
-      <c r="D140" s="60" t="s">
+      <c r="D140" s="30" t="s">
         <v>451</v>
       </c>
-      <c r="E140" s="59" t="s">
+      <c r="E140" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F140" s="59" t="s">
+      <c r="F140" s="29" t="s">
         <v>452</v>
       </c>
-      <c r="G140" s="59" t="s">
+      <c r="G140" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H140" s="59" t="s">
+      <c r="H140" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I140" s="61" t="s">
+      <c r="I140" s="31" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="141" spans="1:9" ht="75">
-      <c r="A141" s="58">
+    <row r="141" spans="1:9" ht="66">
+      <c r="A141" s="28">
         <v>136</v>
       </c>
-      <c r="B141" s="58" t="s">
+      <c r="B141" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C141" s="59">
+      <c r="C141" s="29">
         <v>4745</v>
       </c>
-      <c r="D141" s="60" t="s">
+      <c r="D141" s="30" t="s">
         <v>451</v>
       </c>
-      <c r="E141" s="59" t="s">
+      <c r="E141" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F141" s="59" t="s">
+      <c r="F141" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="G141" s="59" t="s">
+      <c r="G141" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H141" s="59" t="s">
+      <c r="H141" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I141" s="61" t="s">
+      <c r="I141" s="31" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="99">
-      <c r="A142" s="58">
+      <c r="A142" s="28">
         <v>137</v>
       </c>
-      <c r="B142" s="58" t="s">
+      <c r="B142" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C142" s="59">
+      <c r="C142" s="29">
         <v>5133</v>
       </c>
-      <c r="D142" s="60" t="s">
+      <c r="D142" s="30" t="s">
         <v>453</v>
       </c>
-      <c r="E142" s="59" t="s">
+      <c r="E142" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F142" s="59" t="s">
+      <c r="F142" s="29" t="s">
         <v>454</v>
       </c>
-      <c r="G142" s="59" t="s">
+      <c r="G142" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="H142" s="59" t="s">
+      <c r="H142" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I142" s="61" t="s">
+      <c r="I142" s="31" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="143" spans="1:9" ht="99">
-      <c r="A143" s="58">
+      <c r="A143" s="28">
         <v>138</v>
       </c>
-      <c r="B143" s="58" t="s">
+      <c r="B143" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C143" s="59">
+      <c r="C143" s="29">
         <v>37</v>
       </c>
-      <c r="D143" s="60" t="s">
+      <c r="D143" s="30" t="s">
         <v>457</v>
       </c>
-      <c r="E143" s="59" t="s">
+      <c r="E143" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F143" s="59" t="s">
+      <c r="F143" s="29" t="s">
         <v>458</v>
       </c>
-      <c r="G143" s="59" t="s">
+      <c r="G143" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="H143" s="59" t="s">
+      <c r="H143" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I143" s="61" t="s">
+      <c r="I143" s="31" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="144" spans="1:9" ht="181.5">
-      <c r="A144" s="58">
+    <row r="144" spans="1:9" ht="148.5">
+      <c r="A144" s="28">
         <v>139</v>
       </c>
-      <c r="B144" s="58" t="s">
+      <c r="B144" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C144" s="59">
+      <c r="C144" s="29">
         <v>43</v>
       </c>
-      <c r="D144" s="59" t="s">
+      <c r="D144" s="29" t="s">
         <v>460</v>
       </c>
-      <c r="E144" s="59" t="s">
+      <c r="E144" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F144" s="59" t="s">
+      <c r="F144" s="29" t="s">
         <v>461</v>
       </c>
-      <c r="G144" s="59" t="s">
+      <c r="G144" s="29" t="s">
         <v>462</v>
       </c>
-      <c r="H144" s="59" t="s">
+      <c r="H144" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I144" s="69" t="s">
+      <c r="I144" s="39" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="145" spans="1:9" ht="115.5">
-      <c r="A145" s="58">
+    <row r="145" spans="1:9" ht="99">
+      <c r="A145" s="28">
         <v>140</v>
       </c>
-      <c r="B145" s="58" t="s">
+      <c r="B145" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C145" s="59">
+      <c r="C145" s="29">
         <v>111</v>
       </c>
-      <c r="D145" s="59" t="s">
+      <c r="D145" s="29" t="s">
         <v>464</v>
       </c>
-      <c r="E145" s="59" t="s">
+      <c r="E145" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F145" s="59" t="s">
+      <c r="F145" s="29" t="s">
         <v>465</v>
       </c>
-      <c r="G145" s="59" t="s">
+      <c r="G145" s="29" t="s">
         <v>466</v>
       </c>
-      <c r="H145" s="59" t="s">
+      <c r="H145" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I145" s="69" t="s">
+      <c r="I145" s="39" t="s">
         <v>467</v>
       </c>
     </row>
-    <row r="146" spans="1:9" ht="181.5">
-      <c r="A146" s="58">
+    <row r="146" spans="1:9" ht="148.5">
+      <c r="A146" s="28">
         <v>141</v>
       </c>
-      <c r="B146" s="58" t="s">
+      <c r="B146" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C146" s="59">
+      <c r="C146" s="29">
         <v>550</v>
       </c>
-      <c r="D146" s="59" t="s">
+      <c r="D146" s="29" t="s">
         <v>468</v>
       </c>
-      <c r="E146" s="59" t="s">
+      <c r="E146" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F146" s="59" t="s">
+      <c r="F146" s="29" t="s">
         <v>469</v>
       </c>
-      <c r="G146" s="59" t="s">
+      <c r="G146" s="29" t="s">
         <v>466</v>
       </c>
-      <c r="H146" s="59" t="s">
+      <c r="H146" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I146" s="69" t="s">
+      <c r="I146" s="39" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="147" spans="1:9" ht="165">
-      <c r="A147" s="58">
+    <row r="147" spans="1:9" ht="132">
+      <c r="A147" s="28">
         <v>142</v>
       </c>
-      <c r="B147" s="58" t="s">
+      <c r="B147" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C147" s="59">
+      <c r="C147" s="29">
         <v>766</v>
       </c>
-      <c r="D147" s="60" t="s">
+      <c r="D147" s="30" t="s">
         <v>471</v>
       </c>
-      <c r="E147" s="59" t="s">
+      <c r="E147" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F147" s="59" t="s">
+      <c r="F147" s="29" t="s">
         <v>472</v>
       </c>
-      <c r="G147" s="59" t="s">
+      <c r="G147" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H147" s="59" t="s">
+      <c r="H147" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I147" s="61" t="s">
+      <c r="I147" s="31" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="148" spans="1:9" ht="82.5">
-      <c r="A148" s="58">
+    <row r="148" spans="1:9" ht="66">
+      <c r="A148" s="28">
         <v>143</v>
       </c>
-      <c r="B148" s="58" t="s">
+      <c r="B148" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C148" s="59">
+      <c r="C148" s="29">
         <v>17</v>
       </c>
-      <c r="D148" s="60" t="s">
+      <c r="D148" s="30" t="s">
         <v>474</v>
       </c>
-      <c r="E148" s="59" t="s">
+      <c r="E148" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F148" s="59" t="s">
+      <c r="F148" s="29" t="s">
         <v>475</v>
       </c>
-      <c r="G148" s="59" t="s">
+      <c r="G148" s="29" t="s">
         <v>476</v>
       </c>
-      <c r="H148" s="59" t="s">
+      <c r="H148" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I148" s="61" t="s">
+      <c r="I148" s="31" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="149" spans="1:9" ht="165">
-      <c r="A149" s="58">
+    <row r="149" spans="1:9" ht="132">
+      <c r="A149" s="28">
         <v>144</v>
       </c>
-      <c r="B149" s="58" t="s">
+      <c r="B149" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C149" s="59">
+      <c r="C149" s="29">
         <v>826</v>
       </c>
-      <c r="D149" s="60" t="s">
+      <c r="D149" s="30" t="s">
         <v>478</v>
       </c>
-      <c r="E149" s="59" t="s">
+      <c r="E149" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F149" s="59" t="s">
+      <c r="F149" s="29" t="s">
         <v>479</v>
       </c>
-      <c r="G149" s="59" t="s">
+      <c r="G149" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H149" s="59" t="s">
+      <c r="H149" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I149" s="61" t="s">
+      <c r="I149" s="31" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="150" spans="1:9" ht="280.5">
-      <c r="A150" s="58">
+    <row r="150" spans="1:9" ht="247.5">
+      <c r="A150" s="28">
         <v>145</v>
       </c>
-      <c r="B150" s="58" t="s">
+      <c r="B150" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C150" s="59">
+      <c r="C150" s="29">
         <v>877</v>
       </c>
-      <c r="D150" s="60" t="s">
+      <c r="D150" s="30" t="s">
         <v>481</v>
       </c>
-      <c r="E150" s="59" t="s">
+      <c r="E150" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F150" s="59" t="s">
+      <c r="F150" s="29" t="s">
         <v>482</v>
       </c>
-      <c r="G150" s="59" t="s">
+      <c r="G150" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H150" s="59" t="s">
+      <c r="H150" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I150" s="61" t="s">
+      <c r="I150" s="31" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="82.5">
-      <c r="A151" s="58">
+      <c r="A151" s="28">
         <v>146</v>
       </c>
-      <c r="B151" s="58" t="s">
+      <c r="B151" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C151" s="59">
+      <c r="C151" s="29">
         <v>894</v>
       </c>
-      <c r="D151" s="60" t="s">
+      <c r="D151" s="30" t="s">
         <v>484</v>
       </c>
-      <c r="E151" s="59" t="s">
+      <c r="E151" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F151" s="59" t="s">
+      <c r="F151" s="29" t="s">
         <v>485</v>
       </c>
-      <c r="G151" s="59" t="s">
+      <c r="G151" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H151" s="59" t="s">
+      <c r="H151" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I151" s="61" t="s">
+      <c r="I151" s="31" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="152" spans="1:9" ht="99">
-      <c r="A152" s="58">
+      <c r="A152" s="28">
         <v>147</v>
       </c>
-      <c r="B152" s="58" t="s">
+      <c r="B152" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C152" s="59">
+      <c r="C152" s="29">
         <v>1107</v>
       </c>
-      <c r="D152" s="59" t="s">
+      <c r="D152" s="29" t="s">
         <v>487</v>
       </c>
-      <c r="E152" s="59" t="s">
+      <c r="E152" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F152" s="59" t="s">
+      <c r="F152" s="29" t="s">
         <v>488</v>
       </c>
-      <c r="G152" s="59" t="s">
+      <c r="G152" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H152" s="59" t="s">
+      <c r="H152" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I152" s="61" t="s">
+      <c r="I152" s="31" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="153" spans="1:9" ht="99">
-      <c r="A153" s="58">
+      <c r="A153" s="28">
         <v>148</v>
       </c>
-      <c r="B153" s="58" t="s">
+      <c r="B153" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C153" s="59">
+      <c r="C153" s="29">
         <v>1314</v>
       </c>
-      <c r="D153" s="59" t="s">
+      <c r="D153" s="29" t="s">
         <v>490</v>
       </c>
-      <c r="E153" s="59" t="s">
+      <c r="E153" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F153" s="59" t="s">
+      <c r="F153" s="29" t="s">
         <v>491</v>
       </c>
-      <c r="G153" s="59" t="s">
+      <c r="G153" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H153" s="59" t="s">
+      <c r="H153" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I153" s="69" t="s">
+      <c r="I153" s="39" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="154" spans="1:9" ht="49.5">
-      <c r="A154" s="58">
+      <c r="A154" s="28">
         <v>149</v>
       </c>
-      <c r="B154" s="58" t="s">
+      <c r="B154" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C154" s="59">
+      <c r="C154" s="29">
         <v>1315</v>
       </c>
-      <c r="D154" s="59" t="s">
+      <c r="D154" s="29" t="s">
         <v>490</v>
       </c>
-      <c r="E154" s="59" t="s">
+      <c r="E154" s="29" t="s">
         <v>493</v>
       </c>
-      <c r="F154" s="59" t="s">
+      <c r="F154" s="29" t="s">
         <v>494</v>
       </c>
-      <c r="G154" s="59" t="s">
+      <c r="G154" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H154" s="59" t="s">
+      <c r="H154" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I154" s="69" t="s">
+      <c r="I154" s="39" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="155" spans="1:9" ht="165">
-      <c r="A155" s="58">
+    <row r="155" spans="1:9" ht="148.5">
+      <c r="A155" s="28">
         <v>150</v>
       </c>
-      <c r="B155" s="58" t="s">
+      <c r="B155" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C155" s="59">
+      <c r="C155" s="29">
         <v>1701</v>
       </c>
-      <c r="D155" s="59" t="s">
+      <c r="D155" s="29" t="s">
         <v>496</v>
       </c>
-      <c r="E155" s="59" t="s">
+      <c r="E155" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F155" s="59" t="s">
+      <c r="F155" s="29" t="s">
         <v>497</v>
       </c>
-      <c r="G155" s="59" t="s">
+      <c r="G155" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H155" s="59" t="s">
+      <c r="H155" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I155" s="69" t="s">
+      <c r="I155" s="39" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="49.5">
-      <c r="A156" s="58">
+      <c r="A156" s="28">
         <v>151</v>
       </c>
-      <c r="B156" s="58" t="s">
+      <c r="B156" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C156" s="59">
+      <c r="C156" s="29">
         <v>1701</v>
       </c>
-      <c r="D156" s="59" t="s">
+      <c r="D156" s="29" t="s">
         <v>496</v>
       </c>
-      <c r="E156" s="59" t="s">
+      <c r="E156" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F156" s="59" t="s">
+      <c r="F156" s="29" t="s">
         <v>499</v>
       </c>
-      <c r="G156" s="59" t="s">
+      <c r="G156" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H156" s="59" t="s">
+      <c r="H156" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I156" s="69" t="s">
+      <c r="I156" s="39" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="157" spans="1:9" ht="54">
-      <c r="A157" s="58">
+    <row r="157" spans="1:9" ht="49.5">
+      <c r="A157" s="28">
         <v>152</v>
       </c>
-      <c r="B157" s="58" t="s">
+      <c r="B157" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C157" s="59">
+      <c r="C157" s="29">
         <v>1701</v>
       </c>
-      <c r="D157" s="59" t="s">
+      <c r="D157" s="29" t="s">
         <v>496</v>
       </c>
-      <c r="E157" s="59" t="s">
+      <c r="E157" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F157" s="59" t="s">
+      <c r="F157" s="29" t="s">
         <v>501</v>
       </c>
-      <c r="G157" s="59" t="s">
+      <c r="G157" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H157" s="59" t="s">
+      <c r="H157" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I157" s="69" t="s">
+      <c r="I157" s="39" t="s">
         <v>502</v>
       </c>
     </row>
-    <row r="158" spans="1:9" ht="115.5">
-      <c r="A158" s="58">
+    <row r="158" spans="1:9" ht="99">
+      <c r="A158" s="28">
         <v>153</v>
       </c>
-      <c r="B158" s="58" t="s">
+      <c r="B158" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C158" s="59">
+      <c r="C158" s="29">
         <v>1704</v>
       </c>
-      <c r="D158" s="59" t="s">
+      <c r="D158" s="29" t="s">
         <v>496</v>
       </c>
-      <c r="E158" s="59" t="s">
+      <c r="E158" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F158" s="59" t="s">
+      <c r="F158" s="29" t="s">
         <v>503</v>
       </c>
-      <c r="G158" s="59" t="s">
+      <c r="G158" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H158" s="59" t="s">
+      <c r="H158" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I158" s="69" t="s">
+      <c r="I158" s="39" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="159" spans="1:9" ht="67.5">
-      <c r="A159" s="58">
+    <row r="159" spans="1:9" ht="40.5">
+      <c r="A159" s="28">
         <v>154</v>
       </c>
-      <c r="B159" s="58" t="s">
+      <c r="B159" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C159" s="59">
+      <c r="C159" s="29">
         <v>1704</v>
       </c>
-      <c r="D159" s="59" t="s">
+      <c r="D159" s="29" t="s">
         <v>496</v>
       </c>
-      <c r="E159" s="59" t="s">
+      <c r="E159" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F159" s="59" t="s">
+      <c r="F159" s="29" t="s">
         <v>505</v>
       </c>
-      <c r="G159" s="59" t="s">
+      <c r="G159" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H159" s="59" t="s">
+      <c r="H159" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I159" s="69" t="s">
+      <c r="I159" s="39" t="s">
         <v>506</v>
       </c>
     </row>
-    <row r="160" spans="1:9" ht="148.5">
-      <c r="A160" s="58">
+    <row r="160" spans="1:9" ht="115.5">
+      <c r="A160" s="28">
         <v>155</v>
       </c>
-      <c r="B160" s="58" t="s">
+      <c r="B160" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C160" s="59">
+      <c r="C160" s="29">
         <v>1856</v>
       </c>
-      <c r="D160" s="59" t="s">
+      <c r="D160" s="29" t="s">
         <v>507</v>
       </c>
-      <c r="E160" s="59" t="s">
+      <c r="E160" s="29" t="s">
         <v>493</v>
       </c>
-      <c r="F160" s="59" t="s">
+      <c r="F160" s="29" t="s">
         <v>508</v>
       </c>
-      <c r="G160" s="59" t="s">
+      <c r="G160" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H160" s="59" t="s">
+      <c r="H160" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I160" s="69" t="s">
+      <c r="I160" s="39" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="161" spans="1:9" ht="181.5">
-      <c r="A161" s="58">
+    <row r="161" spans="1:9" ht="165">
+      <c r="A161" s="28">
         <v>156</v>
       </c>
-      <c r="B161" s="58" t="s">
+      <c r="B161" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C161" s="59">
+      <c r="C161" s="29">
         <v>1862</v>
       </c>
-      <c r="D161" s="59" t="s">
+      <c r="D161" s="29" t="s">
         <v>510</v>
       </c>
-      <c r="E161" s="59" t="s">
+      <c r="E161" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F161" s="59" t="s">
+      <c r="F161" s="29" t="s">
         <v>511</v>
       </c>
-      <c r="G161" s="59" t="s">
+      <c r="G161" s="29" t="s">
         <v>279</v>
       </c>
-      <c r="H161" s="59" t="s">
+      <c r="H161" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I161" s="69" t="s">
+      <c r="I161" s="39" t="s">
         <v>512</v>
       </c>
     </row>
-    <row r="162" spans="1:9" ht="115.5">
-      <c r="A162" s="58">
+    <row r="162" spans="1:9" ht="99">
+      <c r="A162" s="28">
         <v>157</v>
       </c>
-      <c r="B162" s="58" t="s">
+      <c r="B162" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C162" s="59">
+      <c r="C162" s="29">
         <v>2198</v>
       </c>
-      <c r="D162" s="59" t="s">
+      <c r="D162" s="29" t="s">
         <v>513</v>
       </c>
-      <c r="E162" s="59" t="s">
+      <c r="E162" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F162" s="59" t="s">
+      <c r="F162" s="29" t="s">
         <v>514</v>
       </c>
-      <c r="G162" s="59" t="s">
+      <c r="G162" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H162" s="59" t="s">
+      <c r="H162" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I162" s="69" t="s">
+      <c r="I162" s="39" t="s">
         <v>515</v>
       </c>
     </row>
-    <row r="163" spans="1:9" ht="99">
-      <c r="A163" s="58">
+    <row r="163" spans="1:9" ht="66">
+      <c r="A163" s="28">
         <v>158</v>
       </c>
-      <c r="B163" s="58" t="s">
+      <c r="B163" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C163" s="59">
+      <c r="C163" s="29">
         <v>2239</v>
       </c>
-      <c r="D163" s="59" t="s">
+      <c r="D163" s="29" t="s">
         <v>516</v>
       </c>
-      <c r="E163" s="59" t="s">
+      <c r="E163" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F163" s="59" t="s">
+      <c r="F163" s="29" t="s">
         <v>517</v>
       </c>
-      <c r="G163" s="59" t="s">
+      <c r="G163" s="29" t="s">
         <v>518</v>
       </c>
-      <c r="H163" s="59" t="s">
+      <c r="H163" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I163" s="69" t="s">
+      <c r="I163" s="39" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="164" spans="1:9" ht="148.5">
-      <c r="A164" s="58">
+    <row r="164" spans="1:9" ht="115.5">
+      <c r="A164" s="28">
         <v>159</v>
       </c>
-      <c r="B164" s="58" t="s">
+      <c r="B164" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C164" s="59">
+      <c r="C164" s="29">
         <v>2295</v>
       </c>
-      <c r="D164" s="59" t="s">
+      <c r="D164" s="29" t="s">
         <v>520</v>
       </c>
-      <c r="E164" s="59" t="s">
+      <c r="E164" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F164" s="59" t="s">
+      <c r="F164" s="29" t="s">
         <v>521</v>
       </c>
-      <c r="G164" s="59" t="s">
+      <c r="G164" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H164" s="59" t="s">
+      <c r="H164" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I164" s="69" t="s">
+      <c r="I164" s="39" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="165" spans="1:9" ht="66">
-      <c r="A165" s="58">
+      <c r="A165" s="28">
         <v>160</v>
       </c>
-      <c r="B165" s="58" t="s">
+      <c r="B165" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C165" s="59">
+      <c r="C165" s="29">
         <v>2384</v>
       </c>
-      <c r="D165" s="59" t="s">
+      <c r="D165" s="29" t="s">
         <v>523</v>
       </c>
-      <c r="E165" s="59" t="s">
+      <c r="E165" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F165" s="59" t="s">
+      <c r="F165" s="29" t="s">
         <v>524</v>
       </c>
-      <c r="G165" s="59" t="s">
+      <c r="G165" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H165" s="59" t="s">
+      <c r="H165" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I165" s="69" t="s">
+      <c r="I165" s="39" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="166" spans="1:9" ht="264">
-      <c r="A166" s="58">
+    <row r="166" spans="1:9" ht="214.5">
+      <c r="A166" s="28">
         <v>161</v>
       </c>
-      <c r="B166" s="58" t="s">
+      <c r="B166" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C166" s="59">
+      <c r="C166" s="29">
         <v>2597</v>
       </c>
-      <c r="D166" s="59" t="s">
+      <c r="D166" s="29" t="s">
         <v>526</v>
       </c>
-      <c r="E166" s="59" t="s">
+      <c r="E166" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F166" s="59" t="s">
+      <c r="F166" s="29" t="s">
         <v>527</v>
       </c>
-      <c r="G166" s="59" t="s">
+      <c r="G166" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H166" s="59" t="s">
+      <c r="H166" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I166" s="69" t="s">
+      <c r="I166" s="39" t="s">
         <v>528</v>
       </c>
     </row>
-    <row r="167" spans="1:9" ht="115.5">
-      <c r="A167" s="58">
+    <row r="167" spans="1:9" ht="99">
+      <c r="A167" s="28">
         <v>162</v>
       </c>
-      <c r="B167" s="58" t="s">
+      <c r="B167" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C167" s="59">
+      <c r="C167" s="29">
         <v>2720</v>
       </c>
-      <c r="D167" s="59" t="s">
+      <c r="D167" s="29" t="s">
         <v>529</v>
       </c>
-      <c r="E167" s="59" t="s">
+      <c r="E167" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F167" s="59" t="s">
+      <c r="F167" s="29" t="s">
         <v>530</v>
       </c>
-      <c r="G167" s="59" t="s">
+      <c r="G167" s="29" t="s">
         <v>462</v>
       </c>
-      <c r="H167" s="59" t="s">
+      <c r="H167" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I167" s="69" t="s">
+      <c r="I167" s="39" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="168" spans="1:9" ht="198">
-      <c r="A168" s="58">
+    <row r="168" spans="1:9" ht="165">
+      <c r="A168" s="28">
         <v>163</v>
       </c>
-      <c r="B168" s="58" t="s">
+      <c r="B168" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C168" s="59">
+      <c r="C168" s="29">
         <v>3059</v>
       </c>
-      <c r="D168" s="59" t="s">
+      <c r="D168" s="29" t="s">
         <v>532</v>
       </c>
-      <c r="E168" s="59" t="s">
+      <c r="E168" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F168" s="59" t="s">
+      <c r="F168" s="29" t="s">
         <v>533</v>
       </c>
-      <c r="G168" s="59" t="s">
+      <c r="G168" s="29" t="s">
         <v>462</v>
       </c>
-      <c r="H168" s="59" t="s">
+      <c r="H168" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I168" s="69" t="s">
+      <c r="I168" s="39" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="169" spans="1:9" ht="66">
-      <c r="A169" s="58">
+      <c r="A169" s="28">
         <v>164</v>
       </c>
-      <c r="B169" s="58" t="s">
+      <c r="B169" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C169" s="59">
+      <c r="C169" s="29">
         <v>3081</v>
       </c>
-      <c r="D169" s="59" t="s">
+      <c r="D169" s="29" t="s">
         <v>535</v>
       </c>
-      <c r="E169" s="59" t="s">
+      <c r="E169" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F169" s="59" t="s">
+      <c r="F169" s="29" t="s">
         <v>536</v>
       </c>
-      <c r="G169" s="59" t="s">
+      <c r="G169" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H169" s="59" t="s">
+      <c r="H169" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I169" s="69" t="s">
+      <c r="I169" s="39" t="s">
         <v>537</v>
       </c>
     </row>
-    <row r="170" spans="1:9" ht="181.5">
-      <c r="A170" s="58">
+    <row r="170" spans="1:9" ht="148.5">
+      <c r="A170" s="28">
         <v>165</v>
       </c>
-      <c r="B170" s="58" t="s">
+      <c r="B170" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C170" s="59">
+      <c r="C170" s="29">
         <v>3198</v>
       </c>
-      <c r="D170" s="59" t="s">
+      <c r="D170" s="29" t="s">
         <v>538</v>
       </c>
-      <c r="E170" s="59" t="s">
+      <c r="E170" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F170" s="59" t="s">
+      <c r="F170" s="29" t="s">
         <v>539</v>
       </c>
-      <c r="G170" s="59" t="s">
+      <c r="G170" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H170" s="59" t="s">
+      <c r="H170" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I170" s="69" t="s">
+      <c r="I170" s="39" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="171" spans="1:9" ht="82.5">
-      <c r="A171" s="58">
+    <row r="171" spans="1:9" ht="66">
+      <c r="A171" s="28">
         <v>166</v>
       </c>
-      <c r="B171" s="58" t="s">
+      <c r="B171" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C171" s="59">
+      <c r="C171" s="29">
         <v>3479</v>
       </c>
-      <c r="D171" s="59" t="s">
+      <c r="D171" s="29" t="s">
         <v>541</v>
       </c>
-      <c r="E171" s="59" t="s">
+      <c r="E171" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F171" s="59" t="s">
+      <c r="F171" s="29" t="s">
         <v>542</v>
       </c>
-      <c r="G171" s="59" t="s">
+      <c r="G171" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H171" s="59" t="s">
+      <c r="H171" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I171" s="69" t="s">
+      <c r="I171" s="39" t="s">
         <v>543</v>
       </c>
     </row>
-    <row r="172" spans="1:9" ht="66">
-      <c r="A172" s="58">
+    <row r="172" spans="1:9" ht="49.5">
+      <c r="A172" s="28">
         <v>167</v>
       </c>
-      <c r="B172" s="58" t="s">
+      <c r="B172" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C172" s="59">
+      <c r="C172" s="29">
         <v>3990</v>
       </c>
-      <c r="D172" s="59" t="s">
+      <c r="D172" s="29" t="s">
         <v>544</v>
       </c>
-      <c r="E172" s="59" t="s">
+      <c r="E172" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F172" s="59" t="s">
+      <c r="F172" s="29" t="s">
         <v>545</v>
       </c>
-      <c r="G172" s="59" t="s">
+      <c r="G172" s="29" t="s">
         <v>466</v>
       </c>
-      <c r="H172" s="59" t="s">
+      <c r="H172" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I172" s="69" t="s">
+      <c r="I172" s="39" t="s">
         <v>546</v>
       </c>
     </row>
-    <row r="173" spans="1:9" ht="82.5">
-      <c r="A173" s="58">
+    <row r="173" spans="1:9" ht="66">
+      <c r="A173" s="28">
         <v>168</v>
       </c>
-      <c r="B173" s="58" t="s">
+      <c r="B173" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C173" s="59">
+      <c r="C173" s="29">
         <v>4080</v>
       </c>
-      <c r="D173" s="59" t="s">
+      <c r="D173" s="29" t="s">
         <v>547</v>
       </c>
-      <c r="E173" s="59" t="s">
+      <c r="E173" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F173" s="59" t="s">
+      <c r="F173" s="29" t="s">
         <v>548</v>
       </c>
-      <c r="G173" s="59" t="s">
+      <c r="G173" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H173" s="59" t="s">
+      <c r="H173" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I173" s="69" t="s">
+      <c r="I173" s="39" t="s">
         <v>549</v>
       </c>
     </row>
-    <row r="174" spans="1:9" ht="99">
-      <c r="A174" s="58">
+    <row r="174" spans="1:9" ht="82.5">
+      <c r="A174" s="28">
         <v>169</v>
       </c>
-      <c r="B174" s="58" t="s">
+      <c r="B174" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C174" s="59">
+      <c r="C174" s="29">
         <v>4614</v>
       </c>
-      <c r="D174" s="59" t="s">
+      <c r="D174" s="29" t="s">
         <v>550</v>
       </c>
-      <c r="E174" s="59" t="s">
+      <c r="E174" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F174" s="59" t="s">
+      <c r="F174" s="29" t="s">
         <v>551</v>
       </c>
-      <c r="G174" s="59" t="s">
+      <c r="G174" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H174" s="59" t="s">
+      <c r="H174" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I174" s="69" t="s">
+      <c r="I174" s="39" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="175" spans="1:9" ht="66">
-      <c r="A175" s="58">
+      <c r="A175" s="28">
         <v>170</v>
       </c>
-      <c r="B175" s="58" t="s">
+      <c r="B175" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C175" s="59">
+      <c r="C175" s="29">
         <v>4740</v>
       </c>
-      <c r="D175" s="59" t="s">
+      <c r="D175" s="29" t="s">
         <v>553</v>
       </c>
-      <c r="E175" s="59" t="s">
+      <c r="E175" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F175" s="59" t="s">
+      <c r="F175" s="29" t="s">
         <v>554</v>
       </c>
-      <c r="G175" s="59" t="s">
+      <c r="G175" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H175" s="59" t="s">
+      <c r="H175" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I175" s="69" t="s">
+      <c r="I175" s="39" t="s">
         <v>555</v>
       </c>
     </row>
-    <row r="176" spans="1:9" ht="115.5">
-      <c r="A176" s="58">
+    <row r="176" spans="1:9" ht="82.5">
+      <c r="A176" s="28">
         <v>171</v>
       </c>
-      <c r="B176" s="58" t="s">
+      <c r="B176" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C176" s="59">
+      <c r="C176" s="29">
         <v>4742</v>
       </c>
-      <c r="D176" s="59" t="s">
+      <c r="D176" s="29" t="s">
         <v>556</v>
       </c>
-      <c r="E176" s="59" t="s">
+      <c r="E176" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F176" s="59" t="s">
+      <c r="F176" s="29" t="s">
         <v>557</v>
       </c>
-      <c r="G176" s="59" t="s">
+      <c r="G176" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="H176" s="59" t="s">
+      <c r="H176" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I176" s="69" t="s">
+      <c r="I176" s="39" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="177" spans="1:9" ht="115.5">
-      <c r="A177" s="58">
+    <row r="177" spans="1:9" ht="82.5">
+      <c r="A177" s="28">
         <v>172</v>
       </c>
-      <c r="B177" s="58" t="s">
+      <c r="B177" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C177" s="59">
+      <c r="C177" s="29">
         <v>33</v>
       </c>
-      <c r="D177" s="59" t="s">
+      <c r="D177" s="29" t="s">
         <v>559</v>
       </c>
-      <c r="E177" s="59" t="s">
+      <c r="E177" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F177" s="59" t="s">
+      <c r="F177" s="29" t="s">
         <v>560</v>
       </c>
-      <c r="G177" s="59" t="s">
+      <c r="G177" s="29" t="s">
         <v>462</v>
       </c>
-      <c r="H177" s="59" t="s">
+      <c r="H177" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I177" s="61" t="s">
+      <c r="I177" s="31" t="s">
         <v>561</v>
       </c>
     </row>
-    <row r="178" spans="1:9" ht="247.5">
-      <c r="A178" s="58">
+    <row r="178" spans="1:9" ht="214.5">
+      <c r="A178" s="28">
         <v>173</v>
       </c>
-      <c r="B178" s="58" t="s">
+      <c r="B178" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C178" s="59">
+      <c r="C178" s="29">
         <v>62</v>
       </c>
-      <c r="D178" s="59" t="s">
+      <c r="D178" s="29" t="s">
         <v>562</v>
       </c>
-      <c r="E178" s="59" t="s">
+      <c r="E178" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F178" s="59" t="s">
+      <c r="F178" s="29" t="s">
         <v>563</v>
       </c>
-      <c r="G178" s="59" t="s">
+      <c r="G178" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H178" s="59" t="s">
+      <c r="H178" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I178" s="69" t="s">
+      <c r="I178" s="39" t="s">
         <v>564</v>
       </c>
     </row>
-    <row r="179" spans="1:9" ht="363">
-      <c r="A179" s="58">
+    <row r="179" spans="1:9" ht="313.5">
+      <c r="A179" s="28">
         <v>174</v>
       </c>
-      <c r="B179" s="58" t="s">
+      <c r="B179" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C179" s="59">
+      <c r="C179" s="29">
         <v>94</v>
       </c>
-      <c r="D179" s="59" t="s">
+      <c r="D179" s="29" t="s">
         <v>565</v>
       </c>
-      <c r="E179" s="59" t="s">
+      <c r="E179" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F179" s="59" t="s">
+      <c r="F179" s="29" t="s">
         <v>566</v>
       </c>
-      <c r="G179" s="59" t="s">
+      <c r="G179" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H179" s="59" t="s">
+      <c r="H179" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I179" s="69" t="s">
+      <c r="I179" s="39" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="180" spans="1:9" ht="115.5">
-      <c r="A180" s="58">
+    <row r="180" spans="1:9" ht="99">
+      <c r="A180" s="28">
         <v>175</v>
       </c>
-      <c r="B180" s="58" t="s">
+      <c r="B180" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C180" s="70">
+      <c r="C180" s="40">
         <v>970</v>
       </c>
-      <c r="D180" s="70" t="s">
+      <c r="D180" s="40" t="s">
         <v>568</v>
       </c>
-      <c r="E180" s="70" t="s">
+      <c r="E180" s="40" t="s">
         <v>81</v>
       </c>
-      <c r="F180" s="59" t="s">
+      <c r="F180" s="29" t="s">
         <v>569</v>
       </c>
-      <c r="G180" s="70" t="s">
+      <c r="G180" s="40" t="s">
         <v>570</v>
       </c>
-      <c r="H180" s="59" t="s">
+      <c r="H180" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I180" s="61" t="s">
+      <c r="I180" s="31" t="s">
         <v>571</v>
       </c>
     </row>
-    <row r="181" spans="1:9" ht="115.5">
-      <c r="A181" s="58">
+    <row r="181" spans="1:9" ht="82.5">
+      <c r="A181" s="28">
         <v>176</v>
       </c>
-      <c r="B181" s="58" t="s">
+      <c r="B181" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C181" s="70">
+      <c r="C181" s="40">
         <v>1011</v>
       </c>
-      <c r="D181" s="70" t="s">
+      <c r="D181" s="40" t="s">
         <v>572</v>
       </c>
-      <c r="E181" s="70" t="s">
+      <c r="E181" s="40" t="s">
         <v>81</v>
       </c>
-      <c r="F181" s="70" t="s">
+      <c r="F181" s="40" t="s">
         <v>573</v>
       </c>
-      <c r="G181" s="70" t="s">
+      <c r="G181" s="40" t="s">
         <v>570</v>
       </c>
-      <c r="H181" s="59" t="s">
+      <c r="H181" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I181" s="61" t="s">
+      <c r="I181" s="31" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="182" spans="1:9" ht="66">
-      <c r="A182" s="58">
+      <c r="A182" s="28">
         <v>177</v>
       </c>
-      <c r="B182" s="58" t="s">
+      <c r="B182" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C182" s="70">
+      <c r="C182" s="40">
         <v>1789</v>
       </c>
-      <c r="D182" s="70" t="s">
+      <c r="D182" s="40" t="s">
         <v>575</v>
       </c>
-      <c r="E182" s="59" t="s">
+      <c r="E182" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F182" s="70" t="s">
+      <c r="F182" s="40" t="s">
         <v>576</v>
       </c>
-      <c r="G182" s="59" t="s">
+      <c r="G182" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H182" s="59" t="s">
+      <c r="H182" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I182" s="61" t="s">
+      <c r="I182" s="31" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="183" spans="1:9" ht="82.5">
-      <c r="A183" s="58">
+    <row r="183" spans="1:9" ht="66">
+      <c r="A183" s="28">
         <v>178</v>
       </c>
-      <c r="B183" s="58" t="s">
+      <c r="B183" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C183" s="70">
+      <c r="C183" s="40">
         <v>2017</v>
       </c>
-      <c r="D183" s="70" t="s">
+      <c r="D183" s="40" t="s">
         <v>578</v>
       </c>
-      <c r="E183" s="59" t="s">
+      <c r="E183" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F183" s="70" t="s">
+      <c r="F183" s="40" t="s">
         <v>244</v>
       </c>
-      <c r="G183" s="70" t="s">
+      <c r="G183" s="40" t="s">
         <v>245</v>
       </c>
-      <c r="H183" s="59" t="s">
+      <c r="H183" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I183" s="61" t="s">
+      <c r="I183" s="31" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="184" spans="1:9" ht="81">
-      <c r="A184" s="58">
+      <c r="A184" s="28">
         <v>179</v>
       </c>
-      <c r="B184" s="58" t="s">
+      <c r="B184" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C184" s="70">
+      <c r="C184" s="40">
         <v>108</v>
       </c>
-      <c r="D184" s="71" t="s">
+      <c r="D184" s="41" t="s">
         <v>580</v>
       </c>
-      <c r="E184" s="71" t="s">
+      <c r="E184" s="41" t="s">
         <v>493</v>
       </c>
-      <c r="F184" s="71" t="s">
+      <c r="F184" s="41" t="s">
         <v>581</v>
       </c>
-      <c r="G184" s="59" t="s">
+      <c r="G184" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H184" s="59" t="s">
+      <c r="H184" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I184" s="63" t="s">
+      <c r="I184" s="33" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="185" spans="1:9" ht="81">
-      <c r="A185" s="58">
+      <c r="A185" s="28">
         <v>180</v>
       </c>
-      <c r="B185" s="58" t="s">
+      <c r="B185" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C185" s="70">
+      <c r="C185" s="40">
         <v>2566</v>
       </c>
-      <c r="D185" s="71" t="s">
+      <c r="D185" s="41" t="s">
         <v>582</v>
       </c>
-      <c r="E185" s="71" t="s">
+      <c r="E185" s="41" t="s">
         <v>493</v>
       </c>
-      <c r="F185" s="71" t="s">
+      <c r="F185" s="41" t="s">
         <v>581</v>
       </c>
-      <c r="G185" s="59" t="s">
+      <c r="G185" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H185" s="59" t="s">
+      <c r="H185" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I185" s="63" t="s">
+      <c r="I185" s="33" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="186" spans="1:9" ht="60">
-      <c r="A186" s="58">
+    <row r="186" spans="1:9" ht="45">
+      <c r="A186" s="28">
         <v>181</v>
       </c>
-      <c r="B186" s="58" t="s">
+      <c r="B186" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C186" s="70">
+      <c r="C186" s="40">
         <v>1011</v>
       </c>
-      <c r="D186" s="71" t="s">
+      <c r="D186" s="41" t="s">
         <v>572</v>
       </c>
-      <c r="E186" s="71" t="s">
+      <c r="E186" s="41" t="s">
         <v>493</v>
       </c>
-      <c r="F186" s="71" t="s">
+      <c r="F186" s="41" t="s">
         <v>584</v>
       </c>
-      <c r="G186" s="71" t="s">
+      <c r="G186" s="41" t="s">
         <v>585</v>
       </c>
-      <c r="H186" s="59" t="s">
+      <c r="H186" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I186" s="63" t="s">
+      <c r="I186" s="33" t="s">
         <v>574</v>
       </c>
     </row>
-    <row r="187" spans="1:9" ht="90">
-      <c r="A187" s="58">
+    <row r="187" spans="1:9" ht="66">
+      <c r="A187" s="28">
         <v>182</v>
       </c>
-      <c r="B187" s="58" t="s">
+      <c r="B187" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C187" s="70">
+      <c r="C187" s="40">
         <v>4100</v>
       </c>
-      <c r="D187" s="71" t="s">
+      <c r="D187" s="41" t="s">
         <v>586</v>
       </c>
-      <c r="E187" s="71" t="s">
+      <c r="E187" s="41" t="s">
         <v>493</v>
       </c>
-      <c r="F187" s="72" t="s">
+      <c r="F187" s="42" t="s">
         <v>587</v>
       </c>
-      <c r="G187" s="59" t="s">
+      <c r="G187" s="29" t="s">
         <v>383</v>
       </c>
-      <c r="H187" s="59" t="s">
+      <c r="H187" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I187" s="63" t="s">
+      <c r="I187" s="33" t="s">
         <v>588</v>
       </c>
     </row>
-    <row r="188" spans="1:9" ht="105">
-      <c r="A188" s="58">
+    <row r="188" spans="1:9" ht="60">
+      <c r="A188" s="28">
         <v>183</v>
       </c>
-      <c r="B188" s="58" t="s">
+      <c r="B188" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C188" s="70">
+      <c r="C188" s="40">
         <v>3973</v>
       </c>
-      <c r="D188" s="71" t="s">
+      <c r="D188" s="41" t="s">
         <v>589</v>
       </c>
-      <c r="E188" s="71" t="s">
+      <c r="E188" s="41" t="s">
         <v>493</v>
       </c>
-      <c r="F188" s="71" t="s">
+      <c r="F188" s="41" t="s">
         <v>590</v>
       </c>
-      <c r="G188" s="71" t="s">
+      <c r="G188" s="41" t="s">
         <v>591</v>
       </c>
-      <c r="H188" s="59" t="s">
+      <c r="H188" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I188" s="57" t="s">
+      <c r="I188" s="27" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="189" spans="1:9" ht="115.5">
-      <c r="A189" s="58">
+    <row r="189" spans="1:9" ht="99">
+      <c r="A189" s="28">
         <v>184</v>
       </c>
-      <c r="B189" s="58" t="s">
+      <c r="B189" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C189" s="59">
+      <c r="C189" s="29">
         <v>744</v>
       </c>
-      <c r="D189" s="59" t="s">
+      <c r="D189" s="29" t="s">
         <v>593</v>
       </c>
-      <c r="E189" s="59" t="s">
+      <c r="E189" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F189" s="59" t="s">
+      <c r="F189" s="29" t="s">
         <v>362</v>
       </c>
-      <c r="G189" s="59" t="s">
+      <c r="G189" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="H189" s="59" t="s">
+      <c r="H189" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I189" s="73" t="s">
+      <c r="I189" s="43" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="190" spans="1:9" ht="132">
-      <c r="A190" s="58">
+    <row r="190" spans="1:9" ht="99">
+      <c r="A190" s="28">
         <v>185</v>
       </c>
-      <c r="B190" s="58" t="s">
+      <c r="B190" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C190" s="59">
+      <c r="C190" s="29">
         <v>350</v>
       </c>
-      <c r="D190" s="59" t="s">
+      <c r="D190" s="29" t="s">
         <v>344</v>
       </c>
-      <c r="E190" s="59" t="s">
+      <c r="E190" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F190" s="59" t="s">
+      <c r="F190" s="29" t="s">
         <v>595</v>
       </c>
-      <c r="G190" s="59" t="s">
+      <c r="G190" s="29" t="s">
         <v>596</v>
       </c>
-      <c r="H190" s="59" t="s">
+      <c r="H190" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I190" s="74" t="s">
+      <c r="I190" s="44" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="191" spans="1:9" ht="132">
-      <c r="A191" s="58">
+    <row r="191" spans="1:9" ht="99">
+      <c r="A191" s="28">
         <v>186</v>
       </c>
-      <c r="B191" s="58" t="s">
+      <c r="B191" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C191" s="59">
+      <c r="C191" s="29">
         <v>28</v>
       </c>
-      <c r="D191" s="59" t="s">
+      <c r="D191" s="29" t="s">
         <v>598</v>
       </c>
-      <c r="E191" s="59" t="s">
+      <c r="E191" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F191" s="59" t="s">
+      <c r="F191" s="29" t="s">
         <v>595</v>
       </c>
-      <c r="G191" s="59" t="s">
+      <c r="G191" s="29" t="s">
         <v>599</v>
       </c>
-      <c r="H191" s="59" t="s">
+      <c r="H191" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I191" s="75" t="s">
+      <c r="I191" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="192" spans="1:9" ht="148.5">
-      <c r="A192" s="58">
+    <row r="192" spans="1:9" ht="132">
+      <c r="A192" s="28">
         <v>187</v>
       </c>
-      <c r="B192" s="58" t="s">
+      <c r="B192" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C192" s="59">
+      <c r="C192" s="29">
         <v>323</v>
       </c>
-      <c r="D192" s="59" t="s">
+      <c r="D192" s="29" t="s">
         <v>601</v>
       </c>
-      <c r="E192" s="59" t="s">
+      <c r="E192" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F192" s="59" t="s">
+      <c r="F192" s="29" t="s">
         <v>602</v>
       </c>
-      <c r="G192" s="59" t="s">
+      <c r="G192" s="29" t="s">
         <v>603</v>
       </c>
-      <c r="H192" s="59" t="s">
+      <c r="H192" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I192" s="75" t="s">
+      <c r="I192" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="193" spans="1:9" ht="115.5">
-      <c r="A193" s="58">
+    <row r="193" spans="1:9" ht="99">
+      <c r="A193" s="28">
         <v>188</v>
       </c>
-      <c r="B193" s="58" t="s">
+      <c r="B193" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C193" s="59">
+      <c r="C193" s="29">
         <v>334</v>
       </c>
-      <c r="D193" s="59" t="s">
+      <c r="D193" s="29" t="s">
         <v>604</v>
       </c>
-      <c r="E193" s="59" t="s">
+      <c r="E193" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F193" s="59" t="s">
+      <c r="F193" s="29" t="s">
         <v>605</v>
       </c>
-      <c r="G193" s="59" t="s">
+      <c r="G193" s="29" t="s">
         <v>599</v>
       </c>
-      <c r="H193" s="59" t="s">
+      <c r="H193" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I193" s="75" t="s">
+      <c r="I193" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="194" spans="1:9" ht="115.5">
-      <c r="A194" s="58">
+    <row r="194" spans="1:9" ht="99">
+      <c r="A194" s="28">
         <v>189</v>
       </c>
-      <c r="B194" s="58" t="s">
+      <c r="B194" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C194" s="59">
+      <c r="C194" s="29">
         <v>414</v>
       </c>
-      <c r="D194" s="59" t="s">
+      <c r="D194" s="29" t="s">
         <v>606</v>
       </c>
-      <c r="E194" s="59" t="s">
+      <c r="E194" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F194" s="59" t="s">
+      <c r="F194" s="29" t="s">
         <v>607</v>
       </c>
-      <c r="G194" s="59" t="s">
+      <c r="G194" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H194" s="59" t="s">
+      <c r="H194" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I194" s="75" t="s">
+      <c r="I194" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="195" spans="1:9" ht="115.5">
-      <c r="A195" s="58">
+    <row r="195" spans="1:9" ht="99">
+      <c r="A195" s="28">
         <v>190</v>
       </c>
-      <c r="B195" s="58" t="s">
+      <c r="B195" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C195" s="59">
+      <c r="C195" s="29">
         <v>833</v>
       </c>
-      <c r="D195" s="59" t="s">
+      <c r="D195" s="29" t="s">
         <v>609</v>
       </c>
-      <c r="E195" s="59" t="s">
+      <c r="E195" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F195" s="59" t="s">
+      <c r="F195" s="29" t="s">
         <v>610</v>
       </c>
-      <c r="G195" s="59" t="s">
+      <c r="G195" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H195" s="59" t="s">
+      <c r="H195" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I195" s="63" t="s">
+      <c r="I195" s="33" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="196" spans="1:9" ht="115.5">
-      <c r="A196" s="58">
+    <row r="196" spans="1:9" ht="99">
+      <c r="A196" s="28">
         <v>191</v>
       </c>
-      <c r="B196" s="58" t="s">
+      <c r="B196" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C196" s="59">
+      <c r="C196" s="29">
         <v>1151</v>
       </c>
-      <c r="D196" s="59" t="s">
+      <c r="D196" s="29" t="s">
         <v>612</v>
       </c>
-      <c r="E196" s="59" t="s">
+      <c r="E196" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F196" s="59" t="s">
+      <c r="F196" s="29" t="s">
         <v>613</v>
       </c>
-      <c r="G196" s="59" t="s">
+      <c r="G196" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H196" s="59" t="s">
+      <c r="H196" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I196" s="75" t="s">
+      <c r="I196" s="45" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="197" spans="1:9" ht="82.5">
-      <c r="A197" s="58">
+      <c r="A197" s="28">
         <v>192</v>
       </c>
-      <c r="B197" s="58" t="s">
+      <c r="B197" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C197" s="59">
+      <c r="C197" s="29">
         <v>1911</v>
       </c>
-      <c r="D197" s="59" t="s">
+      <c r="D197" s="29" t="s">
         <v>614</v>
       </c>
-      <c r="E197" s="59" t="s">
+      <c r="E197" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F197" s="59" t="s">
+      <c r="F197" s="29" t="s">
         <v>615</v>
       </c>
-      <c r="G197" s="59" t="s">
+      <c r="G197" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H197" s="59" t="s">
+      <c r="H197" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I197" s="63" t="s">
+      <c r="I197" s="33" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="198" spans="1:9" ht="115.5">
-      <c r="A198" s="58">
+    <row r="198" spans="1:9" ht="99">
+      <c r="A198" s="28">
         <v>193</v>
       </c>
-      <c r="B198" s="58" t="s">
+      <c r="B198" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C198" s="59">
+      <c r="C198" s="29">
         <v>2361</v>
       </c>
-      <c r="D198" s="59" t="s">
+      <c r="D198" s="29" t="s">
         <v>617</v>
       </c>
-      <c r="E198" s="59" t="s">
+      <c r="E198" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F198" s="59" t="s">
+      <c r="F198" s="29" t="s">
         <v>618</v>
       </c>
-      <c r="G198" s="59" t="s">
+      <c r="G198" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="H198" s="59" t="s">
+      <c r="H198" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I198" s="63" t="s">
+      <c r="I198" s="33" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="199" spans="1:9" ht="115.5">
-      <c r="A199" s="58">
+    <row r="199" spans="1:9" ht="99">
+      <c r="A199" s="28">
         <v>194</v>
       </c>
-      <c r="B199" s="58" t="s">
+      <c r="B199" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C199" s="59">
+      <c r="C199" s="29">
         <v>2922</v>
       </c>
-      <c r="D199" s="59" t="s">
+      <c r="D199" s="29" t="s">
         <v>620</v>
       </c>
-      <c r="E199" s="59" t="s">
+      <c r="E199" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F199" s="59" t="s">
+      <c r="F199" s="29" t="s">
         <v>621</v>
       </c>
-      <c r="G199" s="59" t="s">
+      <c r="G199" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H199" s="59" t="s">
+      <c r="H199" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I199" s="63" t="s">
+      <c r="I199" s="33" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="200" spans="1:9" ht="148.5">
-      <c r="A200" s="58">
+    <row r="200" spans="1:9" ht="115.5">
+      <c r="A200" s="28">
         <v>195</v>
       </c>
-      <c r="B200" s="58" t="s">
+      <c r="B200" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C200" s="59">
+      <c r="C200" s="29">
         <v>2929</v>
       </c>
-      <c r="D200" s="59" t="s">
+      <c r="D200" s="29" t="s">
         <v>623</v>
       </c>
-      <c r="E200" s="59" t="s">
+      <c r="E200" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F200" s="59" t="s">
+      <c r="F200" s="29" t="s">
         <v>624</v>
       </c>
-      <c r="G200" s="59" t="s">
+      <c r="G200" s="29" t="s">
         <v>596</v>
       </c>
-      <c r="H200" s="59" t="s">
+      <c r="H200" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I200" s="63" t="s">
+      <c r="I200" s="33" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="201" spans="1:9" ht="115.5">
-      <c r="A201" s="58">
+    <row r="201" spans="1:9" ht="99">
+      <c r="A201" s="28">
         <v>196</v>
       </c>
-      <c r="B201" s="58" t="s">
+      <c r="B201" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C201" s="59">
+      <c r="C201" s="29">
         <v>3202</v>
       </c>
-      <c r="D201" s="59" t="s">
+      <c r="D201" s="29" t="s">
         <v>626</v>
       </c>
-      <c r="E201" s="59" t="s">
+      <c r="E201" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F201" s="59" t="s">
+      <c r="F201" s="29" t="s">
         <v>215</v>
       </c>
-      <c r="G201" s="59" t="s">
+      <c r="G201" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H201" s="59" t="s">
+      <c r="H201" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I201" s="75" t="s">
+      <c r="I201" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="202" spans="1:9" ht="115.5">
-      <c r="A202" s="58">
+    <row r="202" spans="1:9" ht="99">
+      <c r="A202" s="28">
         <v>197</v>
       </c>
-      <c r="B202" s="58" t="s">
+      <c r="B202" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C202" s="59">
+      <c r="C202" s="29">
         <v>3207</v>
       </c>
-      <c r="D202" s="59" t="s">
+      <c r="D202" s="29" t="s">
         <v>626</v>
       </c>
-      <c r="E202" s="59" t="s">
+      <c r="E202" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F202" s="59" t="s">
+      <c r="F202" s="29" t="s">
         <v>215</v>
       </c>
-      <c r="G202" s="59" t="s">
+      <c r="G202" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H202" s="59" t="s">
+      <c r="H202" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I202" s="75" t="s">
+      <c r="I202" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="203" spans="1:9" ht="115.5">
-      <c r="A203" s="58">
+    <row r="203" spans="1:9" ht="99">
+      <c r="A203" s="28">
         <v>198</v>
       </c>
-      <c r="B203" s="58" t="s">
+      <c r="B203" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C203" s="59">
+      <c r="C203" s="29">
         <v>3216</v>
       </c>
-      <c r="D203" s="59" t="s">
+      <c r="D203" s="29" t="s">
         <v>627</v>
       </c>
-      <c r="E203" s="59" t="s">
+      <c r="E203" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F203" s="59" t="s">
+      <c r="F203" s="29" t="s">
         <v>628</v>
       </c>
-      <c r="G203" s="59" t="s">
+      <c r="G203" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H203" s="59" t="s">
+      <c r="H203" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I203" s="75" t="s">
+      <c r="I203" s="45" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="204" spans="1:9" ht="148.5">
-      <c r="A204" s="58">
+      <c r="A204" s="28">
         <v>199</v>
       </c>
-      <c r="B204" s="58" t="s">
+      <c r="B204" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C204" s="59">
+      <c r="C204" s="29">
         <v>3535</v>
       </c>
-      <c r="D204" s="59" t="s">
+      <c r="D204" s="29" t="s">
         <v>629</v>
       </c>
-      <c r="E204" s="59" t="s">
+      <c r="E204" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F204" s="59" t="s">
+      <c r="F204" s="29" t="s">
         <v>630</v>
       </c>
-      <c r="G204" s="59" t="s">
+      <c r="G204" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H204" s="59" t="s">
+      <c r="H204" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I204" s="75" t="s">
+      <c r="I204" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="205" spans="1:9" ht="99">
-      <c r="A205" s="58">
+    <row r="205" spans="1:9" ht="66">
+      <c r="A205" s="28">
         <v>200</v>
       </c>
-      <c r="B205" s="58" t="s">
+      <c r="B205" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C205" s="59">
+      <c r="C205" s="29">
         <v>3684</v>
       </c>
-      <c r="D205" s="59" t="s">
+      <c r="D205" s="29" t="s">
         <v>631</v>
       </c>
-      <c r="E205" s="59" t="s">
+      <c r="E205" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F205" s="59" t="s">
+      <c r="F205" s="29" t="s">
         <v>632</v>
       </c>
-      <c r="G205" s="59" t="s">
+      <c r="G205" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H205" s="59" t="s">
+      <c r="H205" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I205" s="63" t="s">
+      <c r="I205" s="33" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="206" spans="1:9" ht="115.5">
-      <c r="A206" s="58">
+      <c r="A206" s="28">
         <v>201</v>
       </c>
-      <c r="B206" s="58" t="s">
+      <c r="B206" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C206" s="59">
+      <c r="C206" s="29">
         <v>3939</v>
       </c>
-      <c r="D206" s="59" t="s">
+      <c r="D206" s="29" t="s">
         <v>634</v>
       </c>
-      <c r="E206" s="59" t="s">
+      <c r="E206" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F206" s="59" t="s">
+      <c r="F206" s="29" t="s">
         <v>635</v>
       </c>
-      <c r="G206" s="59" t="s">
+      <c r="G206" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H206" s="59" t="s">
+      <c r="H206" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I206" s="75" t="s">
+      <c r="I206" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="207" spans="1:9" ht="99">
-      <c r="A207" s="58">
+    <row r="207" spans="1:9" ht="82.5">
+      <c r="A207" s="28">
         <v>202</v>
       </c>
-      <c r="B207" s="58" t="s">
+      <c r="B207" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C207" s="59">
+      <c r="C207" s="29">
         <v>4187</v>
       </c>
-      <c r="D207" s="59" t="s">
+      <c r="D207" s="29" t="s">
         <v>334</v>
       </c>
-      <c r="E207" s="59" t="s">
+      <c r="E207" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F207" s="59" t="s">
+      <c r="F207" s="29" t="s">
         <v>636</v>
       </c>
-      <c r="G207" s="59" t="s">
+      <c r="G207" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H207" s="59" t="s">
+      <c r="H207" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I207" s="75" t="s">
+      <c r="I207" s="45" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="208" spans="1:9" ht="181.5">
-      <c r="A208" s="58">
+    <row r="208" spans="1:9" ht="148.5">
+      <c r="A208" s="28">
         <v>203</v>
       </c>
-      <c r="B208" s="58" t="s">
+      <c r="B208" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C208" s="59">
+      <c r="C208" s="29">
         <v>4493</v>
       </c>
-      <c r="D208" s="59" t="s">
+      <c r="D208" s="29" t="s">
         <v>637</v>
       </c>
-      <c r="E208" s="59" t="s">
+      <c r="E208" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F208" s="59" t="s">
+      <c r="F208" s="29" t="s">
         <v>638</v>
       </c>
-      <c r="G208" s="59" t="s">
+      <c r="G208" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H208" s="59" t="s">
+      <c r="H208" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I208" s="62" t="s">
+      <c r="I208" s="32" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="209" spans="1:9" ht="132">
-      <c r="A209" s="58">
+    <row r="209" spans="1:9" ht="99">
+      <c r="A209" s="28">
         <v>204</v>
       </c>
-      <c r="B209" s="58" t="s">
+      <c r="B209" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C209" s="59">
+      <c r="C209" s="29">
         <v>4500</v>
       </c>
-      <c r="D209" s="59" t="s">
+      <c r="D209" s="29" t="s">
         <v>637</v>
       </c>
-      <c r="E209" s="59" t="s">
+      <c r="E209" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F209" s="59" t="s">
+      <c r="F209" s="29" t="s">
         <v>639</v>
       </c>
-      <c r="G209" s="59" t="s">
+      <c r="G209" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H209" s="59" t="s">
+      <c r="H209" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I209" s="62" t="s">
+      <c r="I209" s="32" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="210" spans="1:9" ht="165">
-      <c r="A210" s="58">
+    <row r="210" spans="1:9" ht="148.5">
+      <c r="A210" s="28">
         <v>205</v>
       </c>
-      <c r="B210" s="58" t="s">
+      <c r="B210" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C210" s="59">
+      <c r="C210" s="29">
         <v>4609</v>
       </c>
-      <c r="D210" s="59" t="s">
+      <c r="D210" s="29" t="s">
         <v>640</v>
       </c>
-      <c r="E210" s="59" t="s">
+      <c r="E210" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F210" s="59" t="s">
+      <c r="F210" s="29" t="s">
         <v>641</v>
       </c>
-      <c r="G210" s="59" t="s">
+      <c r="G210" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H210" s="59" t="s">
+      <c r="H210" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I210" s="62" t="s">
+      <c r="I210" s="32" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="211" spans="1:9" ht="214.5">
-      <c r="A211" s="58">
+    <row r="211" spans="1:9" ht="181.5">
+      <c r="A211" s="28">
         <v>206</v>
       </c>
-      <c r="B211" s="58" t="s">
+      <c r="B211" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C211" s="59">
+      <c r="C211" s="29">
         <v>4840</v>
       </c>
-      <c r="D211" s="59" t="s">
+      <c r="D211" s="29" t="s">
         <v>642</v>
       </c>
-      <c r="E211" s="59" t="s">
+      <c r="E211" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F211" s="59" t="s">
+      <c r="F211" s="29" t="s">
         <v>643</v>
       </c>
-      <c r="G211" s="59" t="s">
+      <c r="G211" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H211" s="59" t="s">
+      <c r="H211" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I211" s="62" t="s">
+      <c r="I211" s="32" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="212" spans="1:9" ht="115.5">
-      <c r="A212" s="58">
+    <row r="212" spans="1:9" ht="99">
+      <c r="A212" s="28">
         <v>207</v>
       </c>
-      <c r="B212" s="58" t="s">
+      <c r="B212" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C212" s="59">
+      <c r="C212" s="29">
         <v>6258</v>
       </c>
-      <c r="D212" s="59" t="s">
+      <c r="D212" s="29" t="s">
         <v>644</v>
       </c>
-      <c r="E212" s="59" t="s">
+      <c r="E212" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F212" s="59" t="s">
+      <c r="F212" s="29" t="s">
         <v>645</v>
       </c>
-      <c r="G212" s="59" t="s">
+      <c r="G212" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H212" s="59" t="s">
+      <c r="H212" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I212" s="63" t="s">
+      <c r="I212" s="33" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="213" spans="1:9" ht="115.5">
-      <c r="A213" s="58">
+      <c r="A213" s="28">
         <v>208</v>
       </c>
-      <c r="B213" s="58" t="s">
+      <c r="B213" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C213" s="59">
+      <c r="C213" s="29">
         <v>516</v>
       </c>
-      <c r="D213" s="59" t="s">
+      <c r="D213" s="29" t="s">
         <v>647</v>
       </c>
-      <c r="E213" s="59" t="s">
+      <c r="E213" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F213" s="59" t="s">
+      <c r="F213" s="29" t="s">
         <v>648</v>
       </c>
-      <c r="G213" s="59" t="s">
+      <c r="G213" s="29" t="s">
         <v>608</v>
       </c>
-      <c r="H213" s="59" t="s">
+      <c r="H213" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I213" s="62" t="s">
+      <c r="I213" s="32" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="214" spans="1:9" ht="82.5">
-      <c r="A214" s="58">
+      <c r="A214" s="28">
         <v>209</v>
       </c>
-      <c r="B214" s="58" t="s">
+      <c r="B214" s="28" t="s">
         <v>100</v>
       </c>
-      <c r="C214" s="59">
+      <c r="C214" s="29">
         <v>4838</v>
       </c>
-      <c r="D214" s="59" t="s">
+      <c r="D214" s="29" t="s">
         <v>649</v>
       </c>
-      <c r="E214" s="59" t="s">
+      <c r="E214" s="29" t="s">
         <v>81</v>
       </c>
-      <c r="F214" s="59" t="s">
+      <c r="F214" s="29" t="s">
         <v>650</v>
       </c>
-      <c r="G214" s="59" t="s">
+      <c r="G214" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="H214" s="59" t="s">
+      <c r="H214" s="29" t="s">
         <v>65</v>
       </c>
-      <c r="I214" s="62" t="s">
+      <c r="I214" s="32" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1"/>
       <c r="B215" s="1"/>
       <c r="C215" s="1"/>
       <c r="D215" s="1"/>
       <c r="E215" s="1"/>
       <c r="F215" s="1"/>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1"/>
       <c r="B216" s="1"/>
       <c r="C216" s="1"/>
       <c r="D216" s="1"/>
       <c r="E216" s="1"/>
       <c r="F216" s="1"/>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1"/>
     </row>
@@ -10142,320 +10163,320 @@
     <hyperlink ref="I175" r:id="rId184" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16785-resolucion-4740-del-21-de-diciembre-de-2023" xr:uid="{2FDC5892-1E5D-4045-9DEF-59A6121F79B2}"/>
     <hyperlink ref="I176" r:id="rId185" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16784-resolucion-4742-del-21-de-diciembre-de-2023" xr:uid="{BCE6560B-2D6B-4CB1-AF18-9E8CBB4C5188}"/>
     <hyperlink ref="I178" r:id="rId186" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16619-resolucion-62-del-15-de-enero-de-2024" xr:uid="{2429B956-DEBB-4AFF-9051-63D0C32F90D0}"/>
     <hyperlink ref="I179" r:id="rId187" display="https://www.invias.gov.co/index.php/normativa/resoluciones-circulares-otros/16630-resolucion-94-del-18-de-enero-de-2024" xr:uid="{16B43C99-FC4C-4010-A93F-2E85418605DF}"/>
     <hyperlink ref="I183" r:id="rId188" xr:uid="{F3CED2A3-93FA-4037-A431-E3DE33F3604D}"/>
     <hyperlink ref="I180" r:id="rId189" xr:uid="{776D1A48-799D-47DF-ACE6-9ED8BE505B6F}"/>
     <hyperlink ref="I181" r:id="rId190" xr:uid="{4DCA7319-DDDA-41DA-ABB7-20398B2D53CE}"/>
     <hyperlink ref="I182" r:id="rId191" xr:uid="{D81AB66D-D2E5-4158-B14A-0435B430E13B}"/>
     <hyperlink ref="I177" r:id="rId192" xr:uid="{1BB00CF4-0F57-4E91-BCFA-0E0A95562B8C}"/>
     <hyperlink ref="I188" r:id="rId193" xr:uid="{FE68897D-AC90-4428-867E-754ECE4818F0}"/>
     <hyperlink ref="I187" r:id="rId194" xr:uid="{A3F12B3C-B85C-4C96-AC0A-2DD1DEDCA1FB}"/>
     <hyperlink ref="I184" r:id="rId195" xr:uid="{F47C0D8D-BB70-4D7C-9DF3-4F65F3127723}"/>
     <hyperlink ref="I185" r:id="rId196" xr:uid="{0B245732-E909-4014-BB93-479A2F80752A}"/>
     <hyperlink ref="I186" r:id="rId197" xr:uid="{0FE4928E-548C-439B-BD7C-EA67C61E9313}"/>
     <hyperlink ref="I189" r:id="rId198" xr:uid="{5B996936-47A8-4FAC-8FCF-6367E14F24C5}"/>
     <hyperlink ref="I190" r:id="rId199" xr:uid="{2BDF9CCB-B735-4624-9D22-FAD3CCF1C9EF}"/>
     <hyperlink ref="I195" r:id="rId200" xr:uid="{4978BC62-E558-4501-B983-AD7D958AED14}"/>
     <hyperlink ref="I197" r:id="rId201" xr:uid="{8ECCF345-C2BB-4E64-9091-191C581F8C37}"/>
     <hyperlink ref="I198" r:id="rId202" xr:uid="{D2EA6B82-CED7-45A1-8AC9-27D0ED2B5480}"/>
     <hyperlink ref="I199" r:id="rId203" xr:uid="{426F63F6-9020-45F5-9AA9-1821D42675A3}"/>
     <hyperlink ref="I200" r:id="rId204" xr:uid="{F584592E-654A-4E23-BA9D-0430F5A28541}"/>
     <hyperlink ref="I205" r:id="rId205" xr:uid="{D4B98AAD-5BA9-40B1-8FA2-AB239BC53FFE}"/>
     <hyperlink ref="I212" r:id="rId206" xr:uid="{C37F0394-C4C3-4962-9CA3-F361B709DD55}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="42" orientation="portrait" r:id="rId207"/>
+  <pageSetup scale="37" orientation="portrait" r:id="rId207"/>
   <drawing r:id="rId208"/>
   <legacyDrawing r:id="rId209"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F467126-1DA6-4DD4-B3CE-DC6A875CF3D5}">
   <dimension ref="A1:M1024"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K5" sqref="K5:K6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="3" width="17.5703125" customWidth="1"/>
     <col min="4" max="6" width="24.42578125" customWidth="1"/>
     <col min="7" max="7" width="41.42578125" customWidth="1"/>
     <col min="8" max="8" width="47.5703125" customWidth="1"/>
     <col min="9" max="9" width="22" customWidth="1"/>
     <col min="10" max="10" width="48.28515625" customWidth="1"/>
     <col min="11" max="11" width="34.42578125" customWidth="1"/>
     <col min="13" max="13" width="74.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="18" customHeight="1">
-      <c r="A1" s="42"/>
-[...2 lines deleted...]
-      <c r="D1" s="50" t="s">
+      <c r="A1" s="63"/>
+      <c r="B1" s="63"/>
+      <c r="C1" s="63"/>
+      <c r="D1" s="75" t="s">
         <v>20</v>
       </c>
-      <c r="E1" s="50"/>
-[...3 lines deleted...]
-      <c r="I1" s="50"/>
+      <c r="E1" s="75"/>
+      <c r="F1" s="75"/>
+      <c r="G1" s="75"/>
+      <c r="H1" s="75"/>
+      <c r="I1" s="75"/>
       <c r="J1" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="23.25" customHeight="1">
-      <c r="A2" s="42"/>
-[...7 lines deleted...]
-      <c r="I2" s="50"/>
+      <c r="A2" s="63"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="75"/>
+      <c r="E2" s="75"/>
+      <c r="F2" s="75"/>
+      <c r="G2" s="75"/>
+      <c r="H2" s="75"/>
+      <c r="I2" s="75"/>
       <c r="J2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="5">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="26.25" customHeight="1">
-      <c r="A3" s="42"/>
-[...7 lines deleted...]
-      <c r="I3" s="50"/>
+      <c r="A3" s="63"/>
+      <c r="B3" s="63"/>
+      <c r="C3" s="63"/>
+      <c r="D3" s="75"/>
+      <c r="E3" s="75"/>
+      <c r="F3" s="75"/>
+      <c r="G3" s="75"/>
+      <c r="H3" s="75"/>
+      <c r="I3" s="75"/>
       <c r="J3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="15.75" thickBot="1"/>
     <row r="5" spans="1:13">
-      <c r="A5" s="51" t="s">
+      <c r="A5" s="76" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="51" t="s">
+      <c r="B5" s="76" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="46" t="s">
+      <c r="C5" s="71" t="s">
         <v>9</v>
       </c>
-      <c r="D5" s="48" t="s">
+      <c r="D5" s="73" t="s">
         <v>10</v>
       </c>
-      <c r="E5" s="48" t="s">
+      <c r="E5" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="F5" s="48" t="s">
+      <c r="F5" s="73" t="s">
         <v>56</v>
       </c>
-      <c r="G5" s="46" t="s">
+      <c r="G5" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="H5" s="46" t="s">
+      <c r="H5" s="71" t="s">
         <v>5</v>
       </c>
-      <c r="I5" s="46" t="s">
+      <c r="I5" s="71" t="s">
         <v>6</v>
       </c>
-      <c r="J5" s="46" t="s">
+      <c r="J5" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="K5" s="46" t="s">
+      <c r="K5" s="71" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="36.75" customHeight="1" thickBot="1">
-      <c r="A6" s="52"/>
-[...10 lines deleted...]
-      <c r="M6" s="22" t="s">
+      <c r="A6" s="77"/>
+      <c r="B6" s="77"/>
+      <c r="C6" s="72"/>
+      <c r="D6" s="74"/>
+      <c r="E6" s="74"/>
+      <c r="F6" s="74"/>
+      <c r="G6" s="72"/>
+      <c r="H6" s="72"/>
+      <c r="I6" s="72"/>
+      <c r="J6" s="72"/>
+      <c r="K6" s="72"/>
+      <c r="M6" s="20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
-      <c r="M7" s="22" t="s">
+      <c r="M7" s="20" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
-      <c r="M8" s="22" t="s">
+      <c r="M8" s="20" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1"/>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
-      <c r="M9" s="22" t="s">
+      <c r="M9" s="20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1"/>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
-      <c r="M10" s="22" t="s">
+      <c r="M10" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
-      <c r="M11" s="22" t="s">
+      <c r="M11" s="20" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
-      <c r="M12" s="22" t="s">
+      <c r="M12" s="20" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="M13" s="22" t="s">
+      <c r="M13" s="20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
     </row>
     <row r="15" spans="1:13" ht="60">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
-      <c r="M15" s="22" t="s">
+      <c r="M15" s="20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1"/>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
@@ -23590,156 +23611,156 @@
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A45A53B-D661-4696-9359-86010DC5995F}">
   <dimension ref="B1:F20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="82.28515625" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B2" s="11" t="s">
+      <c r="B2" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="2:6" ht="20.100000000000001" customHeight="1" thickBot="1">
-      <c r="B3" s="12" t="s">
+      <c r="B3" s="10" t="s">
         <v>24</v>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="F3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:6" ht="20.100000000000001" customHeight="1" thickBot="1">
-      <c r="B4" s="13" t="s">
+      <c r="B4" s="11" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
-      <c r="F4" s="23" t="s">
+      <c r="F4" s="21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B5" s="14" t="s">
+      <c r="B5" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B7" s="15" t="s">
+      <c r="B7" s="13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="2:6" ht="27.75" customHeight="1">
-      <c r="B8" s="15" t="s">
+      <c r="B8" s="13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B9" s="15" t="s">
+      <c r="B9" s="13" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="2:6" ht="20.100000000000001" customHeight="1" thickBot="1">
-      <c r="B10" s="16" t="s">
+      <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B11" s="17" t="s">
+      <c r="B11" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B12" s="18" t="s">
+      <c r="B12" s="16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B13" s="18" t="s">
+      <c r="B13" s="16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B14" s="18" t="s">
+      <c r="B14" s="16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B15" s="18" t="s">
+      <c r="B15" s="16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="2:6" ht="20.100000000000001" customHeight="1">
-      <c r="B16" s="18" t="s">
+      <c r="B16" s="16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="2:2" ht="20.100000000000001" customHeight="1">
-      <c r="B17" s="18" t="s">
+      <c r="B17" s="16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="2:2" ht="20.100000000000001" customHeight="1" thickBot="1">
-      <c r="B18" s="19" t="s">
+      <c r="B18" s="17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="2:2" ht="20.100000000000001" customHeight="1">
-      <c r="B19" s="20" t="s">
+      <c r="B19" s="18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="2:2" ht="20.100000000000001" customHeight="1" thickBot="1">
-      <c r="B20" s="21" t="s">
+      <c r="B20" s="19" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>